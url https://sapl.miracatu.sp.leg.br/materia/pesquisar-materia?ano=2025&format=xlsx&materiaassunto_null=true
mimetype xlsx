--- v0 (2025-10-17)
+++ v1 (2026-03-10)
@@ -10,6645 +10,7218 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5677" uniqueCount="2615">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6381" uniqueCount="2914">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7223</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ELE</t>
   </si>
   <si>
     <t>Eleição</t>
   </si>
   <si>
     <t>Pablo Pereira</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/</t>
   </si>
   <si>
     <t>ELEIÇÃO DA MESA DIRETORA DA CÂMARA MUNICIPAL DE MIRACATU, PARA O BIÊNIO 2025-2026</t>
   </si>
   <si>
+    <t>8003</t>
+  </si>
+  <si>
+    <t>ELO</t>
+  </si>
+  <si>
+    <t>Emenda a Lei Orgânica</t>
+  </si>
+  <si>
+    <t>Mesa, Claudio Honorio, Gilson, Zé Mineiro</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8003/proposta_de_emenda_a_lom.pdf</t>
+  </si>
+  <si>
+    <t>“Altera o Artigo 45 da Lei Orgânica Municipal e dá outras providências”</t>
+  </si>
+  <si>
     <t>7403</t>
   </si>
   <si>
     <t>EP</t>
   </si>
   <si>
     <t>Emendas a Projetos</t>
   </si>
   <si>
     <t>Jair Silva</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7403/emenda_01_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7403/emenda_01_25.pdf</t>
   </si>
   <si>
     <t>Modificativa ao Anexo IV do Art. 4° do PL N°12/2025</t>
   </si>
   <si>
     <t>7558</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7558/emenda02_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7558/emenda02_25.pdf</t>
   </si>
   <si>
     <t>Modificativa ao Art. 1° do PLC N° 07/2025</t>
   </si>
   <si>
     <t>7559</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7559/emenda03_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7559/emenda03_25.pdf</t>
   </si>
   <si>
     <t>Substitutiva ao Art. 1° do PLC N° 09/2025</t>
   </si>
   <si>
     <t>7925</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Aditiva a redação do art. 1º do PDL 03/25</t>
   </si>
   <si>
     <t>7252</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Edmilson do Esporte</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7252/ind_01_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7252/ind_01_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ÁREA DE LAZER ENTRE AS RUAS NELSON GONÇALVES E ZEQUINHA DE ABREU, NO BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7253</t>
   </si>
   <si>
     <t>Claudio Honorio</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7253/ind_02_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7253/ind_02_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NAS ESTRADAS DO MORRO GRANDE, TEAGEM 1 E TEAGEM 2</t>
   </si>
   <si>
     <t>7254</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7254/ind_03_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7254/ind_03_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO URGENTE NA SERRA DO MANECÃO</t>
   </si>
   <si>
     <t>7255</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7255/ind_04_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7255/ind_04_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DA SERRARIA</t>
   </si>
   <si>
     <t>7256</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7256/ind_05_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7256/ind_05_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE QUATRO LÂMPADAS NOS POSTES LOCALIZADOS NA ESTRADA DO BAIRRO PANELAS</t>
   </si>
   <si>
     <t>7257</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7257/ind_06_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7257/ind_06_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DA PEDRA BRANCA</t>
   </si>
   <si>
     <t>7258</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Moyses Neto</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7258/ind_07_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7258/ind_07_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DE RUAS NOS BAIRROS JARDIM ALVORADA, ARARIBA I E II E SERRINHA</t>
   </si>
   <si>
     <t>7259</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7259/ind_08_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7259/ind_08_25.pdf</t>
   </si>
   <si>
     <t>CONTINUIDADE DA PAVIMENTAÇÃO NA RUA JOSÉ DE BARROS, BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7260</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7260/ind_09_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7260/ind_09_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADAS NA RUA MANOEL RODRIGUES, JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7261</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7261/ind_10_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7261/ind_10_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE PLACAS DE LOMBADAS NA RUA BENEDITO MARTINS, JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7262</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7262/ind_11_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7262/ind_11_25.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE VALAS NO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7263</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7263/ind_12_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7263/ind_12_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7264</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7264/ind_13_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7264/ind_13_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANHEIRO PÚBLICO NA PRAÇA ANTONIO MOREIRA DE MELO, BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7265</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7265/ind_14_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7265/ind_14_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO ALAMBADO DA PRAÇA DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7266</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7266/ind_15_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7266/ind_15_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NOS BRINQUEDOS DO PARQUINHO DA PRAÇA ANTÔNIO MOREIRA DE MELO- JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7267</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7267/ind_16_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7267/ind_16_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÕES DE QUATRO LUMINÁRIAS NAS VIELAS DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7268</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7268/ind_17_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7268/ind_17_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGO DE PASSAGEIROS DE ÔNIBUS BAIRRO VILA BATISTA- SENTIDO CURITIBA/SÃO PAULO</t>
   </si>
   <si>
     <t>7270</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7270/ind_18_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7270/ind_18_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LINHA DE BUEIRO NA RUA BEIJA-FLOR-JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7271</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7271/ind_19_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7271/ind_19_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CASAS POPULARES</t>
   </si>
   <si>
     <t>7272</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7272/ind_20_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7272/ind_20_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E ROÇADA DAS ESTRADAS ARARIBÁ I E  ARARIBÁ II</t>
   </si>
   <si>
     <t>7273</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7273/ind_21_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7273/ind_21_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ESGOTO NA RUA JUVENAL VIRGÍLIO BORTOLATO- BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7274</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7274/ind_22_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7274/ind_22_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ÁREA DE RECUO NO PONTO DE ÔNIBUS DO BAIRRO VILA BATISTA- SENTIDO SÃO PAULO/CURITIBA</t>
   </si>
   <si>
     <t>7275</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7275/ind_23_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7275/ind_23_25.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE VALA NA RUA QUATRO-BAIRRO VILA KAMAITI</t>
   </si>
   <si>
     <t>7276</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7276/ind_24_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7276/ind_24_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO DE RUAS - BAIRRO VILA KAMAITI</t>
   </si>
   <si>
     <t>7277</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7277/ind_25_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7277/ind_25_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA RUA JOÃO ALVES DE CARNEIRO-BIGUÁ</t>
   </si>
   <si>
     <t>7278</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7278/ind_26_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7278/ind_26_25.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR INTERNET NAS PRAÇAS DOS BAIRROS JARDIM ALVORADA E OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7279</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7279/ind_27_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7279/ind_27_25.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE PROJETOS ESPORTIVOS PARA O BAIRRO VILA KAMAITI</t>
   </si>
   <si>
     <t>7280</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7280/ind_28_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7280/ind_28_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LIXEIRAS NA PRAÇA DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7281</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7281/ind_29_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7281/ind_29_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ÁREA DE LAZER AOS MORADORES DO BAIRRO VILA KAMAITI</t>
   </si>
   <si>
     <t>7282</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7282/ind_30_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7282/ind_30_25.pdf</t>
   </si>
   <si>
     <t>NIVELAMENTO E CONCRETAGEM DAS VIELAS LOCALIZADAS NO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7283</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7283/ind_31_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7283/ind_31_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE GUARD RAIL NA JUNÇÃO DA RUA ISIDORO DA SILVA LETE COM AV. GETULIO VARGAS</t>
   </si>
   <si>
     <t>7284</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7284/ind_32_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7284/ind_32_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NO BAIRRO ARARIBÁ</t>
   </si>
   <si>
     <t>7285</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7285/ind_33_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7285/ind_33_25.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR CURSOS PARA O BAIRRO BIGUAZINHO E INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE PARA ATIVIDADES FÍSICAS</t>
   </si>
   <si>
     <t>7286</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7286/ind_34_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7286/ind_34_25.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE BANCOS NA PRAÇA PEDRO LARAGNOIT</t>
   </si>
   <si>
     <t>7287</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7287/ind_35_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7287/ind_35_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA MATERIAIS DIDÁTICOS VOLTADOS PARA OS AUTISTAS</t>
   </si>
   <si>
     <t>7288</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7288/ind_36_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7288/ind_36_25.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MÉDICO OFTALMOLOGISTA PARA ATENDIMENTO NAS ESCOLAS MUNICIPAIS</t>
   </si>
   <si>
     <t>7289</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7289/ind_37_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7289/ind_37_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMPLANTAÇÃO DE UM BANHEIRO NA QUADRA DA ESCOLA MUNICIPAL DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7290</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7290/ind_38_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7290/ind_38_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CAMPO DE FUTEBOL BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7291</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7291/ind_39_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7291/ind_39_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM ABRIGO NO BAIRRO ARARIBÁ (DEPOIS DA PONTE)</t>
   </si>
   <si>
     <t>7292</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7292/ind_40_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7292/ind_40_25.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO CÓRREGO LOCALIZADO BAIRRO ARARIBÁ</t>
   </si>
   <si>
     <t>7293</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7293/ind_41_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7293/ind_41_25.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MUDAS E SEMENTES DE "CROTALÁRIA"</t>
   </si>
   <si>
     <t>7294</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7294/ind_42_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7294/ind_42_25.pdf</t>
   </si>
   <si>
     <t>INDICA A INCLUSÃO DOS BAIRROS ARARIBÁ I E II NO PROGRAMA CIDADE LEGAL</t>
   </si>
   <si>
     <t>7295</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7295/ind_43_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7295/ind_43_25.pdf</t>
   </si>
   <si>
     <t>REFORMA NO CAMPO SOCIETY BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7296</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7296/ind_44_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7296/ind_44_25.pdf</t>
   </si>
   <si>
     <t>REFORMA DA QUADRA DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7297</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7297/ind_45_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7297/ind_45_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADAS NA VILA BATISTA</t>
   </si>
   <si>
     <t>7298</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7298/ind_46_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7298/ind_46_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E PINTURA EM ABRIGOS PARA PASSAGEIROS DE ÔNIBUS</t>
   </si>
   <si>
     <t>7299</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7299/ind_47_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7299/ind_47_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NO BAIRRO VILA AURORA</t>
   </si>
   <si>
     <t>7300</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7300/ind_48_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7300/ind_48_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NAS RUAS DA FELIZARDA, BIGUAZINHO E BRATERRA I E II</t>
   </si>
   <si>
     <t>7301</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7301/ind_49_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7301/ind_49_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADAS NA RUA JOAQUIM BALBINO DE CAMPOS-BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7302</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7302/ind_50_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7302/ind_50_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE PLACAS DE IDENTIFICAÇÃO DAS RUAS DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7304</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Valdir</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7304/ind_51_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7304/ind_51_25.pdf</t>
   </si>
   <si>
     <t>PODA DE ÁRVORES NO BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7305</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7305/ind_52_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7305/ind_52_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ÁGUA - BAIRRO TEAGEM I</t>
   </si>
   <si>
     <t>7306</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7306/ind_53_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7306/ind_53_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DO FAU</t>
   </si>
   <si>
     <t>7307</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7307/ind_54_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7307/ind_54_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DO TACANJE- BAIRRO PEDRO BARROS</t>
   </si>
   <si>
     <t>7308</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7308/ind_55_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7308/ind_55_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DO BRANGEL- BAIRRO PEDRO BARROS</t>
   </si>
   <si>
     <t>7309</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Gilson</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7309/ind_56_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7309/ind_56_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA RUA KAYEI NAKAMURA-BAIRRO CENTRO</t>
   </si>
   <si>
     <t>7310</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7310/ind_57_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7310/ind_57_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA AO LADO DA IGREJA BATISTA-VILA BATISTA</t>
   </si>
   <si>
     <t>7311</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7311/ind_58_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7311/ind_58_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA RUA 2-VILA DOS EXPEDICIONÁRIOS</t>
   </si>
   <si>
     <t>7312</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7312/ind_59_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7312/ind_59_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA RUA PROJETADA 1, ALTURA Nº 1.395 - BAIRRO VILA SÃO PEDRO</t>
   </si>
   <si>
     <t>7313</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7313/ind_60_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7313/ind_60_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA DOS PINHEIROS-BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>7314</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7314/ind_61_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7314/ind_61_25.pdf</t>
   </si>
   <si>
     <t>LIMPEZA NO CÓRREGO DA RUA SANTA RITA</t>
   </si>
   <si>
     <t>7315</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7315/ind_62_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7315/ind_62_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO E MANUTENÇÃO DE AR CONDICIONADO</t>
   </si>
   <si>
     <t>7316</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7316/ind_63_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7316/ind_63_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA RUA DR. JOÃO LIMA-BAIRRO BIGUÁ</t>
   </si>
   <si>
     <t>7317</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7317/ind_64_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7317/ind_64_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO FINAL DA RUA JERSONITA ALVES E RUA BELA  VISTA- BAIRRO VILA MATSUDA</t>
   </si>
   <si>
     <t>7318</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7318/ind_65_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7318/ind_65_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DE RUA-BAIRRO BALANÇA</t>
   </si>
   <si>
     <t>7319</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7319/ind_66_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7319/ind_66_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NO BAIRRO MUTUCA</t>
   </si>
   <si>
     <t>7320</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7320/ind_67_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7320/ind_67_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA RUA DR. JOÃO LIMA- BAIRRO BIGUÁ</t>
   </si>
   <si>
     <t>7321</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7321/ind_68_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7321/ind_68_25.pdf</t>
   </si>
   <si>
     <t>PODA DE ÁRVORE NA ESTRADA QUE DÁ ACESSO AO BAIRRO PANELAS</t>
   </si>
   <si>
     <t>7322</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7322/ind_69_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7322/ind_69_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA ESTRADA VELHA DE IGUAPE RETA PRINCIPAL DA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7325</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7325/ind_70_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7325/ind_70_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO, PAVIMENTAÇÃO OU CONCRETAGEM NA RUA NELSON NED-BAIRRO JARIDM YOLANDA</t>
   </si>
   <si>
     <t>7330</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7330/ind_71_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7330/ind_71_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NO BAIRRO PANELAS</t>
   </si>
   <si>
     <t>7331</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7331/ind_72_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7331/ind_72_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DE LÂMPADAS POR LED NOS SEGUINTES BAIRROS: VILA SÃO JOSÉ, VILA SÃO PEDRO E BIGUÁ</t>
   </si>
   <si>
     <t>7332</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7332/ind_73_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7332/ind_73_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA RUA SÃO LEOPOLDO DIAS DE MELO- VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7333</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7333/ind_74_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7333/ind_74_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA EM DIVERSAS RUAS DO BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>7334</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7334/ind_75_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7334/ind_75_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA 1, BAIRRO PEDRA DO LARGO</t>
   </si>
   <si>
     <t>7335</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7335/ind_76_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7335/ind_76_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA DO LENK-BAIRRO PEDRA DO LARGO</t>
   </si>
   <si>
     <t>7336</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7336/ind_77_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7336/ind_77_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA DO KIRI- BAIRRO PEDRA DO LARGO 2</t>
   </si>
   <si>
     <t>7337</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7337/ind_78_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7337/ind_78_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE MAIS UM DIA DA SEMANA PARA A COLETA DE LIXO</t>
   </si>
   <si>
     <t>7338</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7338/ind_79_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7338/ind_79_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RETA DA ESTRADA DO ENGENHO</t>
   </si>
   <si>
     <t>7339</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7339/ind_80_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7339/ind_80_25.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE CURSOS NA ANTIGA ESCOLINHA DA PEDRA DO LARGO E INSTALAÇÃO DE ACADEMIA AO AR LIVRE</t>
   </si>
   <si>
     <t>7340</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7340/ind_81_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7340/ind_81_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REGULARIZAÇÃO DO CAMPO DO BAIRRO SERRA DO CAFEZAL</t>
   </si>
   <si>
     <t>7341</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7341/ind_82_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7341/ind_82_25.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DO ESPAÇO EM FRENTE AO CAMPO DO BAIRRO SERRA DO CAFEZAL</t>
   </si>
   <si>
     <t>7342</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7342/ind_83_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7342/ind_83_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA DE CÓRREGO, DESASSOREAMENTO E LIMPEZA DE BUEIRO- BAIRRO SERRA DO CAFEZAL</t>
   </si>
   <si>
     <t>7343</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7343/ind_84_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7343/ind_84_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DO RIBEIRÃO DO JÚLIO</t>
   </si>
   <si>
     <t>7344</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7344/ind_85_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7344/ind_85_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DO MONO</t>
   </si>
   <si>
     <t>7345</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7345/ind_86_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7345/ind_86_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANHEIROS NA PRAÇA DE SANTA RITA</t>
   </si>
   <si>
     <t>7346</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7346/ind_87_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7346/ind_87_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REGULARIZAÇÃO DO CAMPO DO BAIRRO PEDRA DO LARGO</t>
   </si>
   <si>
     <t>7347</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7347/ind_88_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7347/ind_88_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NO FINAL DAS RUAS ANTÔNIO LEITE E JERSONITA ALVES- VILA MATSUDA</t>
   </si>
   <si>
     <t>7348</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7348/ind_89_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7348/ind_89_25.pdf</t>
   </si>
   <si>
     <t>PRAÇA E UM LOCAL DE ESPORTE E LAZER- BAIRRO VILA MATSUDA</t>
   </si>
   <si>
     <t>7349</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7349/ind_90_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7349/ind_90_25.pdf</t>
   </si>
   <si>
     <t>QUADRA COBERTA NO BAIRRO VILA MATSUDA</t>
   </si>
   <si>
     <t>7350</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7350/ind_91_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7350/ind_91_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM POSTO DE SAÚDE NO BAIRRO VILA MATSUDA</t>
   </si>
   <si>
     <t>7351</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7351/ind_92_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7351/ind_92_25.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO DE RUAS E AVENIDA</t>
   </si>
   <si>
     <t>7352</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7352/ind_93_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7352/ind_93_25.pdf</t>
   </si>
   <si>
     <t>REFORMA GERAL DO POSTO DE SAÚDE- BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7353</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7353/ind_94_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7353/ind_94_25.pdf</t>
   </si>
   <si>
     <t>REFORMA E AMPLIAÇÃO DA CRECHE DO BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7354</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7354/ind_95_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7354/ind_95_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LIXEIRA NO BAIRRO BALANÇA</t>
   </si>
   <si>
     <t>7355</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7355/ind_96_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7355/ind_96_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UMA LIXEIRA ENTRE AS RUAS NELSON GONÇALVES E ZEQUINHA DE ABREU NO BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7356</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7356/ind_97_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7356/ind_97_25.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A TROCA DE LUMINÁRIAS NO BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7357</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7357/ind_98_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7357/ind_98_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ACADEMIA AO AR LIVRE E PLAYGROUND E CONSTRUÇÃO DE ARENINHA DE ESPORTES- CAMPO SOCIETY</t>
   </si>
   <si>
     <t>7358</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7358/ind_99_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7358/ind_99_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE GRAMA SINTÉTICA NO CAMPO DO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7359</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7359/ind_100_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7359/ind_100_25.pdf</t>
   </si>
   <si>
     <t>CONCRETAGEM OU PAVIMENTAÇÃO ASFÁLTICA NA RUA ANTÔNIO LEITE-VILA MATSUDA</t>
   </si>
   <si>
     <t>7360</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7360/ind_101_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7360/ind_101_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA LINHA E DAS CAIXAS DE ESGOTO-BAIRRO BALANÇA</t>
   </si>
   <si>
     <t>7361</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7361/ind_102_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7361/ind_102_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA VIELA DA JACUTINGA-BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7362</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7362/ind_103_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7362/ind_103_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇADA DE ACESSO A ESCOLA MUNIICPAL DO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7363</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7363/ind_104_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7363/ind_104_25.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO LIMPEZA DE BUEIROS-BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7364</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7364/ind_105_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7364/ind_105_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CONSULTÓRIO ODONTOLÓGICO NO BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7365</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7365/ind_106_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7365/ind_106_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADAS NOS BAIRROS: KAMAITI, JARDIM YOLANDA E JARDIM MIRACATU</t>
   </si>
   <si>
     <t>7366</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7366/ind_107_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7366/ind_107_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO NAS RUAS DA BALANÇA</t>
   </si>
   <si>
     <t>7367</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7367/ind_108_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7367/ind_108_25.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUÇÃO DE CRECHE NOS BAIRROS VILA NOVA E VILA KAMAITI</t>
   </si>
   <si>
     <t>7368</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Prof. Ralph</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7368/ind_109_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7368/ind_109_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ARQUIBANCADA DO ESTÁDIO MUNICIPAL REINALDO LEPESCH</t>
   </si>
   <si>
     <t>7369</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7369/ind_110_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7369/ind_110_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACA DE ÁREA ESCOLAR NA APAE E FAIXA ELEVADA DE PEDESTRES</t>
   </si>
   <si>
     <t>7370</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7370/ind_111_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7370/ind_111_25.pdf</t>
   </si>
   <si>
     <t>PONTO DE ÔNIBUS NO BAIRRO TEAGEM 1 NA ENTRADA DO CLUBE BANESPINHA</t>
   </si>
   <si>
     <t>7371</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7371/ind_112_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7371/ind_112_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DO BAIRRO DE MUSÁCEA ATÉ O PAPUDO</t>
   </si>
   <si>
     <t>7372</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7372/ind_113_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7372/ind_113_25.pdf</t>
   </si>
   <si>
     <t>ROÇADA NA ESTRADA DE MUSÁCEA</t>
   </si>
   <si>
     <t>7373</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7373/ind_114_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7373/ind_114_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7374</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7374/ind_115_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7374/ind_115_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA ARENINHA DE ESPORTES NO BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7375</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7375/ind_116_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7375/ind_116_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA SÚBIDA DA IGREJA CATÓLICA- BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>7376</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7376/ind_117_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7376/ind_117_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA PARA A RUA TAURO THOMAS-BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>7377</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7377/ind_118_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7377/ind_118_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA RUA SOKO KAYÓ- BAIRRO CENTRO</t>
   </si>
   <si>
     <t>7378</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7378/ind_119_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7378/ind_119_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LIXEIRAS NO BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7379</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7379/ind_120_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7379/ind_120_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UMA LUMINÁRIA NA RUA DO POSTO DE SAÚDE DO BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7380</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7380/ind_121_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7380/ind_121_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UMA LUMINÁRIA NO BAIRRO TEAGEM 1</t>
   </si>
   <si>
     <t>7381</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7381/ind_122_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7381/ind_122_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA TRÊS-BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7382</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7382/ind_123_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7382/ind_123_25.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE LUMINÁRIA QUEIMADA NA RUA SÃO JOSÉ-BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7383</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7383/ind_124_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7383/ind_124_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RECOLOCAÇÃO DE ALAMBRADO DE PROTEÇÃO NA RUA SÃO JOSÉ-BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>7384</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7384/ind_125_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7384/ind_125_25.pdf</t>
   </si>
   <si>
     <t>REFORMA NO POSTO DE SAÚDE DO BAIRRO DO MORAES</t>
   </si>
   <si>
     <t>7385</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7385/ind_126_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7385/ind_126_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÕES DE LIXEIRAS</t>
   </si>
   <si>
     <t>7386</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7386/ind_127_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7386/ind_127_25.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE EXAME DE MAMOGRAFIA</t>
   </si>
   <si>
     <t>7405</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7405/ind_128_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7405/ind_128_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BEBEDOURO NA UBS DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7406</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7406/ind_129_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7406/ind_129_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO TELHADO E LIMPEZA DE CALHA NA UBS DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7407</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7407/ind_130_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7407/ind_130_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E AQUISIÇÃO DE AR CONDICIONADO NA UBS DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7408</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7408/ind_131_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7408/ind_131_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NOS VENTILADORES DA UBS DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7409</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7409/ind_132_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7409/ind_132_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE AR CONDICIONADO EM TODAS ESCOLAS MUNICIPAIS</t>
   </si>
   <si>
     <t>7410</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7410/ind_133_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7410/ind_133_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E AQUISIÇÃO DE VENTILADORES PARA ESCOLA DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7411</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7411/ind_134_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7411/ind_134_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE CALÇADA NA ESTRADA SENTIDO BARRA FUNDA-BAIRRO VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7412</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7412/ind_135_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7412/ind_135_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇADA NA RUA DAS PALMEIRAS-BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>7413</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7413/ind_136_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7413/ind_136_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE AR CONDICIONADO NO CENTRO DE EDUCAÇÃO INFANTIL-CEI</t>
   </si>
   <si>
     <t>7414</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7414/ind_137_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7414/ind_137_25.pdf</t>
   </si>
   <si>
     <t>ROÇADA NO POSTO DE SAÚDE DA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7418</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7418/ind_138_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7418/ind_138_25.pdf</t>
   </si>
   <si>
     <t>REFORMA DE PONTE- ESTRADA DA PEDRA BRANCA</t>
   </si>
   <si>
     <t>7419</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7419/ind_139_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7419/ind_139_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DA POSSE NOVA- BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>7422</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7422/ind_140_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7422/ind_140_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA MARTIN LUTHER KING E RUA CATARINA SCHORWAGA LOUREIRO</t>
   </si>
   <si>
     <t>7423</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7423/ind_141_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7423/ind_141_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BRAÇO DE ILUMINAÇÃO PÚBLICA COM LUMINÁRIA</t>
   </si>
   <si>
     <t>7424</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>Zezequinho Herculano</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7424/ind_142_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7424/ind_142_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DA VILA RECREIO BAIRRO PEDRO BARROS</t>
   </si>
   <si>
     <t>7425</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7425/ind_143_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7425/ind_143_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA VILA RECREIO BAIRRO PEDRO BARROS</t>
   </si>
   <si>
     <t>7426</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7426/ind_144_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7426/ind_144_25.pdf</t>
   </si>
   <si>
     <t>MELHORIAS E ATENDIMENTO ODONTOLÓGICO NO POSTO DE SAÚDE DE PEDRO BARROS</t>
   </si>
   <si>
     <t>7427</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7427/ind_145_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7427/ind_145_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO CEMITÉRIO DE PEDRO BARROS</t>
   </si>
   <si>
     <t>7428</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7428/ind_146_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7428/ind_146_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DE GUIA NA RUA PIXINGUINHA BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7429</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7429/ind_147_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7429/ind_147_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO BAIRRO VILA MATSUDA</t>
   </si>
   <si>
     <t>7430</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7430/ind_148_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7430/ind_148_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE REDE DE ÁGUA E ESGOTO- BAIRRO VILA MATSUDA</t>
   </si>
   <si>
     <t>7431</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7431/ind_149_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7431/ind_149_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM CENTRO COMUNITÁRIO NA CAPELA - BAIRRO DO FAU</t>
   </si>
   <si>
     <t>7432</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7432/ind_150_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7432/ind_150_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ACADEMIA AO AR LIVRE E PLAYGROUND-BAIRRO DO FAU</t>
   </si>
   <si>
     <t>7433</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7433/ind_151_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7433/ind_151_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ACADEMIA E PLAYGROUND -BAIRRO PEDRO BARROS</t>
   </si>
   <si>
     <t>7434</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7434/ind_152_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7434/ind_152_25.pdf</t>
   </si>
   <si>
     <t>ARENINHA DE ESPORTES-CAMPO SOCIETY BAIRRO PEDRO BARROS</t>
   </si>
   <si>
     <t>7435</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7435/ind_153_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7435/ind_153_25.pdf</t>
   </si>
   <si>
     <t>7436</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7436/ind_154_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7436/ind_154_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA RUA VEREADOR ANSELMO GONÇALVES</t>
   </si>
   <si>
     <t>7437</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7437/ind_155_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7437/ind_155_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA ÁREA COBERTA NO POSTO DE SAÚDE DE MUSÁCEA</t>
   </si>
   <si>
     <t>7438</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7438/ind_156_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7438/ind_156_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BRAÇO COM LUMINÁRIA NA SUBIDA DA IGREJA CATÓLICA-BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>7444</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7444/ind_157_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7444/ind_157_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA VELHA DE IGUAPE RETA PRINCIPAL DA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7445</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7445/ind_158_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7445/ind_158_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LIXEIRA NA ESTRADA DA ANTIGA BARRAGEM-BAIRRO OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7446</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7446/ind_159_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7446/ind_159_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA RUA JOSÉ ANITA-BAIRRO VILA MATSUDA</t>
   </si>
   <si>
     <t>7447</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7447/ind_160_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7447/ind_160_25.pdf</t>
   </si>
   <si>
     <t>EXNTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA RUA ANTONIO LEITE- BAIRRO VILA MATSUDA</t>
   </si>
   <si>
     <t>7448</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7448/ind_161_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7448/ind_161_25.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO PARA AMPLIAÇÃO DA ESCOLA MUNICIPAL JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7449</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7449/ind_162_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7449/ind_162_25.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DE RUAS E IMPLANTAÇÃO DE PLACAS</t>
   </si>
   <si>
     <t>7450</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7450/ind_163_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7450/ind_163_25.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE RUAS-BAIRRO OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7451</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7451/ind_164_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7451/ind_164_25.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DE ESPAÇOS VERDES NO DISTRITO DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7452</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7452/ind_165_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7452/ind_165_25.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NO POSTO DE SAÚDE DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7453</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7453/ind_166_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7453/ind_166_25.pdf</t>
   </si>
   <si>
     <t>INICIAR UM PROGRAMA DE MELHORIA DAS ESTRADAS E VICINAIS NAS ÁREAS RURAIS</t>
   </si>
   <si>
     <t>7454</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7454/ind_167_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7454/ind_167_25.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO VIÁRIA EM TODA EXTENSÃO DA AVENIDA DA SAUDADE</t>
   </si>
   <si>
     <t>7459</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7459/ind16825.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7459/ind16825.pdf</t>
   </si>
   <si>
     <t>EFETUAR ESTUDOS PARA ELEVAÇÃO DA PONTE DE ACESSO AO QUILOMBO DO BIGUAZINHO</t>
   </si>
   <si>
     <t>7460</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7460/ind16925.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7460/ind16925.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE WI FI E CÂMERA DE SEGURANÇA PRAÇA PAULINE WOLPERT E COMPLEXO DA ARENINHA</t>
   </si>
   <si>
     <t>7461</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7461/ind17025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7461/ind17025.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DO CENTRO MUNICIPAL DE FISIOTERAPIA</t>
   </si>
   <si>
     <t>7462</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7462/ind17125.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7462/ind17125.pdf</t>
   </si>
   <si>
     <t>REFORMA DO CAMPO MUNICIPAL BAIRRO OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7463</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7463/ind1722025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7463/ind1722025.pdf</t>
   </si>
   <si>
     <t>ESTUDOS PARA INCORPORAR A ESTAÇÃO DE TREM DE OLIVEIRA BARROS E RESTAURAÇÃO DO LOCAL</t>
   </si>
   <si>
     <t>7464</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7464/ind1732025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7464/ind1732025.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM BRAÇO COM LUMINÁRIA- ESTRADA DA TEAGEM I</t>
   </si>
   <si>
     <t>7465</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7465/ind1742025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7465/ind1742025.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO COM ROÇADA NA SEGUNDA ENTRADA DO BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7466</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7466/ind1752025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7466/ind1752025.pdf</t>
   </si>
   <si>
     <t>MANUTNÇÃO COM ROÇADA NA CASA BRANCA-BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>7467</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7467/ind1762025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7467/ind1762025.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LIXEIRAS NO BAIRRO CASA BRANCA</t>
   </si>
   <si>
     <t>7468</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7468/ind1772025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7468/ind1772025.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UMA CAIXA DE CONTENÇÃO DE ÁGUA PLUVIAL NA AV. SANTA CECÍLIA- MUSÁCEA</t>
   </si>
   <si>
     <t>7469</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7469/ind1782025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7469/ind1782025.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LIXEIRA NA RUA CORONEL MARTINS DIOGO RIBEIRO</t>
   </si>
   <si>
     <t>7470</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7470/ind1792025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7470/ind1792025.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE BUEIRO NO CÓRREGO BEIRANDO A VIELA JACUTINGA-BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7471</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7471/ind1802025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7471/ind1802025.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE BUEIRO NA RETA DA OFICINA LARA PUPO-BEIRANDO A LINHA</t>
   </si>
   <si>
     <t>7480</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7480/ind_181_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7480/ind_181_25.pdf</t>
   </si>
   <si>
     <t>ROÇADA E LIMPEZA NO BAIRRO DE BIGUÁ</t>
   </si>
   <si>
     <t>7481</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7481/ind_182_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7481/ind_182_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA SINALIZAÇÃO VIÁRIA NO BAIRRO DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7482</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7482/ind_183_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7482/ind_183_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO DE RUAS-DISTRITO DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7483</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7483/ind_184_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7483/ind_184_25.pdf</t>
   </si>
   <si>
     <t>REFORMA DE PRAÇA PAULINE WOLPERT-BAIRRO OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7484</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7484/ind_185_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7484/ind_185_25.pdf</t>
   </si>
   <si>
     <t>REFORMA NO NÚCLEO DE ASSISTÊNCIA SOCIAL EM OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7485</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7485/ind_186_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7485/ind_186_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO PERIÓDICA DE LIMPEZA EM TODOS OS PONTOS DO DISTRITO DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7486</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7486/ind_187_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7486/ind_187_25.pdf</t>
   </si>
   <si>
     <t>OPERAÇÃO CATA TRECO NO DISTRITO DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7487</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7487/ind_188_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7487/ind_188_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE PLACA DE IDENTIFICAÇÃO NO BAIRRO MUTUCA</t>
   </si>
   <si>
     <t>7488</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7488/ind_189_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7488/ind_189_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE AR CONDICIONADO NO PRONTO SOCORRO</t>
   </si>
   <si>
     <t>7489</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7489/ind_190_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7489/ind_190_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE AR CONDICIONADO NAS SALAS DE AULA DA ESCOLA DIOGO RIBEIRO</t>
   </si>
   <si>
     <t>7491</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7491/ind_191_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7491/ind_191_25.pdf</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO FUNDIÁRIA DO BAIRRO FAZENDEIRO</t>
   </si>
   <si>
     <t>7492</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7492/ind_192_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7492/ind_192_25.pdf</t>
   </si>
   <si>
     <t>PODA DE ÁRVORES NA VILA BATISTA</t>
   </si>
   <si>
     <t>7493</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7493/ind_193_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7493/ind_193_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA REDE DE ILUMINAÇÃO PÚBLICA NA VILA BATISTA</t>
   </si>
   <si>
     <t>7504</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7504/ind_194_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7504/ind_194_25.pdf</t>
   </si>
   <si>
     <t>VISTORIA DE LOCAL COM ACÚMULO DE ÁGUA - BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7505</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7505/ind_195_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7505/ind_195_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA RUA MARC FARLANE-JARDIM MIRACATU</t>
   </si>
   <si>
     <t>7506</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7506/ind_196_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7506/ind_196_25.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE UM CAMINHÃO MUNCK COM CESTO AÉREO</t>
   </si>
   <si>
     <t>7507</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7507/ind_197_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7507/ind_197_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA VILA ATRÁS DO POSTO FAZENDEIRO</t>
   </si>
   <si>
     <t>7516</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7516/ind_198_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7516/ind_198_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA RUA GALDINO GONÇALVES</t>
   </si>
   <si>
     <t>7517</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7517/ind_199_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7517/ind_199_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMA NO VELÓRIO MUNICIPAL EM OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7518</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7518/ind_200_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7518/ind_200_25.pdf</t>
   </si>
   <si>
     <t>SHOW E ATIVIDADES NO SALTO DE BIGUÁ</t>
   </si>
   <si>
     <t>7519</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7519/ind_201_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7519/ind_201_25.pdf</t>
   </si>
   <si>
     <t>MELHORIA NA INFRAESTRUTURA, MANUTENÇÃO E LIMPEZA DOS BANHEIROS-SALTO DE BIGUÁ</t>
   </si>
   <si>
     <t>7520</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7520/ind_202_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7520/ind_202_25.pdf</t>
   </si>
   <si>
     <t>ALARGAMENTO E MELHORIAS NA ESTRADA QUE LIGA A VILA SÃO PEDRO A BARRA FUNDA</t>
   </si>
   <si>
     <t>7521</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7521/ind_203_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7521/ind_203_25.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA ARENINHA DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7522</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7522/ind_204_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7522/ind_204_25.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO DE CONTRATO PARA IMPLANTAÇÃO DE LUMINÁRIA DE LED NO DISTRITO DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7523</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7523/ind_205_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7523/ind_205_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA AVENIDA WHASHINGTON LUIZ</t>
   </si>
   <si>
     <t>7524</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7524/ind_206_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7524/ind_206_25.pdf</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO DA ÁREA DO CAMPO DE FUTEBOL DO BAIRRO DO MORAES</t>
   </si>
   <si>
     <t>7525</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7525/ind_207_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7525/ind_207_25.pdf</t>
   </si>
   <si>
     <t>ÁREA COBERTA PARA AS CRIANÇAS DA ESCOLA DIOGO RIBEIRO AGUARDAR A CONDUÇÃO</t>
   </si>
   <si>
     <t>7526</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7526/ind_208_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7526/ind_208_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE GUARD RAIL NA DESCIDA DA ESTRADA DO BAIRRO ARARIBÁ</t>
   </si>
   <si>
     <t>7531</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7531/ind_209_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7531/ind_209_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESVAZIE A PISCINA LOCALIZADA NO CAMPO DOS TRABALHADORES-JARDIM MIRACATU</t>
   </si>
   <si>
     <t>7532</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7532/ind_210_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7532/ind_210_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA JOSÉ KOWALES-LOTEAMENTO EDEN DO VALE</t>
   </si>
   <si>
     <t>7533</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7533/ind_211_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7533/ind_211_25.pdf</t>
   </si>
   <si>
     <t>7534</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7534/ind_212_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7534/ind_212_25.pdf</t>
   </si>
   <si>
     <t>PINTURA DE GUIA NA SUBIDA DO ESCADÃO DA RUA JOÃO FLORÊNCIO</t>
   </si>
   <si>
     <t>7535</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7535/ind_213_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7535/ind_213_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA QUE LIGA A VILA BATISTA AO BAIRRO DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7536</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7536/ind_214_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7536/ind_214_25.pdf</t>
   </si>
   <si>
     <t>VOLTA DA MINI OLIMPIADA ESCOLAR</t>
   </si>
   <si>
     <t>7537</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7537/ind_215_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7537/ind_215_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LIXEIRA NA RUA MARTIN LUTHER KING-VILA FORMOSA</t>
   </si>
   <si>
     <t>7543</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7543/ind_216_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7543/ind_216_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO E DE ÁGUA NO LOCAL DENOMINADO RUA SERVIDÃO-MUSÁCEA</t>
   </si>
   <si>
     <t>7544</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7544/ind_217_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7544/ind_217_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM KIT LUMINÁRIA NA SERRA DO PENICHE</t>
   </si>
   <si>
     <t>7545</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7545/ind_218_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7545/ind_218_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE PLACAS PARA IDENTIFICAÇÃO DE RUAS NA VILA EXPEDICIONÁRIOS</t>
   </si>
   <si>
     <t>7546</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7546/ind_219_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7546/ind_219_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA AVENIDA GETÚLIO VARGAS-BAIRRO ESTAÇÃO</t>
   </si>
   <si>
     <t>7547</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7547/ind_220_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7547/ind_220_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA LEONOR MENDES DE BARROS</t>
   </si>
   <si>
     <t>7548</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7548/ind_221_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7548/ind_221_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA JUSCELINO KUBISTCHEK-ESTAÇÃO</t>
   </si>
   <si>
     <t>7549</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7549/ind_222_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7549/ind_222_25.pdf</t>
   </si>
   <si>
     <t>CENTRO COMUNITÁRIO NO BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>7550</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7550/ind_223_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7550/ind_223_25.pdf</t>
   </si>
   <si>
     <t>ABRIGO PARA PASSAGEIROS DE ÔNIBUS NA ESTAÇÃO BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7551</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7551/ind_224_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7551/ind_224_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE DOIS BRAÇOS DE LUZ COM LUMINÁRIAS NA ESTRADA DA TEAGEM I</t>
   </si>
   <si>
     <t>7564</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7564/ind_225_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7564/ind_225_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM NOVO ESCADÃO CONECTANDO A RUA ANTÔNIO MARTINS DE CASTRO À RUA GOVERNADOR LUCAS NOGUEIRA GARCÊS</t>
   </si>
   <si>
     <t>7565</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7565/ind_226_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7565/ind_226_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA COM IMPLANTAÇÃO DE LUMINÁRIAS E CALÇADA</t>
   </si>
   <si>
     <t>7566</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>Zeza, Edmilson do Esporte</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7566/ind_227_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7566/ind_227_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NO FINAL DA RUA JOÃO NAGLIATTI</t>
   </si>
   <si>
     <t>7567</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7567/ind_228_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7567/ind_228_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODA DE ÁRVORES NA RUA MARC FARLANE - JARDIM MIRACATU</t>
   </si>
   <si>
     <t>7568</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7568/ind_229_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7568/ind_229_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA E ABERTURA DE VALA NO BAIRRO VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7569</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7569/ind_230_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7569/ind_230_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REGULARIZAÇÃO DO TERRENO DO CAMPO E DA QUADRA DA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7570</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7570/ind_231_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7570/ind_231_25.pdf</t>
   </si>
   <si>
     <t>REFORMA NA QUADRA DA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7571</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7571/ind_232_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7571/ind_232_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ÁREA DE LAZER NA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7572</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7572/ind_233_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7572/ind_233_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA 1 E 2 BAIRRO VILA BATISTA</t>
   </si>
   <si>
     <t>7573</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7573/ind_234_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7573/ind_234_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DE VIA SENTIDO PORTO DE AREIA</t>
   </si>
   <si>
     <t>7574</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7574/ind_235_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7574/ind_235_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA ALTERAÇÃO DE HORÁRIO DE ÔNIBUS  LINHA BARRA FUNDA E PENICHE</t>
   </si>
   <si>
     <t>7575</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7575/ind_236_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7575/ind_236_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM KIT LUMINÁRIA NO AREIÃO ESTRADA QUE LIGA VILA SÃO JOSÉ A VILA SÃO PEDRO</t>
   </si>
   <si>
     <t>7576</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7576/ind_237_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7576/ind_237_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ÁGUA NO BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>7577</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7577/ind_238_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7577/ind_238_25.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA NO BAIRRO BARRA FUNDA</t>
   </si>
   <si>
     <t>7578</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7578/ind_239_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7578/ind_239_25.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA NA VIELA 1 (CONHECIDA COMO VIELA MARIA VASSÃO)</t>
   </si>
   <si>
     <t>7579</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7579/ind_240_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7579/ind_240_25.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA NA RUA ADONIRAN BARBOSA, BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7580</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7580/ind_241_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7580/ind_241_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LUMINÁRIAS NO FINAL DA RUA VINÍCIUS DE MORAES</t>
   </si>
   <si>
     <t>7582</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7582/ind_242_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7582/ind_242_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ÁREA DE LAZER ENTRE AS RUAS NELSON GONÇALVES E ZEQUINHA DE ABREU, NO BAIRRO JARDIM YOLANDA.</t>
   </si>
   <si>
     <t>7583</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7583/ind_243_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7583/ind_243_25.pdf</t>
   </si>
   <si>
     <t>7584</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7584/ind_244_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7584/ind_244_25.pdf</t>
   </si>
   <si>
     <t>7585</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7585/ind_245_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7585/ind_245_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO E REFORNA NA CABECEIRA DA PONTE QUE LIGA A ESTRADA DOS BAIRROS BARRA FUNDA À PANELAS.</t>
   </si>
   <si>
     <t>7586</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7586/ind_246_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7586/ind_246_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE GUARD RAIL NA PONTE DO BAIRRO DAS PANELAS</t>
   </si>
   <si>
     <t>7587</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7587/ind_247_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7587/ind_247_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E  CONTENÇÃO EM CINCO PONTOS DA ESTRADA DO BAIRRO PANELAS</t>
   </si>
   <si>
     <t>7588</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7588/resposta_indicacao_242_a_265_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7588/resposta_indicacao_242_a_265_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ABRIGO PARA PASSAGEIROS DE ÔNIBUS NO BAIRRO DAS PANELAS</t>
   </si>
   <si>
     <t>7589</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7589/ind_249_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7589/ind_249_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA FEIRA NOTURNA NO BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7590</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Claudio Honorio, Gilson</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7590/ind_250_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7590/ind_250_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DA PEDRA BRANCA-BAIRRO MUTUCA</t>
   </si>
   <si>
     <t>7591</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7591/ind_251.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7591/ind_251.pdf</t>
   </si>
   <si>
     <t>SOLICITA PINTURA DE GUIAS NO BAIRRO DE BIGUÁ</t>
   </si>
   <si>
     <t>7592</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7592/ind_252_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7592/ind_252_25.pdf</t>
   </si>
   <si>
     <t>ROÇADA E MANUTENÇÃO NO CAMPO DE FUTEBOL DO BAIRRO DAS PANELAS</t>
   </si>
   <si>
     <t>7593</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7593/ind_253_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7593/ind_253_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO NA ESTRADA DA BARRA FUNDA E DO PENICHE</t>
   </si>
   <si>
     <t>7594</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7594/ind_254_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7594/ind_254_25.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E MANUTENÇÃO NA ESTRADA DA TEAGEM QUE LIGA O BAIRRO BIGUAZINHO À MIRACATU</t>
   </si>
   <si>
     <t>7595</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7595/ind_255_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7595/ind_255_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMPLANTAÇÃO DE REDE DE BUEIROS NA RUA PEDRO LEITE (RUA 3), BAIRRO SERRINHA</t>
   </si>
   <si>
     <t>7596</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7596/ind_256_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7596/ind_256_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E ROÇADA NA ESTRADA DA TEAGEM 1 E TEAGEM 2</t>
   </si>
   <si>
     <t>7597</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7597/ind_257_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7597/ind_257_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ÁGUA-BAIRRO TEAGEM I</t>
   </si>
   <si>
     <t>7598</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7598/ind_258_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7598/ind_258_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM ABRIGO PARA PASSAGEIROS DE ÔNIBUS-CASA BRANCA</t>
   </si>
   <si>
     <t>7599</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7599/ind_259_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7599/ind_259_25.pdf</t>
   </si>
   <si>
     <t>ROÇADA NO PRÉDIO ESCOLAR DESATIVADO NO BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7600</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7600/ind_260_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7600/ind_260_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E ROÇADA NA ESTRADA DO BAIRRO VILA AURORA</t>
   </si>
   <si>
     <t>7601</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7601/ind_261_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7601/ind_261_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA NOSSA FAZENDA FAZENDA</t>
   </si>
   <si>
     <t>7602</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7602/ind_262_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7602/ind_262_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LUMINÁRIAS NO BAIRRO NOSSA FAZENDA INDO POR JARAÇATIÁ</t>
   </si>
   <si>
     <t>7603</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7603/ind_263_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7603/ind_263_25.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DA QUADRA DA ESCOLA MUNICIPAL DA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7610</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7610/ind_264_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7610/ind_264_25.pdf</t>
   </si>
   <si>
     <t>7611</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7611/ind_265_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7611/ind_265_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE RDE DE ILUMINAÇÃO PÚBLICA NO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7616</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7616/ind_266_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7616/ind_266_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM KIT LUMINÁRIA NO FINAL DA RUA ZEQUINHA DE ABREU</t>
   </si>
   <si>
     <t>7617</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7617/ind_267_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7617/ind_267_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA DAS FLORES, BAIRRO JARDIM MIRACATU</t>
   </si>
   <si>
     <t>7618</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7618/ind_268_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7618/ind_268_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA QUE DÁ ACESSO A ALDEIA INDÍGENA AMBA PORÃ</t>
   </si>
   <si>
     <t>7619</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7619/ind_269_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7619/ind_269_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DE BUEIRO NA ESTRADA QUE LIGA O BAIRRO MORRO GRANDE A PEDRO BARROS</t>
   </si>
   <si>
     <t>7620</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7620/ind_270_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7620/ind_270_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA PRINCIPAL DO BAIRRO MORRO GRANDE</t>
   </si>
   <si>
     <t>7621</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7621/ind_271_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7621/ind_271_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PODA DE ÁRVORES NA ESTRADA DO MORRO GRANDE</t>
   </si>
   <si>
     <t>7622</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7622/ind_272_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7622/ind_272_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NO FINAL DAS RUAS ANTONIO LEITE E JERSONITA ALVES- VILA MATSUDA</t>
   </si>
   <si>
     <t>7623</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7623/ind_273_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7623/ind_273_25.pdf</t>
   </si>
   <si>
     <t>PRAÇA E UM LOCAL DE ESPORTE E LAZER-BAIRRO VILA MATSUDA</t>
   </si>
   <si>
     <t>7624</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7624/ind_274_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7624/ind_274_25.pdf</t>
   </si>
   <si>
     <t>7625</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7625/ind_275_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7625/ind_275_25.pdf</t>
   </si>
   <si>
     <t>7626</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7626/ind_276_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7626/ind_276_25.pdf</t>
   </si>
   <si>
     <t>7627</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7627/ind_277_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7627/ind_277_25.pdf</t>
   </si>
   <si>
     <t>REFORMA GERAL DO POSTO DE SAÚDE BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7628</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7628/ind_278_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7628/ind_278_25.pdf</t>
   </si>
   <si>
     <t>7629</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7629/ind_279_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7629/ind_279_25.pdf</t>
   </si>
   <si>
     <t>7630</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7630/ind_280_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7630/ind_280_25.pdf</t>
   </si>
   <si>
     <t>7631</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7631/ind_281_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7631/ind_281_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ACADEMIA AO AR LIVRE E PLAYGROUND E CONTRUÇÃO DE ARENINHA DE ESPORTES-CAMPO SOCIETY</t>
   </si>
   <si>
     <t>7632</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7632/ind_282_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7632/ind_282_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LINHA DE BUEIRO NO BAIRRO PEDRA DO LARGO</t>
   </si>
   <si>
     <t>7633</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7633/ind_283_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7633/ind_283_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DO KIRI - BAIRRO PEDRA DO LARGO 2</t>
   </si>
   <si>
     <t>7634</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7634/ind_284_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7634/ind_284_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE DUAS CAIXAS PARA ESCOAMENTO DE ÁGUA, BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>7635</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7635/ind_285_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7635/ind_285_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CAIXA PARA ESCOAMENTO DE ÁGUA E CALÇADA- BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>7636</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7636/ind_286_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7636/ind_286_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ENTRADA DO BAIRRO MUTUCA</t>
   </si>
   <si>
     <t>7637</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7637/ind_287_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7637/ind_287_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DO LENK-BAIRRO PEDRA DO LARGO</t>
   </si>
   <si>
     <t>7638</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7638/ind_288_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7638/ind_288_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA ADESÃO JUNTO A PLATAFORMA DO GOVERNO FEDERAL AO PROGRAMA CONTRATA+BRASIL</t>
   </si>
   <si>
     <t>7639</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7639/ind_289_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7639/ind_289_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO URGENTE EM DIVERSAS RUAS DO BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>7640</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7640/ind_290_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7640/ind_290_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ÁREA DE LAZER NO BAIRRO DA MUTUCA</t>
   </si>
   <si>
     <t>7641</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7641/ind_291_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7641/ind_291_25.pdf</t>
   </si>
   <si>
     <t>INDICA A INCLUSÃO DO BAIRRO MUTUCA NO PROGRAMA CIDADE LEGAL</t>
   </si>
   <si>
     <t>7642</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7642/ind_292_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7642/ind_292_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DAS PANELAS</t>
   </si>
   <si>
     <t>7643</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7643/ind_293_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7643/ind_293_25.pdf</t>
   </si>
   <si>
     <t>REFORMA DO POSTO DA ESF FAU</t>
   </si>
   <si>
     <t>7644</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7644/ind_294_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7644/ind_294_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃOP DE UM POÇO ARTESIANO NA CAPELA DO BAIRRO FAU</t>
   </si>
   <si>
     <t>7645</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7645/ind_295_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7645/ind_295_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DO TACANJE, SERTÃOZINHO 1 E SERTÃOZINHO 2, BAIRRO DO FAU</t>
   </si>
   <si>
     <t>7646</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7646/ind_296_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7646/ind_296_25.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR MELHORIAS NA REDE DE ESGOTO DO POSTO DA ESF FAU</t>
   </si>
   <si>
     <t>7647</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7647/ind_297_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7647/ind_297_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE CONSULTÓRIO ODONTOLÓGICO NO POSTO DA ESF DO FAU</t>
   </si>
   <si>
     <t>7654</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7654/ind_298_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7654/ind_298_25.pdf</t>
   </si>
   <si>
     <t>REFORMA NO ABRIGO PARA PASSAGEIROS DE ÔNIBUS E COLOCAÇÃO DE LIXEIRA-BAIRRO ENGENHO</t>
   </si>
   <si>
     <t>7655</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7655/ind_299_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7655/ind_299_25.pdf</t>
   </si>
   <si>
     <t>POLICIAMENTO NO SALTO DE BIGUÁ</t>
   </si>
   <si>
     <t>7656</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7656/ind_300_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7656/ind_300_25.pdf</t>
   </si>
   <si>
     <t>INSTAZLAÇÃO DE CÂMERA DE SEGURANÇA NAS CRECHES</t>
   </si>
   <si>
     <t>7657</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7657/ind_301_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7657/ind_301_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATENDIMENTO NA FARMÁCIA DO PRONTO SOCORRO EM FINAIS DE SEMANA</t>
   </si>
   <si>
     <t>7658</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7658/ind_302_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7658/ind_302_25.pdf</t>
   </si>
   <si>
     <t>EFETUAR A PINTURA E IMPLANTAÇÃO DE LOMBADAS NA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7659</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7659/ind_303_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7659/ind_303_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LIXEIRAS PÚBLICAS NO BAIRRO DA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7668</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7668/ind_304_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7668/ind_304_25.pdf</t>
   </si>
   <si>
     <t>7669</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7669/ind_305_25.pdf</t>
-[...2 lines deleted...]
-    <t>CONCR4ETAGEM OU PAVIMENTAÇÃO ASFÁLTICA NA RUA ANTÔNIO LEITE-VILA MATSUDA</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7669/ind_305_25.pdf</t>
   </si>
   <si>
     <t>7670</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7670/resposta_ind_304_a_331_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7670/resposta_ind_304_a_331_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA LINHA E DAS CAIXAS DE ESGOTO- BAIRRO BALANÇA</t>
   </si>
   <si>
     <t>7671</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7671/ind_307_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7671/ind_307_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA VIELA DA JACUTINGA- BAIRRO JARDIM YOLANDA.</t>
   </si>
   <si>
     <t>7672</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7672/ind_308_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7672/ind_308_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇADA DE ACESSO  A ESCOLA MUNICIPAL DO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7673</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7673/ind_309_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7673/ind_309_25.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO LIMPEZA DE BUEIROS- BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7674</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7674/ind_310_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7674/ind_310_25.pdf</t>
   </si>
   <si>
     <t>7675</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7675/ind_311_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7675/ind_311_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADAS NOS BAIRROS: KAMAITI, JARDIM YOLANDA E JARDIM MIRACATU.</t>
   </si>
   <si>
     <t>7676</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7676/ind_312_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7676/ind_312_25.pdf</t>
   </si>
   <si>
     <t>7677</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7677/ind_313_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7677/ind_313_25.pdf</t>
   </si>
   <si>
     <t>7678</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>Valdir, Pablo Pereira</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7678/ind_314_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7678/ind_314_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA RUA JUSCELINO KUBITSCHEK DE OLIVEIRA</t>
   </si>
   <si>
     <t>7679</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7679/ind_315_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7679/ind_315_25.pdf</t>
   </si>
   <si>
     <t>REINSTALAÇÃO DE GUARD RAIL NO CÓRREGO LOCALIZADO NA AVENIDA WHASHINGTON LUIZ</t>
   </si>
   <si>
     <t>7680</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7680/ind_316_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7680/ind_316_25.pdf</t>
   </si>
   <si>
     <t>REFORMA DA LINHA DE BUEIRO LOCALIZADA NA ESTRADA QUE DÁ ACESSO A ALDEIA INDÍGENA</t>
   </si>
   <si>
     <t>7681</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7681/ind_317_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7681/ind_317_25.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO NO ATENDIMENTO DA SAÚDE BUCAL</t>
   </si>
   <si>
     <t>7682</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7682/ind_318_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7682/ind_318_25.pdf</t>
   </si>
   <si>
     <t>REPARAÇÃO DE BUEIROS NO BAIRRO JARDIM YOLNDA</t>
   </si>
   <si>
     <t>7683</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7683/ind_319_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7683/ind_319_25.pdf</t>
   </si>
   <si>
     <t>PODA DE ÁRVORES E LIMPEZA NO ESCADÃO PRÓXIMO A IGREJA CATÓLICA</t>
   </si>
   <si>
     <t>7684</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7684/ind_320_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7684/ind_320_25.pdf</t>
   </si>
   <si>
     <t>PINTURA DE GUIA AMARELA E INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO EM FRENTE AS ESCOLAS PEI SYLAS BALTAZAR DE ARAUJO-OLIVEIRA BARROS_x000D_
 E ESCOLA MUNICIPAL DO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7685</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7685/ind__321_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7685/ind__321_25.pdf</t>
   </si>
   <si>
     <t>REFORMA DO ABRIGO PARA PASSAGEIROS DE ÔNIBUS EM FRENTE AO BAIRRO DE JARAÇATIÁ</t>
   </si>
   <si>
     <t>7686</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7686/ind_322_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7686/ind_322_25.pdf</t>
   </si>
   <si>
     <t>REFORMA NA ESCOLA MUNICIPAL YOLANDA RIBEIRO TUZINO E INSTALAÇÃO DE AR CONDICIONADO</t>
   </si>
   <si>
     <t>7689</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7689/ind_323_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7689/ind_323_25.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO CÓRREGO LOCALIZADO NA VILA KAMAITI</t>
   </si>
   <si>
     <t>7690</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7690/ind_324_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7690/ind_324_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UMA ACADEMIA E PLAYGROUND NO BAIRRO DO FAU</t>
   </si>
   <si>
     <t>7691</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7691/ind_325_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7691/ind_325_25.pdf</t>
   </si>
   <si>
     <t>REFORMA NA PONTE DA MITRA-BAIRRO VISTA GRANDE</t>
   </si>
   <si>
     <t>7692</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7692/ind_326_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7692/ind_326_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÕES DE QUATRO ABRIGOS PARA PASSAGEIROS DE ÔNIBUS</t>
   </si>
   <si>
     <t>7693</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7693/ind_327_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7693/ind_327_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E ROÇADA NA ESTRADA QUE DÁ ACESSO AO BAIRRO DO FAU AO BIGUAZINHO</t>
   </si>
   <si>
     <t>7694</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7694/ind_328_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7694/ind_328_25.pdf</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO FUNDIÁRIA DOS TERRENOS DA VILA SÃO JOSÉ E BIGUÁ ATRAVÉS DO PROGRAMA CIDADE LEGAL</t>
   </si>
   <si>
     <t>7695</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7695/ind_329_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7695/ind_329_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO ASFALTO QUE CEDEU NA ESTRADA QUE LIGA OLIVEIRA BARROS AO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7698</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7698/ind_330_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7698/ind_330_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DA MITRA</t>
   </si>
   <si>
     <t>7699</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7699/ind_331_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7699/ind_331_25.pdf</t>
   </si>
   <si>
     <t>COLETA DE LIXO PARA O BAIRRO DA MITRA</t>
   </si>
   <si>
     <t>7708</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7708/ind_332_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7708/ind_332_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CRECHE NO BAIRRO DAS PANELAS</t>
   </si>
   <si>
     <t>7709</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7709/ind_333_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7709/ind_333_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE POSTO DE SAÚDE NO BAIRRO DAS PANELAS</t>
   </si>
   <si>
     <t>7710</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7710/ind_334_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7710/ind_334_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE E PLAYGROUND NO BAIRRO DAS PANELAS</t>
   </si>
   <si>
     <t>7711</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7711/ind_335_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7711/ind_335_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA MARIA JOSÉ NOGUEIRA BRUNETO-BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7712</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7712/ind_336_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7712/ind_336_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO ABRIGO DE PASSAGEIROS DE ÔNIBUS LOCALIZADO NO BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>7713</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7713/ind_337_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7713/ind_337_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA DESIGNAÇÃO DE RECEPCIONISTA PARA PSF DA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7714</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7714/ind_338_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7714/ind_338_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ARENINHA DE ESPORTES-CAMPO SOCIETY</t>
   </si>
   <si>
     <t>7715</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7715/ind_339_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7715/ind_339_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO EM PLAYGROUND E APARELHOS DE ACADEMIA AO AR LIVRE LOCALIZADA NO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7716</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7716/ind_340_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7716/ind_340_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANHEIROS E TROCA DE CAIXA D´ÁGUA-POSTO DE SAÚDE DA BARRA FUNDA</t>
   </si>
   <si>
     <t>7717</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7717/ind_341_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7717/ind_341_25.pdf</t>
   </si>
   <si>
     <t>REPAROS NO TRECHO DE CONCRETO QUE LIGA O BAIRRO PANELAS A BARRA FUNDA</t>
   </si>
   <si>
     <t>7718</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7718/ind_342_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7718/ind_342_25.pdf</t>
   </si>
   <si>
     <t>REFORMA NO CAMPO DA MUTUCA</t>
   </si>
   <si>
     <t>7719</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7719/ind_343_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7719/ind_343_25.pdf</t>
   </si>
   <si>
     <t>REFORMA NO CAMPO DA BARRA FUNDA</t>
   </si>
   <si>
     <t>7720</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7720/ind_344_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7720/ind_344_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LIXEIRA NO COMEÇO DA RUA SERVIDÃO-BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>7721</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7721/ind_345_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7721/ind_345_25.pdf</t>
   </si>
   <si>
     <t>REFORMA NA PONTE QUE LIGA A ESTRADA BARRA FUNDA Á PANELAS</t>
   </si>
   <si>
     <t>7722</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7722/ind_346_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7722/ind_346_25.pdf</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DE CALÇADA PARA ACESSIBILIDADE</t>
   </si>
   <si>
     <t>7723</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7723/ind_347_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7723/ind_347_25.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO DE ASFALTO NA RUA JOSIAS BALTAZAR SOLTO-VILA KAMAITI</t>
   </si>
   <si>
     <t>7724</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7724/ind_348_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7724/ind_348_25.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR UM APLICATIVO DE MENSAGENS VIA INTERNET NA RECEPÇÃO DO PRONTO SOCORRO</t>
   </si>
   <si>
     <t>7725</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7725/ind_349_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7725/ind_349_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONCRETAGEM NAS SUBIDAS DO SITIO DO PETECA E PAULÃO DO BLOCO</t>
   </si>
   <si>
     <t>7726</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7726/ind_350_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7726/ind_350_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONCRETAGEM NA SUBIDA DO SITIO DO ARLINDO FERREIRA</t>
   </si>
   <si>
     <t>7727</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7727/ind_351_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7727/ind_351_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONCRETAGEM DE SUBIDAS</t>
   </si>
   <si>
     <t>7728</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7728/ind_352_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7728/ind_352_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE NOTIFIQUE A EMPRESA QUE EFETUOU O ASFALTO NA VILA SÃO PEDRO</t>
   </si>
   <si>
     <t>7729</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7729/ind_353_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7729/ind_353_25.pdf</t>
   </si>
   <si>
     <t>REFORMA NA PONTE DO SUMIDOURO</t>
   </si>
   <si>
     <t>7730</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7730/ind_354_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7730/ind_354_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM KIT LUMINÁRIA PRÓXIMO A IGREJA PERTO DO SITIO DO PETECA-PENICHE</t>
   </si>
   <si>
     <t>7731</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7731/ind_355_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7731/ind_355_25.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO DA RUA JOÃO DIAS</t>
   </si>
   <si>
     <t>7732</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7732/ind_356_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7732/ind_356_25.pdf</t>
   </si>
   <si>
     <t>ABRIGO PARA PASSAGEIROS DE ÔNIBUS PRÓXIMO A CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>7733</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7733/ind_357_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7733/ind_357_25.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DO ESPAÇO DA ESTAÇÃO FERROVIÁRIA LOCALIZADA NO BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7734</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7734/ind_358_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7734/ind_358_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA NELSON NED-BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7735</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7735/ind_359_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7735/ind_359_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA RUA SÃO LEOPOLDO DIAS DE MELO-VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7736</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7736/ind_360_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7736/ind_360_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGO PARA PASSAGEIROS DE ÔNIBUS0-BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7755</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7755/ind_361_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7755/ind_361_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DE MANGUEIRA QUE ABASTECE O POSTINHO DA BARRA FUNDA</t>
   </si>
   <si>
     <t>7756</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7756/ind_362_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7756/ind_362_25.pdf</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO DE RUA QUE DÁ ACESSO A LATERAL DA CÂMARA MUNICIPAL DE MIRACATU</t>
   </si>
   <si>
     <t>7757</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7757/ind_363_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7757/ind_363_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LUMINÁRIA E IMPLANTAÇÃO DE PLACA DE IDENTIFICAÇÃO NA RUA RODOLFO BENEDITO GALDINO PORFIRIO-VILA KAMAITI</t>
   </si>
   <si>
     <t>7758</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7758/ind_364_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7758/ind_364_25.pdf</t>
   </si>
   <si>
     <t>7759</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7759/ind_365_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7759/ind_365_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA RUA DOS PINHEIROS-PARQUE NOVA MIRACATU</t>
   </si>
   <si>
     <t>7760</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7760/ind_366_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7760/ind_366_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM KIT LUMINÁRIA NA RUA DOS PINHEIROS-PARQUE NOVA MIRACATU</t>
   </si>
   <si>
     <t>7761</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7761/ind_367_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7761/ind_367_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE POSTE COM LUMINÁRIA NA RUA ISIDORO HIPÓLITO PINTO- VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7762</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7762/ind_368_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7762/ind_368_25.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA PRESENÇA DE CORPO DE BOMBEIROS DURANTE A ALTA TEMPORADA</t>
   </si>
   <si>
     <t>7763</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7763/ind_369_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7763/ind_369_25.pdf</t>
   </si>
   <si>
     <t>REFORMA DE ESTRUTURA DE ABRIGO PÁRA PASSAGEIROS DE ÕNIBUS-BAIRRO DE BIGUÁ</t>
   </si>
   <si>
     <t>7764</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7764/ind_370_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7764/ind_370_25.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PONTO DE ÔNIBUS PRÓXIMO A ENTRADA DA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7765</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7765/ind_371_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7765/ind_371_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA REVITALIZAÇÃO DE ESCADÃO QUE LIGA A AV.DA SAUDADE COM A RUA JOSÉ KOWALEZ</t>
   </si>
   <si>
     <t>7766</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7766/ind_372_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7766/ind_372_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA RUA JOÃO ALVES CARNEIRO-BIGUÁ</t>
   </si>
   <si>
     <t>7767</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7767/ind_373_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7767/ind_373_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO EM LUMINÁRIA APAGADA -RUA ONZE DE JUNHO,ATRÁS DA RODOVIÁRIA</t>
   </si>
   <si>
     <t>7768</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7768/ind_374_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7768/ind_374_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM KIT LUMINÁRIA NO BAIRRO DAS PANELAS</t>
   </si>
   <si>
     <t>7769</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7769/ind_375_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7769/ind_375_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADAS NA RUA JOSÉ PLÁCIDO DE CARVALHO-VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7770</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7770/ind_376_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7770/ind_376_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PINTURA DE LOMBADAS</t>
   </si>
   <si>
     <t>7771</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7771/ind_377_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7771/ind_377_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADAS NO BAIRRO DE BIGUÁ</t>
   </si>
   <si>
     <t>7772</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7772/ind_378_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7772/ind_378_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA OBRAS DE MELHORIAS NA ESTRADA DO ENGENHO</t>
   </si>
   <si>
     <t>7773</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7773/ind_379_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7773/ind_379_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE PLACA DE IDENTIFICAÇÃO NA SAÍDA DA RODOVIA CASEMIRO TEIXEIRA EM DIREÇÃO A BR 116, COM SETAS INDICATIVAS PARA  MIRACATU, SANTOS, JUQUIÁ E SOROCABA.</t>
   </si>
   <si>
     <t>7774</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7774/ind_380_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7774/ind_380_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LIXEIRAS NO BAIRRO VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7775</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7775/ind_381_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7775/ind_381_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ÁGUA BAIRRO TEAGEM I</t>
   </si>
   <si>
     <t>7776</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7776/ind_382_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7776/ind_382_25.pdf</t>
   </si>
   <si>
     <t>7777</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7777/ind_383_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7777/ind_383_25.pdf</t>
   </si>
   <si>
     <t>7778</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7778/ind_384_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7778/ind_384_25.pdf</t>
   </si>
   <si>
     <t>7779</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7779/ind_385_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7779/ind_385_25.pdf</t>
   </si>
   <si>
     <t>7780</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7780/ind_386_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7780/ind_386_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA SUBIDA DA IGREJA CATÓLICA-BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>7781</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7781/ind_387_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7781/ind_387_25.pdf</t>
   </si>
   <si>
     <t>7782</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7782/ind_388_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7782/ind_388_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA RUA SOKO KAYÓ-BAIRRO CENTRO</t>
   </si>
   <si>
     <t>7783</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7783/ind_389_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7783/ind_389_25.pdf</t>
   </si>
   <si>
     <t>7784</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7784/ind_390_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7784/ind_390_25.pdf</t>
   </si>
   <si>
     <t>7785</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7785/ind_391_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7785/ind_391_25.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE TAMPA DE BUEIRO NA AVENIDA SANTA CECÍLIA-BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>7786</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7786/ind_392_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7786/ind_392_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CAIXA D´ÁGUA PARA ATENDER AS RESIDÊNCIAS NO BAIRRO FELIZARDA</t>
   </si>
   <si>
     <t>7787</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7787/ind_393_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7787/ind_393_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LIXEIRA COMUNITÁRIA NA RUA JOÃO NAGLIATTI-JARDIM FRANCISCA</t>
   </si>
   <si>
     <t>7788</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7788/ind_394_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7788/ind_394_25.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE TAMPA DE BUEIRO NA RUA BENEDITO MARTINS, EM FRENTE AO POSTO SAÚDE-JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7789</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7789/ind_395_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7789/ind_395_25.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE TAMPA QUEBRADA DE BUEIRO, NA RUA BENEDITO MARTINS-JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7790</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7790/ind_396_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7790/ind_396_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA MAISA DAS NEVES AZEVEDO-BAIRRO VILA MATSUDA</t>
   </si>
   <si>
     <t>7791</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7791/ind_397_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7791/ind_397_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA DO CANAL NA BEIRA DA LINHA - RETA DA OFICINA LARA PUPO</t>
   </si>
   <si>
     <t>7792</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7792/ind_398_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7792/ind_398_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA BEIRA DA LINHA</t>
   </si>
   <si>
     <t>7794</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7794/ind_399_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7794/ind_399_25.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO DA RUA  VEREADOR ROBERTO KRUSZYNSKI</t>
   </si>
   <si>
     <t>7795</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7795/ind_400_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7795/ind_400_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA QUE LIGA A VILA SÃO PEDRO ATÉ O ZÉ AURÉLIO</t>
   </si>
   <si>
     <t>7800</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7800/ind_401_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7800/ind_401_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE AR CONDICIONADO NA ESCOLA MUNICIPAL YOLANDA RIBEIRO TUZINO</t>
   </si>
   <si>
     <t>7801</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7801/ind_402_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7801/ind_402_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ESTACIONAMENTO 45 GRAUS NA PRAÇA PULQUÉRIA MARIA LEITE</t>
   </si>
   <si>
     <t>7802</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7802/ind_403_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7802/ind_403_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RETOMADA DE OBRA PARA CONSTRUÇÃO DA QUADRA POLIESPORTIVA DA ESCOLA DO RIBEIRÃO BONITO</t>
   </si>
   <si>
     <t>7803</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7803/ind_404_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7803/ind_404_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS NO ACESSO À IGREJA CATÓLICA- BARRA FUNDA</t>
   </si>
   <si>
     <t>7804</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7804/ind_405_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7804/ind_405_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NO BAIRRO DAS PANELAS</t>
   </si>
   <si>
     <t>7805</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7805/ind_406_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7805/ind_406_25.pdf</t>
   </si>
   <si>
     <t>REPAROS NO ASFALTO DAS RUAS BRASIL E GETÚLIO VARGAS- PEDRO BARROS</t>
   </si>
   <si>
     <t>7806</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7806/ind_407_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7806/ind_407_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA RUA QUATRO- VILA KAMAITI 2</t>
   </si>
   <si>
     <t>7807</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7807/ind_408_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7807/ind_408_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE CONCRETO ENTRE A GUIA E ARQUIBANCADA DO CAMPO DA ESTAÇÃO.</t>
   </si>
   <si>
     <t>7808</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7808/ind_409_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7808/ind_409_25.pdf</t>
   </si>
   <si>
     <t>7809</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7809/ind_410_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7809/ind_410_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LIXEIRA COMUNITÁRIA NA SUBIDA DA SERRA DO MORAES</t>
   </si>
   <si>
     <t>7810</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7810/ind_411_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7810/ind_411_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA LIXEIRA NA AVENIDA DA SAUDADE AO LADO DA ABAM</t>
   </si>
   <si>
     <t>7811</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7811/ind_412_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7811/ind_412_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DA GRUTA</t>
   </si>
   <si>
     <t>7812</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7812/ind_413_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7812/ind_413_25.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE LIXEIRA COMUNITÁRIA BAIRRO MUTUCA</t>
   </si>
   <si>
     <t>7813</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7813/ind_414_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7813/ind_414_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO DE BAIRROS-RODOVIA CASEMIRO TEIXEIRA</t>
   </si>
   <si>
     <t>7814</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7814/ind_415_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7814/ind_415_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA SINALIZAÇÃO VIÁRIA EM TODAS AS RUAS DA SEDE DO MUNICÍPIO</t>
   </si>
   <si>
     <t>7815</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7815/ind_416_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7815/ind_416_25.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE LINHA DE BUEIRO, LOCALIZADA NA ESTRADA DA PEDRA BRANCA-BAIRRO MUTUCA</t>
   </si>
   <si>
     <t>7816</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7816/ind_417_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7816/ind_417_25.pdf</t>
   </si>
   <si>
     <t>REFORMA NO ABRIGO PARA PASSAGEIROS DE ÔNIBUS-BAIRRO BARRA FUNDA</t>
   </si>
   <si>
     <t>7819</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7819/ind_418_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7819/ind_418_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE QUATR0 LUMINÁRIAS PÚBLICAS, ESTRADA DO SITIO JUCA GOMES-ENGENHO</t>
   </si>
   <si>
     <t>7820</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7820/ind_419_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7820/ind_419_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA LUMINÁRIA NO FINAL DA RUA BRASÍLIA, ESQUINA COM A RUA BAHIA</t>
   </si>
   <si>
     <t>7821</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7821/ind_420_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7821/ind_420_25.pdf</t>
   </si>
   <si>
     <t>REFORMA DO ALAMBRADO DA UBS DO BAIRRO DE SANTA RITA</t>
   </si>
   <si>
     <t>7824</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7824/ind_421_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7824/ind_421_25.pdf</t>
   </si>
   <si>
     <t>REFORMA DO ABRIGO PARA PASSAGEIROS DE ÔNIBUS NA VILA SÃO PEDRO</t>
   </si>
   <si>
     <t>7825</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7825/ind_422_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7825/ind_422_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NO FINAL DA RUA VINÍCIUS DE MORAES</t>
   </si>
   <si>
     <t>7826</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7826/ind_423_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7826/ind_423_25.pdf</t>
   </si>
   <si>
     <t>7827</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7827/ind_424_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7827/ind_424_25.pdf</t>
   </si>
   <si>
     <t>7828</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7828/ind_425_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7828/ind_425_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE BUEIRO NO CÓRREGO BEIRANDO A VIELA JACUTINGA- BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7829</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7829/ind_426_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7829/ind_426_25.pdf</t>
   </si>
   <si>
     <t>7830</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7830/ind_427_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7830/ind_427_25.pdf</t>
   </si>
   <si>
     <t>7831</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7831/ind_428_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7831/ind_428_25.pdf</t>
   </si>
   <si>
     <t>7832</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7832/ind_429_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7832/ind_429_25.pdf</t>
   </si>
   <si>
     <t>7833</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7833/ind_430_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7833/ind_430_25.pdf</t>
   </si>
   <si>
     <t>7834</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7834/ind_431_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7834/ind_431_25.pdf</t>
   </si>
   <si>
     <t>7835</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7835/ind_432_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7835/ind_432_25.pdf</t>
   </si>
   <si>
     <t>7836</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7836/ind_433_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7836/ind_433_25.pdf</t>
   </si>
   <si>
     <t>PRAÇA E UM LOCAL DE ESPORTE E LAZER BAIRRO VILA MATSUDA</t>
   </si>
   <si>
     <t>7837</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7837/ind_434_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7837/ind_434_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NO FINAL DAS RUAS ANTONIO LEITE E JERSONITA ALVES-VILA MATSUDA</t>
   </si>
   <si>
     <t>7838</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7838/ind_435_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7838/ind_435_25.pdf</t>
   </si>
   <si>
     <t>7839</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7839/ind_436_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7839/ind_436_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO FINAL DA RUA JERSONITA ALVES E RUA BELA VISTA-BAIRRO VILA MATSUDA</t>
   </si>
   <si>
     <t>7840</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7840/ind_437_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7840/ind_437_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RECOLOCAÇÃO DO ALAMBRADO DE PROTEÇÃO NA RUA SÃO JOSÉ-BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>7841</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7841/ind_438_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7841/ind_438_25.pdf</t>
   </si>
   <si>
     <t>7842</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7842/ind_439_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7842/ind_439_25.pdf</t>
   </si>
   <si>
     <t>7843</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7843/ind_440_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7843/ind_440_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO COM ROÇADA NA CASA BRANCA- BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>7844</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7844/ind_441_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7844/ind_441_25.pdf</t>
   </si>
   <si>
     <t>7845</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7845/ind_442_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7845/ind_442_25.pdf</t>
   </si>
   <si>
     <t>7846</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7846/ind_443_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7846/ind_443_25.pdf</t>
   </si>
   <si>
     <t>CENTRO COMUNITÁRIO NO BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7847</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7847/ind_444_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7847/ind_444_25.pdf</t>
   </si>
   <si>
     <t>ABRIGO PARA PASSAGEIROS DE ÔNIBUS NA ESTAÇÃO- BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7848</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7848/ind_445_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7848/ind_445_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DO KIRI-BAIRRO PEDRA DO LARGO 2</t>
   </si>
   <si>
     <t>7849</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7849/ind_446_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7849/ind_446_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DO ENGENHO</t>
   </si>
   <si>
     <t>7850</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7850/ind_447_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7850/ind_447_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA QUE DÁ ACESSO A CACHOEIRA DO SOBE E DESCE</t>
   </si>
   <si>
     <t>7851</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>Gilson, Claudio Honorio</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7851/ind_448_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7851/ind_448_25.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO REFORMA DE QUATRO ABRIGOS PARA PASSAGEIROS DE ÔNIBUS</t>
   </si>
   <si>
     <t>7852</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7852/ind_449_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7852/ind_449_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM KIT LUMINÁRIA NA RUA PROJETADA Nº 140-BAIRRO BIGUÁ</t>
   </si>
   <si>
     <t>7854</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7854/ind_450_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7854/ind_450_25.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE VALA LOCALIZADA NA AVENIDA SANTA CECÍLIA-BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>7858</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7858/ind_451_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7858/ind_451_25.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA CALÇADA DO CEMURF</t>
   </si>
   <si>
     <t>7859</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7859/ind_452_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7859/ind_452_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE TRÊS LUMINÁRIAS NA ENTRADA DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7860</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7860/ind_453_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7860/ind_453_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMPLANTAÇÃO DE REDE ELÉTRICA E INSTALAÇÃO DE LUMINÁRIAS NO FINAL DA RUA BEIJA-FLOR NO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7862</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7862/ind_454_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7862/ind_454_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE CÂMERAS DE MONITORAMENTO NO TERMINAL RODOVIÁRIO DE MIRACATU</t>
   </si>
   <si>
     <t>7863</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7863/ind_455_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7863/ind_455_25.pdf</t>
   </si>
   <si>
     <t>REGULARIZAR A ÁREA DO CAMPO DE FUTEBOL DO BAIRRO PANELAS</t>
   </si>
   <si>
     <t>7864</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7864/ind_456_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7864/ind_456_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO ACESSO AO CAMPO DE FUTEBOL COM INSTALAÇÃO DE LINHA DE BUEIROS-PANELAS</t>
   </si>
   <si>
     <t>7868</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7868/ind_457_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7868/ind_457_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NAS CRECHES E NAS ESCOLAS</t>
   </si>
   <si>
     <t>7869</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7869/ind_458_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7869/ind_458_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE COBERTURA NA ÁREA EXTERNA DO PSF (POSTO DE SAÚDE DA FAMÍLIA) VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7870</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7870/ind_459_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7870/ind_459_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA QUE LIGA A ESTRADA DAS PANELAS À ÁGUA VERMELHA</t>
   </si>
   <si>
     <t>7872</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7872/ind_460_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7872/ind_460_25.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E COLOCAÇÃO DE TAMPA NA CAIXA LOCALIZADA NA RUA SÃO PAULO, ESQUINA COM A RUA PARANÁ-BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>7873</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7873/ind_461_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7873/ind_461_25.pdf</t>
   </si>
   <si>
     <t>7874</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7874/ind_462_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7874/ind_462_25.pdf</t>
   </si>
   <si>
     <t>7875</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7875/ind_463_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7875/ind_463_25.pdf</t>
   </si>
   <si>
     <t>ROÇADA NO PRÉDIO ESCOLAR DESATIVADO NO BAIRRO DE MUSÁCE3A</t>
   </si>
   <si>
     <t>7876</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7876/ind_464_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7876/ind_464_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA RUA ANTONIO MARTINS DE CASTRO</t>
   </si>
   <si>
     <t>7877</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7877/ind_465_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7877/ind_465_25.pdf</t>
   </si>
   <si>
     <t>7878</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7878/ind_466_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7878/ind_466_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NO BAIRRO DO FAU</t>
   </si>
   <si>
     <t>7879</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7879/ind_467_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7879/ind_467_25.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE NO BAIRRO DO FAU, LOCAL DENOIMINADO SITIO LARANJA</t>
   </si>
   <si>
     <t>7880</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7880/ind_468_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7880/ind_468_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA CARLOS HIRAKAWA, PEDRO BARROS</t>
   </si>
   <si>
     <t>7881</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7881/ind_469_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7881/ind_469_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA RUA DAS PALMEIRAS- PARQUE NOVA MIRACATU</t>
   </si>
   <si>
     <t>7886</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7886/ind_470_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7886/ind_470_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM KIT LUMINÁRIA SENTIDO SERRARIA AO PENICHE</t>
   </si>
   <si>
     <t>7887</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7887/ind_471_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7887/ind_471_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA ILUMINAÇÃO PÚBLICA E COSNTRUÇÃO DE CALÇADA AO REDER DO CAMPO DA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7893</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7893/ind_472_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7893/ind_472_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM KIT LUMINÁRIA NA RUA DAS NASCENTES-BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>7894</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7894/ind_473_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7894/ind_473_25.pdf</t>
   </si>
   <si>
     <t>REFORMA DO ABRIGO PARA PASSAGEIROS DE ÔNIBUS EM FRENTE AO BAIRRO SERRARIA</t>
   </si>
   <si>
     <t>7895</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7895/ind_474_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7895/ind_474_25.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE CÓRREGO QUE CORTA O BAIRRO VILA  MATSUDA</t>
   </si>
   <si>
     <t>7896</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7896/ind_475_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7896/ind_475_25.pdf</t>
   </si>
   <si>
     <t>SOLICITAR PATRULHAMENTO POLICIAL</t>
   </si>
   <si>
     <t>7897</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7897/ind_476_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7897/ind_476_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NAS RUAS JERSONITA ALVES E RUA BELA VISTA- BAIRRO VILA MATSUDA</t>
   </si>
   <si>
     <t>7916</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7916/ind_477_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7916/ind_477_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CORRIMÃO EM ESCADÃO LOCALIZADO AO LADO DA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>7917</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7917/ind_478_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7917/ind_478_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE SINALIZAÇÃO HORIZONTAL</t>
   </si>
   <si>
     <t>7918</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7918/ind_479_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7918/ind_479_25.pdf</t>
   </si>
   <si>
     <t>APOIO ESTRUTURAL E LOGÍSTICO À FANFARRA DE MIRACATU</t>
   </si>
   <si>
     <t>7919</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7919/ind_480_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7919/ind_480_25.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA DR. JOÃO MENDES DE ALMEIDA</t>
   </si>
   <si>
     <t>7930</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7930/ind_481.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7930/ind_481_25.pdf</t>
   </si>
   <si>
     <t>REEPAROS NA ESTRADA DO PENICHE</t>
   </si>
   <si>
     <t>7931</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7931/ind_482.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7931/ind_482_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE TRÊS PONTOS DE ILUMINAÇÃO NA ARQUIBANCADA DO CAMPO DE SANTA RITA</t>
   </si>
   <si>
     <t>7932</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7932/ind_483.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7932/ind_483_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DE BANHEIRO PÚBLICO NO SALTO DE BIGUÁ</t>
   </si>
   <si>
     <t>7933</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7933/ind_484.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7933/ind_484_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA LIXEIRA NO FINAL DA RUA DOS PINHEIROS-BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>7934</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7934/ind_485.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7934/ind_485_25.pdf</t>
   </si>
   <si>
     <t>REPAROS NA RUA TARUO TOMAZ, BAIRRO DE MUSÁCEA</t>
   </si>
   <si>
     <t>7935</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7935/ind_486.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7935/ind_486_25.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇADA JUNTO AO MURO QUE FAZ DIVISA AO PRONTO SOCORRO MIYOJI KAYÓ</t>
   </si>
   <si>
     <t>7936</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7936/ind_487.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7936/ind_487_25.pdf</t>
   </si>
   <si>
     <t>REFORMA DO GINÁSIO DE ESPORTES DO BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>7937</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7937/ind_488.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7937/ind_488_25.pdf</t>
   </si>
   <si>
     <t>PODA DE ÁRVORES LOCALIZADAS NAS DEPENDÊNCIAS DO GINÁSIO DE ESPORTES DO BAIRRO DE SANTA RITA</t>
   </si>
   <si>
     <t>7938</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7938/ind_489.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7938/ind_489_25.pdf</t>
   </si>
   <si>
     <t>PODA DE ÁRVORES NO BAIRRO SANTA RITA</t>
   </si>
   <si>
+    <t>7940</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7940/ind_490_25.pdf</t>
+  </si>
+  <si>
+    <t>PINTURA DAS FAIXAS DE PEDESTRES NA AVENIDA WHASHINGTON LUIZ</t>
+  </si>
+  <si>
+    <t>7941</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7941/ind_491_25.pdf</t>
+  </si>
+  <si>
+    <t>ABRIGO PARA PASSAGEIROS DE ÔNIBUS -PONTO FINAL DO BAIRRO BARRA FUNDA</t>
+  </si>
+  <si>
+    <t>7942</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7942/ind_492_25.pdf</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE MURO DE ARRIMO NA SUBIDA DA RUA PIXINGUINHA</t>
+  </si>
+  <si>
+    <t>7943</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7943/ind_493_25.pdf</t>
+  </si>
+  <si>
+    <t>7944</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7944/ind_494_25.pdf</t>
+  </si>
+  <si>
+    <t>AMPLIAÇÃO DE QUADRA DA ESCOLA MUNICIPAL DA VILA SÃO JOSÉ</t>
+  </si>
+  <si>
+    <t>7945</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7945/ind_495_25.pdf</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE LOMBADA NA RUA PROFESSOR SILAS BALTAZAR DE ARAÚJO</t>
+  </si>
+  <si>
+    <t>7946</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7946/ind_496_25.pdf</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE LOMBADA NA RUA HORÁCIO ANCIÃES-AO LADO DA CRECHE</t>
+  </si>
+  <si>
+    <t>7947</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7947/ind_497_25.pdf</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE LIXEIRA NA RIA VEREADOR ÁLVARO AUGUSTO, 150</t>
+  </si>
+  <si>
+    <t>7961</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7961/ind_498_25.pdf</t>
+  </si>
+  <si>
+    <t>7962</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7962/ind_499_25.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITANDO A INSTALAÇÃO DE CORRIMÃO NO ESCADÃO LOCALIZADO NA RUA VEREADOR JOÃO FLORÊNCIO-VIELA 3</t>
+  </si>
+  <si>
+    <t>7964</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7964/ind_500_25.pdf</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE ACADEMIA AO AR LIVRE E PLAYGROUND E CONSTRUÇÃO DE ARENINHA DE ESPORTES-CAMPO SOCIETY</t>
+  </si>
+  <si>
+    <t>7965</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7965/ind_501_25.pdf</t>
+  </si>
+  <si>
+    <t>7966</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7966/ind_502_25.pdf</t>
+  </si>
+  <si>
+    <t>7967</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7967/ind_503_25.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE CALÇADA DE ACESSO A ESCOLA MUNICIPAL DO JARDIM YOLANDA</t>
+  </si>
+  <si>
+    <t>7968</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7968/ind_504_25.pdf</t>
+  </si>
+  <si>
+    <t>7969</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7969/ind_505_25.pdf</t>
+  </si>
+  <si>
+    <t>7970</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7970/ind_506_25.pdf</t>
+  </si>
+  <si>
+    <t>7971</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7971/ind_507_25.pdf</t>
+  </si>
+  <si>
+    <t>7972</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7972/ind_508_25.pdf</t>
+  </si>
+  <si>
+    <t>7973</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7973/ind_509_25.pdf</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÕES DE LIXEIRAS NO BAIRRO PANELAS</t>
+  </si>
+  <si>
+    <t>7974</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7974/ind_510_25.pdf</t>
+  </si>
+  <si>
+    <t>EXTENSÃO DE REDE DE ENERGIA ELÉTRICA NA VILA ATRÁS DO POSTO FAZENDEIRO</t>
+  </si>
+  <si>
+    <t>7977</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7977/ind_511_25.pdf</t>
+  </si>
+  <si>
+    <t>MANUTENÇÃO NA ESTRADA DA SERVIDÃO EM FRENTE A IGREJA CATÓLICA DA VISTA GRANDE</t>
+  </si>
+  <si>
+    <t>7978</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7978/ind_512_25.pdf</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO BAIRRO SERRA DO CAFEZAL</t>
+  </si>
+  <si>
+    <t>7979</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7979/ind_513_25.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITAÇÃO DE COLOCAÇÃO DE QUATRO LUMINÁRIAS NA ESTRADA DO SITIO VENEZA</t>
+  </si>
+  <si>
+    <t>7980</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7980/ind_514_25.pdf</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE DUAS LUMINÁRIAS NO BAIRRO DE SANTA RITA</t>
+  </si>
+  <si>
+    <t>7981</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7981/ind_515_25.pdf</t>
+  </si>
+  <si>
+    <t>COLOCAÇÃO DE UM CONTAINER DE LIXO NA ENTRADA DO BAIRRO SERRA DO CAFEZAL</t>
+  </si>
+  <si>
+    <t>7982</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7982/ind_516_25.pdf</t>
+  </si>
+  <si>
+    <t>MANUTENÇÃO NA ESTRADA DO KIRI</t>
+  </si>
+  <si>
+    <t>7983</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7983/ind_517_25.pdf</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO PLAYGROUND E ACADEMIA AO AR LIVRE -BAIRRO PEDRO BARROS</t>
+  </si>
+  <si>
+    <t>7984</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7984/ind_518_25.pdf</t>
+  </si>
+  <si>
+    <t>7985</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7985/ind_519_25.pdf</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE LIXEIRA NO COMEÇO DA RUA SERVIDÃO-BAIRRO DE MUSÁCEA</t>
+  </si>
+  <si>
+    <t>7986</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7986/ind_520_25.pdf</t>
+  </si>
+  <si>
+    <t>7987</t>
+  </si>
+  <si>
+    <t>521</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7987/ind_521_25.pdf</t>
+  </si>
+  <si>
+    <t>7988</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7988/ind_522_25.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE ABRIGO PARA PASSAGEIROS DE ÕNIBUS-BAIRRO DE MUSÁCEA</t>
+  </si>
+  <si>
+    <t>7989</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7989/ind_523_25.pdf</t>
+  </si>
+  <si>
+    <t>7990</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7990/ind_524_25.pdf</t>
+  </si>
+  <si>
+    <t>7991</t>
+  </si>
+  <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7991/ind_525_25.pdf</t>
+  </si>
+  <si>
+    <t>7992</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7992/ind_526_25.pdf</t>
+  </si>
+  <si>
+    <t>7993</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7993/ind_527_25.pdf</t>
+  </si>
+  <si>
+    <t>7996</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7996/ind_528_25.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITAÇÃO DE INSTALAÇÃO DE LIXEIRA COMUNITÁRIA NO BAIRRO BARRA FUNDA</t>
+  </si>
+  <si>
+    <t>7997</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7997/ind_529_25.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITAÇÃO DE TAPA-BURACO NAS VIAS DO BAIRRO DE SANTA RITA</t>
+  </si>
+  <si>
+    <t>7998</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7998/ind_530_25.pdf</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE LOMBADA NA RUA PARANÁ-BAIRRO SANTA RITA</t>
+  </si>
+  <si>
+    <t>8007</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8007/ind_531_25.pdf</t>
+  </si>
+  <si>
+    <t>COLOCAÇÃO DE TAMPA DE BUEIRO NA RUA DR. JOÃO LIMA-BIGUÁ</t>
+  </si>
+  <si>
+    <t>8008</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8008/ind_532_25.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE BOCA DE LOBO OU CANALETA PARA ESCOAMENTO DE ÁGUAS PLUVIAS</t>
+  </si>
+  <si>
+    <t>8009</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8009/ind_533_25.pdf</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE UMA LIXEIRA PÚBLICA NA RUA JOÃO ALVES CARNEIRO-BIGUÁ</t>
+  </si>
+  <si>
+    <t>8010</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8010/ind_534_25.pdf</t>
+  </si>
+  <si>
+    <t>MANUTENÇÃO NA CALÇADA LOCALIZADA NA RUA DR.JOÃO LIMA - BAIRRO BIGUÁ</t>
+  </si>
+  <si>
+    <t>8012</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8012/ind_535_25.pdf</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE DOIS ABRIGOS PARA PASSAGEIROS DE ÔNIBUS NA AV. WASHINGTON LUIZ</t>
+  </si>
+  <si>
+    <t>8013</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8013/ind_536_25.pdf</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE DUAS LUMINÁRIAS NA RUA TIRADENTES-BAIRRO ESTAÇÃO</t>
+  </si>
+  <si>
+    <t>8020</t>
+  </si>
+  <si>
+    <t>537</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8020/ind_537_25.pdf</t>
+  </si>
+  <si>
+    <t>MANUTENÇÃO NA RUA TRÊS-SERRA DO CAFEZAL</t>
+  </si>
+  <si>
+    <t>8022</t>
+  </si>
+  <si>
+    <t>538</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8022/ind_538_25.pdf</t>
+  </si>
+  <si>
+    <t>PODA DE ÁRVORE NO BAIRRO SANTA RITA</t>
+  </si>
+  <si>
+    <t>8023</t>
+  </si>
+  <si>
+    <t>539</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8023/ind_539_25.pdf</t>
+  </si>
+  <si>
+    <t>MANUTENÇÃO DO MURO E DO ALAMBRADO NO CAMPO DO BAIRRO DE SANTA RITA</t>
+  </si>
+  <si>
     <t>7540</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7540/moc_01_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7540/moc_01_25.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO GRUPO DE JOVENS JUNTO COM MARIA DA PARÓQUIA NOSSA SENHORA DAS DORES</t>
   </si>
   <si>
     <t>7541</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7541/moc_02_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7541/moc_02_25.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DE JORGE MARIO BERGOGLLIO "PAPA FRANCISCO"</t>
   </si>
   <si>
     <t>7604</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7604/moc_03_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7604/moc_03_25.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO DEPARTAMENTO DE ASSISTÊNCIA SOCIAL PELO EVENTO DA "CAMINHADA EM ALUSÃO AO DIA NACIONAL DE ENFRENTAMENTO AO ABUSO E Á EXPLORAÇÃO SEXUAL DAS CRIANÇAS E ADOLESCENTES"</t>
   </si>
   <si>
     <t>7605</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7605/moc_04_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7605/moc_04_25.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO PROJETO JUDÕ DE MIRACATU PELA CONQUISTA NO FESTIVAL DE JUDÔ DE SETE BARRAS</t>
   </si>
   <si>
     <t>7606</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7606/moc_05_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7606/moc_05_25.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AOS GRUPOS MIRACA PINK RUNNER E MIRACA RUNNER DE MIRACATU</t>
   </si>
   <si>
     <t>7612</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7612/moc_06_25__apelo.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7612/moc_06_25__apelo.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO</t>
   </si>
   <si>
     <t>7696</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7696/mocao072025_mira_com_cristo.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7696/mocao072025_mira_com_cristo.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO EVENTO MIRA COM CRISTO 2025</t>
   </si>
   <si>
     <t>7697</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7697/moc_08_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7697/moc_08_25.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO DEPARTAMENTO DE SAÚDE PELO PROJETO CAMINHADA ECOLÓGICA NO BAIRRO FAU</t>
   </si>
   <si>
     <t>7700</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7700/moc_09_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7700/moc_09_25.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AOS ORGANIZADORES DA 2ª EDIÇÃO DO EVENTO “MIRACA TRILHA” EM MIRACATU-SP.</t>
   </si>
   <si>
     <t>7707</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7707/moc_10_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7707/moc_10_25.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO DEPARTAMENTO DE EDUCAÇÃO</t>
   </si>
   <si>
     <t>7793</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7793/moc_11_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7793/moc_11_25.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS</t>
   </si>
   <si>
     <t>7888</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7888/moc_12_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7888/moc_12_25.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES A APAE DE MIRACATU PELA PARTICIPAÇÃO NA XXI OLIMPÍADAS ESPECIAIS DAS APAES DO ESTADO DE SÃO PAULO</t>
   </si>
   <si>
     <t>7902</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7902/moc_13_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7902/moc_13_25.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES PELA REALIZAÇÃO DE 152 ANOS DA SOLENE FESTA À PADROEIRA NOSSA SENHORA DAS DORES</t>
   </si>
   <si>
     <t>7903</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7903/moc_14.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7903/mocao142025.pdf</t>
   </si>
   <si>
     <t>7920</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7920/mocao152025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7920/mocao152025.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AOS ORGANIZADORES DA 1ª CORRIDA MIRACA RUSTIC</t>
   </si>
   <si>
+    <t>8011</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8011/mocao162025.pdf</t>
+  </si>
+  <si>
+    <t>CONGRATULAÇÕES AOS ORGANIZADORES DO UNDOKAI 2025</t>
+  </si>
+  <si>
     <t>7235</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7235/par_01_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7235/par_01_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 01/2025</t>
   </si>
   <si>
     <t>7236</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7236/par_02_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7236/par_02_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 02/2025</t>
   </si>
   <si>
     <t>7237</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7237/par_03_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7237/par_03_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 03/2025</t>
   </si>
   <si>
     <t>7238</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7238/par_04_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7238/par_04_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 04/2025</t>
   </si>
   <si>
     <t>7239</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7239/par_05_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7239/par_05_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 05/2025</t>
   </si>
   <si>
     <t>7240</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7240/par_06_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7240/par_06_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO 01/2025</t>
   </si>
   <si>
     <t>7242</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7242/par_07_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7242/par_07_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO 02/2025</t>
   </si>
   <si>
     <t>7243</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7243/par_08_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7243/par_08_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO 03/2025</t>
   </si>
   <si>
     <t>7244</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7244/par_09_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7244/par_09_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO 04/2025</t>
   </si>
   <si>
     <t>7245</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7245/par_10_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7245/par_10_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO 06/2025</t>
   </si>
   <si>
     <t>7395</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7395/parecer11_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7395/parecer11_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 05/25</t>
   </si>
   <si>
     <t>7396</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7396/parecer12_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7396/parecer12_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 07/25</t>
   </si>
   <si>
     <t>7397</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7397/parecer13_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7397/parecer13_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 08/25</t>
   </si>
   <si>
     <t>7398</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7398/parecer14_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7398/parecer14_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 9/25</t>
   </si>
   <si>
     <t>7399</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7399/parecer15_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7399/parecer15_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 10/25</t>
   </si>
   <si>
     <t>7400</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7400/parecer16_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7400/parecer16_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 11/25</t>
   </si>
   <si>
     <t>7401</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7401/parecer17_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7401/parecer17_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 12/25</t>
   </si>
   <si>
     <t>7402</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7402/parecer18_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7402/parecer18_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PR 01/25</t>
   </si>
   <si>
     <t>7416</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7416/parecer19_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7416/parecer19_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 06/2025</t>
   </si>
   <si>
     <t>7417</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7417/parecer20_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7417/parecer20_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 02/25</t>
   </si>
   <si>
     <t>7455</t>
   </si>
   <si>
     <t>Favorável ao PR 03/25</t>
   </si>
   <si>
     <t>7456</t>
   </si>
   <si>
     <t>Favorável ao PL 15/25</t>
   </si>
   <si>
     <t>7494</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, CEL - Comissão de  Educação, Cultura, Lazer e Turismo, COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7494/parecer23_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7494/parecer23_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PDL 01/2025</t>
   </si>
   <si>
     <t>7495</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7495/parecer24_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7495/parecer24_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO16/2025</t>
   </si>
   <si>
     <t>7496</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7496/parecer25_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7496/parecer25_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO 17/2025</t>
   </si>
   <si>
     <t>7497</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7497/parecer26_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7497/parecer26_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO 18/2025</t>
   </si>
   <si>
     <t>7498</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7498/parecer2725.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7498/parecer2725.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO 20/2025</t>
   </si>
   <si>
     <t>7499</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7499/parecer28_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7499/parecer28_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO 21/2025</t>
   </si>
   <si>
     <t>7500</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7500/parecer29_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7500/parecer29_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO 23/2025</t>
   </si>
   <si>
     <t>7501</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas, Comissão de Obras e Serviços Publicos</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7501/parecer30_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7501/parecer30_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO 25/2025</t>
   </si>
   <si>
     <t>7502</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7502/parecer31_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7502/parecer31_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO 26/2025</t>
   </si>
   <si>
     <t>7503</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7503/parecer_32_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7503/parecer_32_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 07/2025 C/ EMENDA</t>
   </si>
   <si>
     <t>7529</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7529/parecer33_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7529/parecer33_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 22/25</t>
   </si>
   <si>
     <t>7530</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7530/parecer34_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7530/parecer34_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 24/25</t>
   </si>
   <si>
     <t>7552</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7552/parecer35_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7552/parecer35_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 09/25</t>
   </si>
   <si>
     <t>7553</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas, CSAS - Comissão de Saúde, Assistência Social e Defesa e Promoção dos Direitos da Mulher</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7553/parecer36_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7553/parecer36_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 27/25</t>
   </si>
   <si>
     <t>7554</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7554/parecer37_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7554/parecer37_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 28/25</t>
   </si>
   <si>
     <t>7555</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, CAPD - Comissão de Agricultura, Pecuária, Desenvolvimento rural e Meio Ambiente, Planejamento, Uso e Ocupaç, COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7555/parecer3825.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7555/parecer3825.pdf</t>
   </si>
   <si>
     <t>Favoravel ao PL 29/25</t>
   </si>
   <si>
     <t>7556</t>
   </si>
   <si>
     <t>Favorável ao PL 14/25</t>
   </si>
   <si>
     <t>7557</t>
   </si>
   <si>
     <t>COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas, Comissão de Constituição, Justiça e Redação, CEL - Comissão de  Educação, Cultura, Lazer e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7557/parecer4025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7557/parecer4025.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 19/25</t>
   </si>
   <si>
     <t>7607</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7607/parecer41_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7607/parecer41_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 10/25</t>
   </si>
   <si>
     <t>7608</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7608/parecer42_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7608/parecer42_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 04/25</t>
   </si>
   <si>
     <t>7609</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7609/parecer43_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7609/parecer43_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 30/25</t>
   </si>
   <si>
     <t>7662</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7662/parecer44_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7662/parecer44_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 11/25</t>
   </si>
   <si>
     <t>7665</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7665/parecer45_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7665/parecer45_25.pdf</t>
   </si>
   <si>
     <t>Favoravel ao PL 31/25</t>
   </si>
   <si>
     <t>7666</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7666/parecer46_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7666/parecer46_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 32/25</t>
   </si>
   <si>
     <t>7667</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7667/parecer47_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7667/parecer47_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 33/25</t>
   </si>
   <si>
     <t>7742</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7742/parecer48_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7742/parecer48_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 34/25</t>
   </si>
   <si>
     <t>7743</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7743/parecer49_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7743/parecer49_25.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL ao  Projeto de Lei Complementar nº 12/25</t>
   </si>
   <si>
     <t>7744</t>
   </si>
   <si>
     <t>COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas, Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7744/parecer50_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7744/parecer50_25.pdf</t>
   </si>
   <si>
     <t>Favoravel ao PL 36/25</t>
   </si>
   <si>
     <t>7745</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7745/parecer51_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7745/parecer51_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 37/25</t>
   </si>
   <si>
     <t>7746</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7746/parecer52_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7746/parecer52_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 35/25</t>
   </si>
   <si>
     <t>7747</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7747/parecer53_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7747/parecer53_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 05/25</t>
   </si>
   <si>
     <t>7817</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7817/parecer54_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7817/parecer54_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 40/25</t>
   </si>
   <si>
     <t>7818</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7818/parecer55_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7818/parecer55_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 06/25</t>
   </si>
   <si>
     <t>7822</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7822/parecer56_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7822/parecer56_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 13/25</t>
   </si>
   <si>
     <t>7853</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7853/parecer57_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7853/parecer57_25.pdf</t>
   </si>
   <si>
     <t>Favoravel ao PL 38/25</t>
   </si>
   <si>
     <t>7855</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7855/parecer58_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7855/parecer58_25.pdf</t>
   </si>
   <si>
     <t>Favoravel ao PL 39/25</t>
   </si>
   <si>
     <t>7856</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7856/parecer59_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7856/parecer59_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 02/25</t>
   </si>
   <si>
     <t>7857</t>
   </si>
   <si>
     <t>COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7857/parecer60_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7857/parecer60_25.pdf</t>
   </si>
   <si>
     <t>Faváravel ao PR 07/25</t>
   </si>
   <si>
     <t>7882</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7882/parecer61_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7882/parecer61_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 41/25</t>
   </si>
   <si>
     <t>7883</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7883/parecer62_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7883/parecer62_25.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 42/25</t>
   </si>
   <si>
     <t>7884</t>
   </si>
   <si>
     <t>Favorável ao PL 43/25</t>
   </si>
   <si>
     <t>7915</t>
   </si>
   <si>
     <t>Favorável ao PL 44/25</t>
   </si>
   <si>
     <t>7921</t>
   </si>
   <si>
     <t>Favorável ao PL 45/25</t>
   </si>
   <si>
     <t>7922</t>
   </si>
@@ -6658,1254 +7231,1579 @@
   <si>
     <t>7923</t>
   </si>
   <si>
     <t>ParEcer favorável ao PDL 04/25</t>
   </si>
   <si>
     <t>7926</t>
   </si>
   <si>
     <t>Favorável ao PLC 14/25</t>
   </si>
   <si>
     <t>7927</t>
   </si>
   <si>
     <t>Favorável ao PL 46/25</t>
   </si>
   <si>
     <t>7928</t>
   </si>
   <si>
     <t>Favorável ao PDL 12/25</t>
   </si>
   <si>
+    <t>7949</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7949/parecer71_25.pdf</t>
+  </si>
+  <si>
+    <t>FAVORÁVEL AO PDL 05/25</t>
+  </si>
+  <si>
+    <t>7950</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7950/parecer72_25.pdf</t>
+  </si>
+  <si>
+    <t>FAVORÁVEL AO PDL 06/25</t>
+  </si>
+  <si>
+    <t>7951</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7951/parecer73_25.pdf</t>
+  </si>
+  <si>
+    <t>FAVORÁVEL AO PDL 07/25</t>
+  </si>
+  <si>
+    <t>7952</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7952/parecer74_25.pdf</t>
+  </si>
+  <si>
+    <t>FAVORÁVEL AO PDL 08/2025</t>
+  </si>
+  <si>
+    <t>7953</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7953/parecer75_25.pdf</t>
+  </si>
+  <si>
+    <t>FAVORÁVEL AO PDL 09/25</t>
+  </si>
+  <si>
+    <t>7954</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7954/parecer76_25.pdf</t>
+  </si>
+  <si>
+    <t>FAVORÁVEL AO PDL 10/25</t>
+  </si>
+  <si>
+    <t>7955</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7955/parecer77_25.pdf</t>
+  </si>
+  <si>
+    <t>FAVORÁVEL AO PDL 11/25</t>
+  </si>
+  <si>
+    <t>7956</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7956/parecer78_25.pdf</t>
+  </si>
+  <si>
+    <t>FAVORÁVEL AO PL 49/25</t>
+  </si>
+  <si>
+    <t>7957</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7957/parecer79_25.pdf</t>
+  </si>
+  <si>
+    <t>FAVORÁVEL AO PL 50/25</t>
+  </si>
+  <si>
+    <t>7958</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7958/parecer80_25.pdf</t>
+  </si>
+  <si>
+    <t>FAVORÁVEL AO PL 51/25</t>
+  </si>
+  <si>
+    <t>7959</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7959/parecer81_25.pdf</t>
+  </si>
+  <si>
+    <t>FAVORÁVEL AO PL 52/25</t>
+  </si>
+  <si>
+    <t>7960</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7960/parecer82_25.pdf</t>
+  </si>
+  <si>
+    <t>FAVORÁVEL AO PL 47/25</t>
+  </si>
+  <si>
+    <t>7963</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7963/parecer83_25.pdf</t>
+  </si>
+  <si>
+    <t>Desfavorável ao PL 48/25</t>
+  </si>
+  <si>
+    <t>8004</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8004/parecer_84_25.pdf</t>
+  </si>
+  <si>
+    <t>Favorável ao PL 53/25</t>
+  </si>
+  <si>
+    <t>8005</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8005/p_a_r_e_c_e_r__85_2025.pdf</t>
+  </si>
+  <si>
+    <t>Favorável ao PL 54/25</t>
+  </si>
+  <si>
+    <t>8006</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8006/parecer_86.pdf</t>
+  </si>
+  <si>
+    <t>Favorável ao PL 55/25</t>
+  </si>
+  <si>
+    <t>8024</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8024/parecer87_25.pdf</t>
+  </si>
+  <si>
+    <t>Favorável ao PL 56/25</t>
+  </si>
+  <si>
+    <t>8025</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8025/parecer88_25.pdf</t>
+  </si>
+  <si>
+    <t>Favorável ao PL 57/25</t>
+  </si>
+  <si>
+    <t>8026</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8026/parecer89_25.pdf</t>
+  </si>
+  <si>
+    <t>Favorável ao PL 58/25</t>
+  </si>
+  <si>
+    <t>8027</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8027/parecer90_25.pdf</t>
+  </si>
+  <si>
+    <t>Favorável ao Projeto de Decreto Legislativo 13/25</t>
+  </si>
+  <si>
+    <t>8028</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8028/parecer91_25.pdf</t>
+  </si>
+  <si>
+    <t>Favorável ao Projeto de Decreto Legislativo nº 14/25</t>
+  </si>
+  <si>
     <t>7390</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7390/pdl_01_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7390/pdl_01_25.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MIRACATUENSE AO REVERENDÍSSIMO PADRE JOSÉ ROBERTO LUCIANO</t>
   </si>
   <si>
     <t>7740</t>
   </si>
   <si>
     <t>Mesa</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7740/pdl_02_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7740/pdl_02_25.pdf</t>
   </si>
   <si>
     <t>DECLARA INSERVÍVEIS OS BENS QUE ESPECIFICA DO PATRIMÔNIO DO PODER LEGISLATIVO</t>
   </si>
   <si>
     <t>7866</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7866/pdl_03_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7866/pdl_03_25.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO PASTOR JOSE FANES DOS SANTOS</t>
   </si>
   <si>
     <t>7885</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7885/pdl_04_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7885/pdl_04_25.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. RODOLPHO ROSETI.</t>
   </si>
   <si>
     <t>7889</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7889/pdl_05_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7889/pdl_05_25.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. SILVIO FILIPPINI</t>
   </si>
   <si>
     <t>7905</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7905/pdl_06_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7905/pdl_06_25.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. JOSE CARLOS FERRUCCI.</t>
   </si>
   <si>
     <t>7906</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7906/pdl_07_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7906/pdl_07_25.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. VILMAR GAVAZZONI</t>
   </si>
   <si>
     <t>7908</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7908/pdl_08_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7908/pdl_08_25.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. ITAMAR TAVARES DE MENDONÇA</t>
   </si>
   <si>
     <t>7909</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7909/pdl_09_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7909/pdl_09_25.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. JACOB DOS SANTOS COELHO</t>
   </si>
   <si>
     <t>7910</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7910/pdl_10_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7910/pdl_10_25.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. LINDEVALDO SANTOS DE CARVALHO</t>
   </si>
   <si>
     <t>7911</t>
   </si>
   <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7911/pdl_11_25.pdf</t>
+  </si>
+  <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. HUMBERTO VOLPERT.</t>
   </si>
   <si>
     <t>7924</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7924/pdl_12_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7924/pdl_12_25.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE LICENÇA AO PREFEITO MUNICIPAL PELO PERÍODO DE 30 DIAS</t>
   </si>
   <si>
+    <t>8017</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8017/pdl_13_25.pdf</t>
+  </si>
+  <si>
+    <t>RETIFICA O NOME DO CIDADÃO HOMENAGEADO PELO DECRETO LEGISLATIVO Nº 10/25</t>
+  </si>
+  <si>
+    <t>8018</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8018/pdl_14_25.pdf</t>
+  </si>
+  <si>
     <t>7224</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Vinícius Brandão de Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7224/plc_01_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7224/plc_01_25.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AMPLIAÇÃO DE VAGAS DOS CARGOS EFETIVOS CONSTANTES NO ANEXO I DA LEI COMPLEMENTAR Nº 074 DE 26 DE DEZEMBRO DE 2022."</t>
   </si>
   <si>
     <t>7225</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7225/plc_02_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7225/plc_02_25.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ARTIGO 5º E OS ANEXOS I E II DA LEI COMPLEMENTAR 075 DE 26 DE DEZEMBRO DE 2022 QUE INSTITUI O NOVO PLANO DE CARREIRA E REMUNERAÇÃO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE MIRACATU."</t>
   </si>
   <si>
     <t>7226</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7226/plc_03_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7226/plc_03_25.pdf</t>
   </si>
   <si>
     <t>"REGOVA A LEI COMPLEMENTAR Nº 23/2015 DO MUNICÍPIO DE MIRACATU."</t>
   </si>
   <si>
     <t>7227</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7227/plc_04_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7227/plc_04_25.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI COMPLEMENTAR Nº 73/2022 - ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE MIRACATU."</t>
   </si>
   <si>
     <t>7228</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7228/plc_05_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7228/plc_05_25.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ANEXO III E V DA LEI COMPLEMENTAR Nº 74/2022; ANEXO I DA LEI 1.389/2007 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>7389</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7389/plc_06_2025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7389/plc_06_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO QUADRO DE CARGOS CONSTANTE NO ANEXO I DA LEI COMPLEMENTAR Nº 074 DE 26 DE DEZEMBRO DE 2022</t>
   </si>
   <si>
     <t>7473</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7473/plc_07_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7473/plc_07_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO QUADRO DE CARGOS CONSTANTE NO ANEXO IV DA LEI COMPLEMENTAR Nº 074 DE 26 DE_x000D_
 DEZEMBRO DE 2022</t>
   </si>
   <si>
     <t>7474</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7474/plc_08_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7474/plc_08_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO QUADRO DE CARGOS CONSTANTE NOS ANEXOS III E IV DA LEI COMPLEMENTAR Nº 074 DE 26 DE DEZEMBRO DE 2022</t>
   </si>
   <si>
     <t>7512</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7512/plc_09_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7512/plc_09_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO QUADRO DE CARGOS CONSTANTE NOS ANEXOS III E IV DA LEI COMPLEMENTAR Nº 074 DE 26 DE DEZEMBRO DE 2022.</t>
   </si>
   <si>
     <t>7563</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7563/plc_10_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7563/plc_10_25.pdf</t>
   </si>
   <si>
     <t>7650</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7650/plc11_25_-_cria_departamento_estradas.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7650/plc11_25_-_cria_departamento_estradas.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO III DA LEI COMPLEMENTAR Nº 74/2022 e ANEXO I DA LEI 1.389/2007 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7737</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7737/plc_13_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7737/plc_13_25.pdf</t>
   </si>
   <si>
     <t>7750</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7750/plc_13__25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7750/plc_13__25.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I - CARGOS EFETIVOS DA LEI COMPLEMENTAR Nº 074 DE 26 DE DEZEMBRO DE 2022</t>
   </si>
   <si>
     <t>7890</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7890/plc_14-_cria_cargo_de_biologo_e_operador.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7890/plc_14-_cria_cargo_de_biologo_e_operador.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO QUADRO DE CARGOS CONSTANTE NO ANEXO I DA LEI COMPLEMENTAR Nº 074 DE 26 DE_x000D_
 DEZEMBRO DE 2022.</t>
   </si>
   <si>
+    <t>8021</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8021/pl_15_altera_a_referencia_22_do_anexo_v_da_lei_complementar_municipal_n_74_2022.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REFERÊNCIA 22 DO ANEXO V DA LEI COMPLEMENTAR MUNICIPAL Nº 74/2022</t>
+  </si>
+  <si>
     <t>7229</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7229/plo_01_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7229/plo_01_25.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DO ANEXO II DA LEI MUNICIPAL Nº 1.389/2007 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>7230</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7230/plo_02_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7230/plo_02_25.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O ESTÁGIO REMUNERADO PARA ESTUDANTES EM ÓRGÃOS DA ADMINISTRAÇÃO MUNICIPAL DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>7231</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7231/plo_03_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7231/plo_03_25.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A CONCESSÃO ADMINISTRATIVA DE USO DE BENS MÓVEIS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>7232</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7232/plo_04_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7232/plo_04_25.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI 1.334, DE 23 DE DEZEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>7233</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7233/plo_05_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7233/plo_05_25.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO OSSÁRIO COLETIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>7234</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>7303</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7303/plo_07_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7303/plo_07_25.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PROGRAMA DE ESTÁGIO REMUNERADO A ESTUDANTES UNIVERSITÁRIOS NO ÂMBITO DO PODER LEGISLATIVO DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>7323</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7323/plo_08_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7323/plo_08_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 82 E PARÁGRAFOS DA LEI MUNICIPAL Nº 2.093/2023 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7324</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7324/plo_09_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7324/plo_09_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O VALOR DA CONCESSÃO DO AUXÍLIO ALIMENTAÇÃO AO SERVIDOR PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7388</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7388/projeto_de_lei_n_10_2025_altera_a_lei_1_972_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7388/projeto_de_lei_n_10_2025_altera_a_lei_1_972_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO E REVOGAÇÃO DE ARTIGOS DA LEI N° 1.972/2021 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7391</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7391/pl_11_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7391/pl_11_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL ANUAL DOS SUBSÍDIOS DE AGENTES POLÍTICOS</t>
   </si>
   <si>
     <t>7394</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7394/pl_12_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7394/pl_12_25.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI MUNICIPAL Nº 2030/2022”.</t>
   </si>
   <si>
     <t>7420</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7420/pl_13_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7420/pl_13_25.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 993/95, EXPANDINDO AOS PENSIONISTAS E BENEFICIÁRIOS DO BPC - LOAS DISPOSITIVOS DA LEI</t>
   </si>
   <si>
     <t>7421</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7421/pl_14_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7421/pl_14_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INSTALAÇÃO DE APARELHOS DE AR CONDICIONADO NAS SALAS DE AULA DAS ESCOLAS</t>
   </si>
   <si>
     <t>7439</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7439/pl_15_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7439/pl_15_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIME DE ADIANTAMENTO NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>7441</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7441/pl_16_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7441/pl_16_25.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO A FESTA DE CORPUS CHRISTI</t>
   </si>
   <si>
     <t>7442</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7442/pl_17_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7442/pl_17_25.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO A SEMANA SANTA</t>
   </si>
   <si>
     <t>7443</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7443/pl_18_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7443/pl_18_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FOLGA REMUNERADA AO SERVIDOR PÚBLICO, NO DIA DO SEU ANIVERSÁRIO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7457</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7457/plo_19_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7457/plo_19_25.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL Nº 1.813/2016 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>7458</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7458/plo_20_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7458/plo_20_25.pdf</t>
   </si>
   <si>
     <t>"PRORROGA VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO".</t>
   </si>
   <si>
     <t>7472</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7472/plo_21_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7472/plo_21_25.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROMOVER A CONCESSÃO DE USO ONEROSO DE BEM PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7475</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7475/plo222025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7475/plo222025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO I DA LEI MUNICIPAL Nº 1.389/2007 – DESCRIÇÃO E ATRIBUIÇÕES DOS CARGOS QUE COMPÕE O QUADRO DE SERVIDORES DA PREFEITURA MUNICIPAL DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7476</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7476/plo232025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7476/plo232025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS; AUTORIZA O PARCELAMENTO ESPECIAL POR PRAZO DETERMINADO_x000D_
 DE QUALQUER CRÉDITO TRIBUTÁRIO E NÃO TRIBUTÁRIO VENCIDOS, INSCRITOS OU NÃO EM DÍVIDA ATIVA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>7477</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7477/plo242025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7477/plo242025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO I DA LEI MUNICIPAL Nº 1.389/2007 – DESCRIÇÃO E ATRIBUIÇÕES DOS CARGOS_x000D_
 QUE COMPÕE O QUADRO DE SERVIDORES DA PREFEITURA MUNICIPAL DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7478</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7478/plo_25_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7478/plo_25_25.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7479</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7479/plo_26_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7479/plo_26_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 1.000.000,00 (um milhão de reais) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7513</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7513/plo_27_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7513/plo_27_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE RATIFICAÇÃO DA RESOLUÇÃO Nº 004/2025 DA ASSEMBLEIA GERAL DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO VALE DO RIBEIRA E LITORAL SUL – CONSAÚDE</t>
   </si>
   <si>
     <t>7527</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7527/saude_bucal.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7527/saude_bucal.pdf</t>
   </si>
   <si>
     <t>INSTITUI O INCENTIVO DE PAGAMENTO POR DESEMPENHO, NO ÂMBITO DO MUNICÍPIO DE MIRACATU, A SER CONCEDIDO AOS PROFISSIONAIS DAS EQUIPES DE SAÚDE BUCAL (ESB), COM RECURSOS ADVINDOS DO MINISTÉRIO DA SAÚDE-MS-PISO DE ATENÇÃO PRIMÁRIA EM SAÚDE- INCENTIVO FINANCEIRO DA APS-DESEMPENHO INSTITUÍDO PELA PORTARIA GM/MS Nº 3.493, DE 10 DE ABRIL DE 2024 NA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7528</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7528/pl_29_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7528/pl_29_25.pdf</t>
   </si>
   <si>
     <t>INSTITUI O 'DIA MUNICIPAL DO COOPERATIVISMO' NO MUNICÍPIO DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7581</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7581/pl_30_25_altera_lei.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7581/pl_30_25_altera_lei.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2.054/2022 QUE AUTORIZOU O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL</t>
   </si>
   <si>
     <t>7651</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7651/pl31_-_altera_estrutura_administrativa.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7651/pl31_-_altera_estrutura_administrativa.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 1.334, DE 23 DE DEZEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7652</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7652/pl__-_alteracao_orcamentaria.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7652/pl__-_alteracao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DEPARTAMENTO MUNICIPAL DE ESTRADAS RURAIS NA ESTRUTURA ORÇAMENTÁRIA NO VALOR DE R$ 500.000,00 (QUINHENTOS MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7653</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7653/pl_33_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7653/pl_33_25.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO  DE  CONVÊNIO ENTRE A UNIVERSIDADE DE SÃO PAULO POR INTERMÉDIO DA ESCOLA DE ARTES, CIÊNCIAS E HUMANIDADES (EACH) E O MUNICÍPIO DE MIRACATU VISANDO A REALIZAÇÃO DO PROJETO “ATUALIZAÇÃO DO PLANO DIRETOR MUNICIPAL DE TURISMO</t>
   </si>
   <si>
     <t>7661</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7661/pl_34_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7661/pl_34_25.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS E FESTAS DO MUNICÍPIO DE MIRACATU A SEMANA MUNICIPAL DA DANÇA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7701</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7701/plo_35_2025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7701/plo_35_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1371/2006, QUE DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER A_x000D_
 NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>7738</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7738/pl_36_25_-_altera_lei_1334.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7738/pl_36_25_-_altera_lei_1334.pdf</t>
   </si>
   <si>
     <t>7739</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7739/pl_37_25_-_altera_lei_1389.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7739/pl_37_25_-_altera_lei_1389.pdf</t>
   </si>
   <si>
     <t>7748</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7748/pl_38_25_-_premio_ideb.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7748/pl_38_25_-_premio_ideb.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PRÊMIO IDEB NO ÂMBITO DO MUNICÍPIO DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7751</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7751/pl39_25_-_areninha_tiemi_tanaka.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7751/pl39_25_-_areninha_tiemi_tanaka.pdf</t>
   </si>
   <si>
     <t>DISPÖE SOBRE DENOMINAÇÃO DA ARENINHA LOCALIZADA NO BAIRRO ESTAÇÃO</t>
   </si>
   <si>
     <t>7796</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7796/projeto_de_lei_40_25_altera_a_lei_2150.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7796/projeto_de_lei_40_25_altera_a_lei_2150.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI Nº 2.150 DE 22 DE ABRIL DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7798</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7798/pl_41_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7798/pl_41_25.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO AOS SERVIDORES DESIGNADOS PARA ATUAÇÃO NA COMISSÃO DE AVALIAÇÃO ESPECIAL DE DESEMPENHO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7799</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7799/pl_42.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7799/pl_42.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 3º DA LEI MUNICIPAL Nº 1.175 DE 25 DE NOVEMBRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7823</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7823/pl_43_25_-_fms.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7823/pl_43_25_-_fms.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI Nº 838 DE 20 DE DEZEMBRO DE 1991 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7865</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7865/pl_44_25_-_consaude.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7865/pl_44_25_-_consaude.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE RATIFICAÇÃO DA RESOLUÇÃO Nº 007/2025 DA ASSEMBLEIA GERAL DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO VALE DO RIBEIRA E LITORAL SUL – CONSAÚDE</t>
   </si>
   <si>
     <t>7871</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7871/pl_45_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7871/pl_45_25.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O VALE TRANSPORTE ESCOLAR RURAL</t>
   </si>
   <si>
     <t>7891</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7891/pl_46_25_-_requisitos_biologo.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7891/pl_46_25_-_requisitos_biologo.pdf</t>
   </si>
   <si>
     <t>7892</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7892/pl_47_25_-_loteria.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7892/pl_47_25_-_loteria.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SERVIÇO PÚBLICO DE LOTERIA MUNICIPAL NO ÂMBITO DO MUNICÍPIO DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7904</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7904/pl_48_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7904/pl_48_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA POLÍTICA MUNICIPAL DE DISTRIBUIÇÃO GRATUITA DE MEDICAMENTOS À BASE DE CANNABIS PARA FINS TERAPÊUTICOS NO ÂMBITO DO SISTEMA ÚNICO DE SAÚDE (SUS) NO MUNICÍPIO DE MIRACATU, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7912</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7912/plano_pluranual_26_-29.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7912/plano_pluranual_26_-29.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE MIRACATU PARA O QUADRIÊNIO DE 2026 A 2029</t>
   </si>
   <si>
     <t>7913</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7913/projeto_de_lei_382025_ldo_2026.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7913/projeto_de_lei_382025_ldo_2026.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2026</t>
   </si>
   <si>
     <t>7914</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7914/projeto_de_lei_392025_loa_2026.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7914/projeto_de_lei_392025_loa_2026.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MIRACATU PARA O EXERCÍCIO FINANCEIRO DE 2026</t>
   </si>
   <si>
     <t>7939</t>
   </si>
   <si>
     <t>Moysés Sikorski Filho</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7939/projeto_de_lei_52_2025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7939/projeto_de_lei_52_2025.pdf</t>
   </si>
   <si>
     <t>"ALTERA OS ARTIGOS 5º e 7º DA LEI MUNICIPAL Nº 1.705, DE 20 DE NOVEMBRO DE 2013, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA DE MIRACATU, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>7994</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7994/pl_53_25.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A DELEGAR CONCESSÃO DE SERVIÇOS PÚBLICOS DE MANEJO DE RESÍDUOS SÓLIDOS TOTAL OU PARCIALMENTE, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>7995</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7995/pl_54_25.pdf</t>
+  </si>
+  <si>
+    <t>PRORROGA VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO</t>
+  </si>
+  <si>
+    <t>8001</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8001/pl_refis.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS; AUTORIZA O PARCELAMENTO ESPECIAL POR PRAZO DETERMINADO DE QUALQUER CRÉDITO TRIBUTÁRIO  E  NÃO  TRIBUTÁRIO  VENCIDOS,  INSCRITOS  OU  NÃO  EM  DÍVIDA ATIVA E DÁ OUTRAS PROVIDENCIAS</t>
+  </si>
+  <si>
+    <t>8015</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8015/pl_56_25.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI MUNICIPAL Nº 1.461, DE 17 DE FEVEREIRO DE 2009, PARA RESTRINGIR O DIREITO AO RECEBIMENTO DE  HONORÁRIOS ADVOCATÍCIOS DE SUCUMBÊNCIA EXCLUSIVAMENTE AOS ADVOGADOS PÚBLICOS E PROCURADORES  OCUPANTES DE CARGO EFETIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>8016</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8016/pl_57_25_-_rua_severino_rozeno.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA RUA SEVERINO ROZENO DE PONTES, VIA PÚBLICA DA VILA EXPEDICIONÁRIO</t>
+  </si>
+  <si>
+    <t>8019</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8019/plo_58_25.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI MUNICIPAL Nº 1.993/2021, QUE AUTORIZA O EXECUTIVO MUNICIPAL DE MIRACATU A INSTITUIR  NAS  VIAS  E _x000D_
+LOGRADOUROS PÚBLICOS, ÁREAS ESPECIAIS PARA ESTACIONAMENTO POR TEMPO LIMITADO E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>7392</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7392/pr_01_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7392/pr_01_25.pdf</t>
   </si>
   <si>
     <t>ESTABELECE OS SUBSÍDIOS DOS VEREADORES PARA A LEGISLATURA 2029-2032, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7393</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7393/pr_02_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7393/pr_02_25.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 02/2022</t>
   </si>
   <si>
     <t>7440</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7440/pr03_25_.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7440/pr03_25_.pdf</t>
   </si>
   <si>
     <t>LICENÇA SAÚDE À  VEREADORA MARIA JOSE BEZERRA DOS  SANTOS</t>
   </si>
   <si>
     <t>7560</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7560/pr_04_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7560/pr_04_25.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA O RESSARCIMENTO DOS VALORES GASTOS POR VEREADORES QUANDO REALIZAM VIAGENS QUE ATENDAM O INTERESSE PÚBLICO E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7741</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7741/pr_05_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7741/pr_05_25.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO DE REPRESENTAÇÃO PARA PARTICIPAÇÃO NO ENCONTRO NACIONAL DE PARCEIROS PUBLICOS &amp; PRIVADOS</t>
   </si>
   <si>
     <t>7749</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7749/pr_06_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7749/pr_06_25.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO DE REPRESENTAÇÃO PARA PARTICIPAÇÃO EM CONGRESSO</t>
   </si>
   <si>
     <t>7797</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7797/pr_07_proposta_orcamentaria.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7797/pr_07_proposta_orcamentaria.pdf</t>
   </si>
   <si>
     <t>"APROVA A PROPOSTA ORÇAMENTÁRIA DA CÂMARA MUNICIPAL PARA O EXERCÍCIO FINANCEIRO DE 2026 E O PLANO PLURIANUAL DA CÂMARA PARA O QUADRIÊNIO 2026-2029"</t>
   </si>
   <si>
     <t>7404</t>
   </si>
   <si>
     <t>RF</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7404/red_fin_01_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7404/red_fin_01_25.pdf</t>
   </si>
   <si>
     <t>7561</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7561/red_fin_02_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7561/red_fin_02_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO QUADRO DE CARGOS CONSTANTE NO ANEXO IV DA LEI COMPLEMENTAR Nº 074 DE 26 DE DEZEMBRO DE 2022</t>
   </si>
   <si>
     <t>7562</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7562/red_fin_03_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7562/red_fin_03_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO QUADRO DE CARGOS CONSTANTE NOS ANEXOS III e IV DA LEI COMPLEMENTAR Nº 074 DE 26 DE DEZEMBRO DE 2022.</t>
   </si>
   <si>
     <t>7929</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7929/rf_04_2025.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7929/rf_04_2025.pdf</t>
   </si>
   <si>
     <t>7246</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7246/req_01_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7246/req_01_25.pdf</t>
   </si>
   <si>
     <t>SERVIÇOS DOS CORREIOS NO BAIRRO VILA AURORA</t>
   </si>
   <si>
     <t>7247</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7247/req_02_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7247/req_02_25.pdf</t>
   </si>
   <si>
     <t>GERADOR DE ENERGIA PARA ESTAÇÃO DE TRATAMENTO DE ÁGUA (ETA) DO BAIRRO DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>7248</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7248/req_03_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7248/req_03_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE SEÇÃO ELEITORAL NA ESCOLA DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>7249</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7249/req_04_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7249/req_04_25.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE O COMBATE DA DENGUE</t>
   </si>
   <si>
     <t>7250</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7250/req_05_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7250/req_05_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA NA REDE ELÉTRICA DO SERTÃOZINHO I E II, BAIRRO FAU</t>
   </si>
   <si>
     <t>7251</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7251/req_06_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7251/req_06_25.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE TRANSFORMADOR NA RUA PEDRO SANCHES, BAIRRO SERRINHA</t>
   </si>
   <si>
     <t>7326</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7326/req_07_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7326/req_07_25.pdf</t>
   </si>
   <si>
     <t>FUNCIONAMENTO DA FARMÁCIA MUNICIPAL EM FINAIS DE SEMANA E FERIADOS</t>
   </si>
   <si>
     <t>7327</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7327/req_08_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7327/req_08_25.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE CASAS POPULARES -MUNICÍPIO DE MIRACATU</t>
   </si>
   <si>
     <t>7328</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7328/req_09_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7328/req_09_25.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE POSTE DETERIORADO ESTRADA VELHA DE IGUAPE- VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7329</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7329/req_10_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7329/req_10_25.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA ABAIXO ASSINADO DOS MORADORES DA RUA DAS FLORES- BAIRRO JARDIM FRANCISCA</t>
   </si>
   <si>
     <t>7387</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7387/req_11_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7387/req_11_25.pdf</t>
   </si>
   <si>
     <t>PODA DE ÁRVORES NA AV. SANTA CECÍLIA E RUA SÃO JOSÉ-BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>7415</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7415/req_12_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7415/req_12_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA VISTORIA NA RUA DAS PALMEIRAS BAIRRO VILA NOVA-REFERENTE A ESGOTO</t>
   </si>
   <si>
     <t>7490</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7490/req_13_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7490/req_13_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA AUTORIZAÇÃO E REGULARIZAÇÃO DE ACESSO AO BAIRRO VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7508</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7508/req_14_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7508/req_14_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA VISTORIA NA RUA KAYEI NAKAMURA DE ESGOTO CORRENDO A CÉU ABERTO</t>
   </si>
   <si>
     <t>7509</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7509/req_15_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7509/req_15_25.pdf</t>
   </si>
   <si>
     <t>SERVIÇOS DOS CORREIROS NA VIELA 1, BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>7510</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7510/req_16_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7510/req_16_25.pdf</t>
   </si>
   <si>
     <t>SERVIÇOS DOS CORREIOS</t>
   </si>
   <si>
     <t>7511</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7511/req_17_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7511/req_17_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE GUARDA MUNICIPAL</t>
   </si>
   <si>
     <t>7514</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7514/req_18_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7514/req_18_25.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES REFERENTE AO TRANSPORTE DE ALUNOS DO BIRRO PANELAS E BARRA FUNDA</t>
   </si>
   <si>
     <t>7515</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7515/req_19_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7515/req_19_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE GUARD RAILS NA SERRA DO MORAES</t>
   </si>
   <si>
     <t>7538</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7538/req_20_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7538/req_20_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DE POSTE LOCALIZADO NA RUA LINO MARINO PETTENÁ-JARDIM MIRACATU</t>
   </si>
   <si>
     <t>7539</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7539/req_21_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7539/req_21_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DE POSTE LOCALIZADO NA RUA DEPUTADO ANTONIO CUNHA DE BUENO</t>
   </si>
   <si>
     <t>7542</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7542/req_22_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7542/req_22_25.pdf</t>
   </si>
   <si>
     <t>ESTUDOS PARA IMPLANTAÇÃO DE CICLOVIA</t>
   </si>
   <si>
     <t>7613</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7613/req_23_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7613/req_23_25.pdf</t>
   </si>
   <si>
     <t>RETIRADA DO PROJETO DE LEI Nº 13/2025</t>
   </si>
   <si>
     <t>7648</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7648/req_24_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7648/req_24_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE OBRA DE PAVIMENTAÇÃO ASFÁLTICA NA SERRA NO CAFEZAL</t>
   </si>
   <si>
     <t>7649</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7649/req_25_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7649/req_25_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDE DE ÁGUA E ESGOTO NO BAIRRO MUTUCA</t>
   </si>
   <si>
     <t>7660</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7660/req__26_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7660/req__26_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA GESTÃO JUNTO AO FUNDO SOCIAL DO ESTADO DE SÃO PAULO</t>
   </si>
   <si>
     <t>7687</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7687/req_27_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7687/req_27_25.pdf</t>
   </si>
   <si>
     <t>RETIRADA DO PROJETO DE LEI Nº 14/2025</t>
   </si>
   <si>
     <t>7688</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7688/req_28_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7688/req_28_25.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA REDE DE ESGOTO NA RUA PROJETA - RETA PRINCIPAL DA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>7702</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7702/req_29_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7702/req_29_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LUMINÁRIAS NO RETORNO DEBAIXO DO VIADUTO NO KM 366</t>
   </si>
   <si>
     <t>7703</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7703/req_30_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7703/req_30_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE CONTRATAÇÃO DE RECEPCIONISTA PARA A UBS DE SANTA RITA</t>
   </si>
   <si>
     <t>7704</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7704/req_31_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7704/req_31_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A EXTENSÃO DE PAVIMENTAÇÃO ASFÁLTICA NA RODOVIA BR 116- BAIRRO BIGUÁ</t>
   </si>
   <si>
     <t>7705</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7705/req_32_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7705/req_32_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REABERTURA DO RETORNO NO KM 344 MUNICÍPIO DE MIRACATU</t>
   </si>
   <si>
     <t>7706</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7706/req_33_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7706/req_33_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERA DE EVENTUAIS PROJETOS DE CANALIZAÇÃO DE CÓRREGO E LIMPEZA</t>
   </si>
   <si>
     <t>7752</t>
   </si>
   <si>
     <t>Edmilson do Esporte, Valdir</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7752/req_34_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7752/req_34_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES REFERENTE A ISENÇÃO DE PEDÁGIO DA RODOVIA PADRE MANOEL DA NÓBREGA</t>
   </si>
   <si>
     <t>7753</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7753/req_35_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7753/req_35_25.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INFORMAÇÕES SOBRE CASAS POPULARES NO MUNICÍPIO DE MIRACATU/SP</t>
   </si>
   <si>
     <t>7754</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7754/req_36_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7754/req_36_25.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM APLICATIVODE MENSAGENS NA RECEPÇÃO DO PRONTO SOCORRO DE MIRACATU</t>
   </si>
   <si>
     <t>7861</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7861/req_37_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7861/req_37_25.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A OBRA DA PRAÇA JULIA ATHAÍDE</t>
   </si>
   <si>
     <t>7867</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7867/req_38_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7867/req_38_25.pdf</t>
   </si>
   <si>
     <t>SERVIÇOS DOS CORRREIOS NA VILA SÃO PEDRO</t>
   </si>
   <si>
     <t>7898</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7898/req_39_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7898/req_39_25.pdf</t>
   </si>
   <si>
     <t>ESTUDOS PARA IMPLANTAÇÃO DA CICLOVIA</t>
   </si>
   <si>
     <t>7899</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7899/req_40_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7899/req_40_25.pdf</t>
   </si>
   <si>
     <t>Solicitando a disponibilidade da carreta de   Mamografia- Programa Mulheres de Peito  para atender as mulheres de Miracatu/SP.</t>
   </si>
   <si>
     <t>7900</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7900/req_41_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7900/req_41_25.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDE ÁGUA E ESGOTO NAS RUAS DOS BAIRROS: VILA MATSUDA E BALANÇA</t>
   </si>
   <si>
     <t>7901</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7901/req_42_25.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7901/req_42_25.pdf</t>
   </si>
   <si>
     <t>SOLICITA ABERTURA DE UMA AGÊNCIA DA CAIXA ECONÔMICA FEDERAL MUNICIPIO DE MIRACATU/SP</t>
+  </si>
+  <si>
+    <t>7948</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7948/req_43_25.pdf</t>
+  </si>
+  <si>
+    <t>EXTENSÃO DE REDE DE ÁGUA E ESGOTO NO FINAL DA RUA VINÍCIUS DE MORAES-JARDIM YOLANDA</t>
+  </si>
+  <si>
+    <t>7975</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7975/req_44_25.pdf</t>
+  </si>
+  <si>
+    <t>INFORMAÇÕES REFERENTE A ISENÇÃO DE PEDÁGIO</t>
+  </si>
+  <si>
+    <t>7976</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7976/req_45_25.pdf</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DOS CORREIOS NA RUA CATHARINA SCHORWAGA LOUREIRO-BAIRRO VILA FORMOSA</t>
+  </si>
+  <si>
+    <t>7999</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7999/req_46_25.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITAÇÃO DE REPOSIÇÃO DE ASFALTO EM VIAS PÚBLICAS-BAIRRO SANTA RITA</t>
+  </si>
+  <si>
+    <t>8000</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8000/req_47_25.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITAÇÃO INFORMAÇÃO REFERENTE A GARANTIA E REPAROS NO ASFALTO DA RUA TOCANTINS-SANTA RITA</t>
+  </si>
+  <si>
+    <t>8014</t>
+  </si>
+  <si>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8014/req_48_25.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITA INFORMAÇÕES JUNTO AO DEPARTAMENTO DE OBRAS E SERVIÇOS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -8209,67 +9107,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7403/emenda_01_25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7558/emenda02_25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7559/emenda03_25.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7252/ind_01_25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7253/ind_02_25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7254/ind_03_25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7255/ind_04_25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7256/ind_05_25.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7257/ind_06_25.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7258/ind_07_25.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7259/ind_08_25.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7260/ind_09_25.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7261/ind_10_25.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7262/ind_11_25.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7263/ind_12_25.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7264/ind_13_25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7265/ind_14_25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7266/ind_15_25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7267/ind_16_25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7268/ind_17_25.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7270/ind_18_25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7271/ind_19_25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7272/ind_20_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7273/ind_21_25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7274/ind_22_25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7275/ind_23_25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7276/ind_24_25.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7277/ind_25_25.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7278/ind_26_25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7279/ind_27_25.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7280/ind_28_25.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7281/ind_29_25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7282/ind_30_25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7283/ind_31_25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7284/ind_32_25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7285/ind_33_25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7286/ind_34_25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7287/ind_35_25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7288/ind_36_25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7289/ind_37_25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7290/ind_38_25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7291/ind_39_25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7292/ind_40_25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7293/ind_41_25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7294/ind_42_25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7295/ind_43_25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7296/ind_44_25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7297/ind_45_25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7298/ind_46_25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7299/ind_47_25.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7300/ind_48_25.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7301/ind_49_25.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7302/ind_50_25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7304/ind_51_25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7305/ind_52_25.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7306/ind_53_25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7307/ind_54_25.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7308/ind_55_25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7309/ind_56_25.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7310/ind_57_25.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7311/ind_58_25.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7312/ind_59_25.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7313/ind_60_25.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7314/ind_61_25.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7315/ind_62_25.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7316/ind_63_25.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7317/ind_64_25.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7318/ind_65_25.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7319/ind_66_25.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7320/ind_67_25.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7321/ind_68_25.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7322/ind_69_25.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7325/ind_70_25.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7330/ind_71_25.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7331/ind_72_25.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7332/ind_73_25.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7333/ind_74_25.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7334/ind_75_25.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7335/ind_76_25.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7336/ind_77_25.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7337/ind_78_25.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7338/ind_79_25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7339/ind_80_25.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7340/ind_81_25.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7341/ind_82_25.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7342/ind_83_25.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7343/ind_84_25.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7344/ind_85_25.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7345/ind_86_25.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7346/ind_87_25.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7347/ind_88_25.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7348/ind_89_25.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7349/ind_90_25.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7350/ind_91_25.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7351/ind_92_25.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7352/ind_93_25.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7353/ind_94_25.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7354/ind_95_25.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7355/ind_96_25.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7356/ind_97_25.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7357/ind_98_25.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7358/ind_99_25.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7359/ind_100_25.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7360/ind_101_25.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7361/ind_102_25.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7362/ind_103_25.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7363/ind_104_25.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7364/ind_105_25.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7365/ind_106_25.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7366/ind_107_25.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7367/ind_108_25.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7368/ind_109_25.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7369/ind_110_25.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7370/ind_111_25.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7371/ind_112_25.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7372/ind_113_25.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7373/ind_114_25.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7374/ind_115_25.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7375/ind_116_25.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7376/ind_117_25.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7377/ind_118_25.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7378/ind_119_25.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7379/ind_120_25.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7380/ind_121_25.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7381/ind_122_25.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7382/ind_123_25.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7383/ind_124_25.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7384/ind_125_25.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7385/ind_126_25.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7386/ind_127_25.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7405/ind_128_25.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7406/ind_129_25.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7407/ind_130_25.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7408/ind_131_25.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7409/ind_132_25.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7410/ind_133_25.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7411/ind_134_25.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7412/ind_135_25.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7413/ind_136_25.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7414/ind_137_25.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7418/ind_138_25.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7419/ind_139_25.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7422/ind_140_25.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7423/ind_141_25.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7424/ind_142_25.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7425/ind_143_25.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7426/ind_144_25.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7427/ind_145_25.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7428/ind_146_25.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7429/ind_147_25.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7430/ind_148_25.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7431/ind_149_25.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7432/ind_150_25.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7433/ind_151_25.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7434/ind_152_25.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7435/ind_153_25.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7436/ind_154_25.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7437/ind_155_25.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7438/ind_156_25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7444/ind_157_25.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7445/ind_158_25.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7446/ind_159_25.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7447/ind_160_25.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7448/ind_161_25.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7449/ind_162_25.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7450/ind_163_25.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7451/ind_164_25.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7452/ind_165_25.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7453/ind_166_25.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7454/ind_167_25.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7459/ind16825.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7460/ind16925.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7461/ind17025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7462/ind17125.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7463/ind1722025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7464/ind1732025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7465/ind1742025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7466/ind1752025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7467/ind1762025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7468/ind1772025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7469/ind1782025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7470/ind1792025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7471/ind1802025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7480/ind_181_25.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7481/ind_182_25.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7482/ind_183_25.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7483/ind_184_25.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7484/ind_185_25.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7485/ind_186_25.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7486/ind_187_25.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7487/ind_188_25.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7488/ind_189_25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7489/ind_190_25.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7491/ind_191_25.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7492/ind_192_25.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7493/ind_193_25.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7504/ind_194_25.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7505/ind_195_25.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7506/ind_196_25.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7507/ind_197_25.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7516/ind_198_25.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7517/ind_199_25.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7518/ind_200_25.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7519/ind_201_25.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7520/ind_202_25.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7521/ind_203_25.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7522/ind_204_25.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7523/ind_205_25.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7524/ind_206_25.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7525/ind_207_25.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7526/ind_208_25.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7531/ind_209_25.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7532/ind_210_25.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7533/ind_211_25.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7534/ind_212_25.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7535/ind_213_25.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7536/ind_214_25.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7537/ind_215_25.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7543/ind_216_25.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7544/ind_217_25.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7545/ind_218_25.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7546/ind_219_25.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7547/ind_220_25.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7548/ind_221_25.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7549/ind_222_25.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7550/ind_223_25.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7551/ind_224_25.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7564/ind_225_25.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7565/ind_226_25.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7566/ind_227_25.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7567/ind_228_25.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7568/ind_229_25.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7569/ind_230_25.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7570/ind_231_25.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7571/ind_232_25.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7572/ind_233_25.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7573/ind_234_25.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7574/ind_235_25.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7575/ind_236_25.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7576/ind_237_25.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7577/ind_238_25.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7578/ind_239_25.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7579/ind_240_25.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7580/ind_241_25.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7582/ind_242_25.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7583/ind_243_25.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7584/ind_244_25.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7585/ind_245_25.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7586/ind_246_25.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7587/ind_247_25.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7588/resposta_indicacao_242_a_265_25.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7589/ind_249_25.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7590/ind_250_25.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7591/ind_251.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7592/ind_252_25.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7593/ind_253_25.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7594/ind_254_25.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7595/ind_255_25.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7596/ind_256_25.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7597/ind_257_25.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7598/ind_258_25.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7599/ind_259_25.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7600/ind_260_25.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7601/ind_261_25.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7602/ind_262_25.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7603/ind_263_25.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7610/ind_264_25.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7611/ind_265_25.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7616/ind_266_25.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7617/ind_267_25.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7618/ind_268_25.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7619/ind_269_25.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7620/ind_270_25.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7621/ind_271_25.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7622/ind_272_25.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7623/ind_273_25.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7624/ind_274_25.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7625/ind_275_25.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7626/ind_276_25.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7627/ind_277_25.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7628/ind_278_25.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7629/ind_279_25.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7630/ind_280_25.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7631/ind_281_25.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7632/ind_282_25.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7633/ind_283_25.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7634/ind_284_25.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7635/ind_285_25.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7636/ind_286_25.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7637/ind_287_25.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7638/ind_288_25.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7639/ind_289_25.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7640/ind_290_25.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7641/ind_291_25.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7642/ind_292_25.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7643/ind_293_25.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7644/ind_294_25.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7645/ind_295_25.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7646/ind_296_25.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7647/ind_297_25.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7654/ind_298_25.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7655/ind_299_25.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7656/ind_300_25.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7657/ind_301_25.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7658/ind_302_25.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7659/ind_303_25.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7668/ind_304_25.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7669/ind_305_25.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7670/resposta_ind_304_a_331_25.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7671/ind_307_25.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7672/ind_308_25.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7673/ind_309_25.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7674/ind_310_25.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7675/ind_311_25.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7676/ind_312_25.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7677/ind_313_25.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7678/ind_314_25.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7679/ind_315_25.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7680/ind_316_25.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7681/ind_317_25.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7682/ind_318_25.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7683/ind_319_25.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7684/ind_320_25.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7685/ind__321_25.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7686/ind_322_25.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7689/ind_323_25.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7690/ind_324_25.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7691/ind_325_25.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7692/ind_326_25.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7693/ind_327_25.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7694/ind_328_25.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7695/ind_329_25.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7698/ind_330_25.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7699/ind_331_25.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7708/ind_332_25.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7709/ind_333_25.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7710/ind_334_25.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7711/ind_335_25.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7712/ind_336_25.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7713/ind_337_25.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7714/ind_338_25.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7715/ind_339_25.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7716/ind_340_25.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7717/ind_341_25.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7718/ind_342_25.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7719/ind_343_25.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7720/ind_344_25.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7721/ind_345_25.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7722/ind_346_25.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7723/ind_347_25.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7724/ind_348_25.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7725/ind_349_25.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7726/ind_350_25.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7727/ind_351_25.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7728/ind_352_25.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7729/ind_353_25.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7730/ind_354_25.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7731/ind_355_25.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7732/ind_356_25.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7733/ind_357_25.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7734/ind_358_25.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7735/ind_359_25.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7736/ind_360_25.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7755/ind_361_25.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7756/ind_362_25.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7757/ind_363_25.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7758/ind_364_25.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7759/ind_365_25.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7760/ind_366_25.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7761/ind_367_25.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7762/ind_368_25.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7763/ind_369_25.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7764/ind_370_25.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7765/ind_371_25.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7766/ind_372_25.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7767/ind_373_25.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7768/ind_374_25.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7769/ind_375_25.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7770/ind_376_25.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7771/ind_377_25.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7772/ind_378_25.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7773/ind_379_25.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7774/ind_380_25.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7775/ind_381_25.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7776/ind_382_25.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7777/ind_383_25.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7778/ind_384_25.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7779/ind_385_25.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7780/ind_386_25.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7781/ind_387_25.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7782/ind_388_25.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7783/ind_389_25.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7784/ind_390_25.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7785/ind_391_25.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7786/ind_392_25.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7787/ind_393_25.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7788/ind_394_25.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7789/ind_395_25.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7790/ind_396_25.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7791/ind_397_25.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7792/ind_398_25.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7794/ind_399_25.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7795/ind_400_25.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7800/ind_401_25.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7801/ind_402_25.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7802/ind_403_25.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7803/ind_404_25.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7804/ind_405_25.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7805/ind_406_25.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7806/ind_407_25.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7807/ind_408_25.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7808/ind_409_25.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7809/ind_410_25.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7810/ind_411_25.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7811/ind_412_25.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7812/ind_413_25.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7813/ind_414_25.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7814/ind_415_25.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7815/ind_416_25.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7816/ind_417_25.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7819/ind_418_25.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7820/ind_419_25.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7821/ind_420_25.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7824/ind_421_25.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7825/ind_422_25.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7826/ind_423_25.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7827/ind_424_25.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7828/ind_425_25.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7829/ind_426_25.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7830/ind_427_25.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7831/ind_428_25.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7832/ind_429_25.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7833/ind_430_25.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7834/ind_431_25.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7835/ind_432_25.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7836/ind_433_25.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7837/ind_434_25.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7838/ind_435_25.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7839/ind_436_25.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7840/ind_437_25.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7841/ind_438_25.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7842/ind_439_25.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7843/ind_440_25.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7844/ind_441_25.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7845/ind_442_25.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7846/ind_443_25.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7847/ind_444_25.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7848/ind_445_25.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7849/ind_446_25.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7850/ind_447_25.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7851/ind_448_25.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7852/ind_449_25.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7854/ind_450_25.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7858/ind_451_25.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7859/ind_452_25.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7860/ind_453_25.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7862/ind_454_25.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7863/ind_455_25.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7864/ind_456_25.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7868/ind_457_25.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7869/ind_458_25.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7870/ind_459_25.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7872/ind_460_25.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7873/ind_461_25.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7874/ind_462_25.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7875/ind_463_25.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7876/ind_464_25.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7877/ind_465_25.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7878/ind_466_25.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7879/ind_467_25.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7880/ind_468_25.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7881/ind_469_25.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7886/ind_470_25.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7887/ind_471_25.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7893/ind_472_25.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7894/ind_473_25.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7895/ind_474_25.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7896/ind_475_25.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7897/ind_476_25.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7916/ind_477_25.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7917/ind_478_25.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7918/ind_479_25.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7919/ind_480_25.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7930/ind_481.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7931/ind_482.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7932/ind_483.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7933/ind_484.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7934/ind_485.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7935/ind_486.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7936/ind_487.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7937/ind_488.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7938/ind_489.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7540/moc_01_25.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7541/moc_02_25.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7604/moc_03_25.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7605/moc_04_25.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7606/moc_05_25.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7612/moc_06_25__apelo.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7696/mocao072025_mira_com_cristo.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7697/moc_08_25.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7700/moc_09_25.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7707/moc_10_25.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7793/moc_11_25.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7888/moc_12_25.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7902/moc_13_25.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7903/moc_14.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7920/mocao152025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7235/par_01_25.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7236/par_02_25.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7237/par_03_25.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7238/par_04_25.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7239/par_05_25.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7240/par_06_25.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7242/par_07_25.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7243/par_08_25.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7244/par_09_25.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7245/par_10_25.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7395/parecer11_25.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7396/parecer12_25.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7397/parecer13_25.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7398/parecer14_25.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7399/parecer15_25.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7400/parecer16_25.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7401/parecer17_25.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7402/parecer18_25.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7416/parecer19_25.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7417/parecer20_25.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7494/parecer23_25.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7495/parecer24_25.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7496/parecer25_25.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7497/parecer26_25.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7498/parecer2725.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7499/parecer28_25.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7500/parecer29_25.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7501/parecer30_25.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7502/parecer31_25.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7503/parecer_32_25.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7529/parecer33_25.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7530/parecer34_25.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7552/parecer35_25.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7553/parecer36_25.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7554/parecer37_25.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7555/parecer3825.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7557/parecer4025.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7607/parecer41_25.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7608/parecer42_25.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7609/parecer43_25.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7662/parecer44_25.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7665/parecer45_25.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7666/parecer46_25.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7667/parecer47_25.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7742/parecer48_25.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7743/parecer49_25.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7744/parecer50_25.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7745/parecer51_25.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7746/parecer52_25.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7747/parecer53_25.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7817/parecer54_25.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7818/parecer55_25.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7822/parecer56_25.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7853/parecer57_25.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7855/parecer58_25.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7856/parecer59_25.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7857/parecer60_25.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7882/parecer61_25.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7883/parecer62_25.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7390/pdl_01_25.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7740/pdl_02_25.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7866/pdl_03_25.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7885/pdl_04_25.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7889/pdl_05_25.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7905/pdl_06_25.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7906/pdl_07_25.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7908/pdl_08_25.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7909/pdl_09_25.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7910/pdl_10_25.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7924/pdl_12_25.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7224/plc_01_25.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7225/plc_02_25.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7226/plc_03_25.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7227/plc_04_25.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7228/plc_05_25.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7389/plc_06_2025.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7473/plc_07_25.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7474/plc_08_25.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7512/plc_09_25.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7563/plc_10_25.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7650/plc11_25_-_cria_departamento_estradas.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7737/plc_13_25.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7750/plc_13__25.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7890/plc_14-_cria_cargo_de_biologo_e_operador.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7229/plo_01_25.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7230/plo_02_25.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7231/plo_03_25.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7232/plo_04_25.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7233/plo_05_25.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7303/plo_07_25.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7323/plo_08_25.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7324/plo_09_25.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7388/projeto_de_lei_n_10_2025_altera_a_lei_1_972_2021.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7391/pl_11_25.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7394/pl_12_25.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7420/pl_13_25.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7421/pl_14_25.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7439/pl_15_25.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7441/pl_16_25.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7442/pl_17_25.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7443/pl_18_25.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7457/plo_19_25.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7458/plo_20_25.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7472/plo_21_25.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7475/plo222025.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7476/plo232025.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7477/plo242025.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7478/plo_25_25.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7479/plo_26_25.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7513/plo_27_25.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7527/saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7528/pl_29_25.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7581/pl_30_25_altera_lei.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7651/pl31_-_altera_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7652/pl__-_alteracao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7653/pl_33_25.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7661/pl_34_25.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7701/plo_35_2025.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7738/pl_36_25_-_altera_lei_1334.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7739/pl_37_25_-_altera_lei_1389.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7748/pl_38_25_-_premio_ideb.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7751/pl39_25_-_areninha_tiemi_tanaka.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7796/projeto_de_lei_40_25_altera_a_lei_2150.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7798/pl_41_25.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7799/pl_42.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7823/pl_43_25_-_fms.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7865/pl_44_25_-_consaude.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7871/pl_45_25.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7891/pl_46_25_-_requisitos_biologo.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7892/pl_47_25_-_loteria.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7904/pl_48_25.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7912/plano_pluranual_26_-29.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7913/projeto_de_lei_382025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7914/projeto_de_lei_392025_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7939/projeto_de_lei_52_2025.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7392/pr_01_25.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7393/pr_02_25.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7440/pr03_25_.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7560/pr_04_25.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7741/pr_05_25.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7749/pr_06_25.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7797/pr_07_proposta_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7404/red_fin_01_25.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7561/red_fin_02_25.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7562/red_fin_03_25.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7929/rf_04_2025.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7246/req_01_25.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7247/req_02_25.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7248/req_03_25.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7249/req_04_25.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7250/req_05_25.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7251/req_06_25.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7326/req_07_25.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7327/req_08_25.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7328/req_09_25.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7329/req_10_25.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7387/req_11_25.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7415/req_12_25.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7490/req_13_25.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7508/req_14_25.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7509/req_15_25.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7510/req_16_25.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7511/req_17_25.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7514/req_18_25.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7515/req_19_25.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7538/req_20_25.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7539/req_21_25.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7542/req_22_25.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7613/req_23_25.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7648/req_24_25.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7649/req_25_25.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7660/req__26_25.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7687/req_27_25.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7688/req_28_25.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7702/req_29_25.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7703/req_30_25.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7704/req_31_25.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7705/req_32_25.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7706/req_33_25.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7752/req_34_25.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7753/req_35_25.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7754/req_36_25.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7861/req_37_25.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7867/req_38_25.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7898/req_39_25.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7899/req_40_25.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7900/req_41_25.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7901/req_42_25.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8003/proposta_de_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7403/emenda_01_25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7558/emenda02_25.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7559/emenda03_25.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7252/ind_01_25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7253/ind_02_25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7254/ind_03_25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7255/ind_04_25.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7256/ind_05_25.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7257/ind_06_25.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7258/ind_07_25.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7259/ind_08_25.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7260/ind_09_25.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7261/ind_10_25.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7262/ind_11_25.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7263/ind_12_25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7264/ind_13_25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7265/ind_14_25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7266/ind_15_25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7267/ind_16_25.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7268/ind_17_25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7270/ind_18_25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7271/ind_19_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7272/ind_20_25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7273/ind_21_25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7274/ind_22_25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7275/ind_23_25.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7276/ind_24_25.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7277/ind_25_25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7278/ind_26_25.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7279/ind_27_25.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7280/ind_28_25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7281/ind_29_25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7282/ind_30_25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7283/ind_31_25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7284/ind_32_25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7285/ind_33_25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7286/ind_34_25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7287/ind_35_25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7288/ind_36_25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7289/ind_37_25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7290/ind_38_25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7291/ind_39_25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7292/ind_40_25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7293/ind_41_25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7294/ind_42_25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7295/ind_43_25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7296/ind_44_25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7297/ind_45_25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7298/ind_46_25.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7299/ind_47_25.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7300/ind_48_25.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7301/ind_49_25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7302/ind_50_25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7304/ind_51_25.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7305/ind_52_25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7306/ind_53_25.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7307/ind_54_25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7308/ind_55_25.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7309/ind_56_25.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7310/ind_57_25.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7311/ind_58_25.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7312/ind_59_25.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7313/ind_60_25.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7314/ind_61_25.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7315/ind_62_25.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7316/ind_63_25.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7317/ind_64_25.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7318/ind_65_25.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7319/ind_66_25.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7320/ind_67_25.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7321/ind_68_25.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7322/ind_69_25.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7325/ind_70_25.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7330/ind_71_25.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7331/ind_72_25.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7332/ind_73_25.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7333/ind_74_25.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7334/ind_75_25.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7335/ind_76_25.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7336/ind_77_25.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7337/ind_78_25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7338/ind_79_25.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7339/ind_80_25.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7340/ind_81_25.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7341/ind_82_25.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7342/ind_83_25.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7343/ind_84_25.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7344/ind_85_25.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7345/ind_86_25.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7346/ind_87_25.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7347/ind_88_25.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7348/ind_89_25.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7349/ind_90_25.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7350/ind_91_25.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7351/ind_92_25.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7352/ind_93_25.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7353/ind_94_25.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7354/ind_95_25.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7355/ind_96_25.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7356/ind_97_25.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7357/ind_98_25.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7358/ind_99_25.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7359/ind_100_25.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7360/ind_101_25.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7361/ind_102_25.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7362/ind_103_25.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7363/ind_104_25.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7364/ind_105_25.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7365/ind_106_25.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7366/ind_107_25.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7367/ind_108_25.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7368/ind_109_25.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7369/ind_110_25.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7370/ind_111_25.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7371/ind_112_25.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7372/ind_113_25.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7373/ind_114_25.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7374/ind_115_25.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7375/ind_116_25.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7376/ind_117_25.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7377/ind_118_25.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7378/ind_119_25.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7379/ind_120_25.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7380/ind_121_25.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7381/ind_122_25.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7382/ind_123_25.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7383/ind_124_25.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7384/ind_125_25.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7385/ind_126_25.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7386/ind_127_25.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7405/ind_128_25.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7406/ind_129_25.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7407/ind_130_25.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7408/ind_131_25.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7409/ind_132_25.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7410/ind_133_25.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7411/ind_134_25.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7412/ind_135_25.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7413/ind_136_25.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7414/ind_137_25.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7418/ind_138_25.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7419/ind_139_25.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7422/ind_140_25.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7423/ind_141_25.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7424/ind_142_25.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7425/ind_143_25.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7426/ind_144_25.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7427/ind_145_25.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7428/ind_146_25.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7429/ind_147_25.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7430/ind_148_25.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7431/ind_149_25.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7432/ind_150_25.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7433/ind_151_25.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7434/ind_152_25.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7435/ind_153_25.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7436/ind_154_25.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7437/ind_155_25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7438/ind_156_25.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7444/ind_157_25.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7445/ind_158_25.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7446/ind_159_25.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7447/ind_160_25.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7448/ind_161_25.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7449/ind_162_25.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7450/ind_163_25.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7451/ind_164_25.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7452/ind_165_25.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7453/ind_166_25.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7454/ind_167_25.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7459/ind16825.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7460/ind16925.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7461/ind17025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7462/ind17125.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7463/ind1722025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7464/ind1732025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7465/ind1742025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7466/ind1752025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7467/ind1762025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7468/ind1772025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7469/ind1782025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7470/ind1792025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7471/ind1802025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7480/ind_181_25.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7481/ind_182_25.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7482/ind_183_25.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7483/ind_184_25.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7484/ind_185_25.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7485/ind_186_25.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7486/ind_187_25.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7487/ind_188_25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7488/ind_189_25.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7489/ind_190_25.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7491/ind_191_25.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7492/ind_192_25.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7493/ind_193_25.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7504/ind_194_25.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7505/ind_195_25.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7506/ind_196_25.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7507/ind_197_25.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7516/ind_198_25.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7517/ind_199_25.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7518/ind_200_25.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7519/ind_201_25.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7520/ind_202_25.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7521/ind_203_25.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7522/ind_204_25.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7523/ind_205_25.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7524/ind_206_25.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7525/ind_207_25.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7526/ind_208_25.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7531/ind_209_25.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7532/ind_210_25.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7533/ind_211_25.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7534/ind_212_25.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7535/ind_213_25.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7536/ind_214_25.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7537/ind_215_25.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7543/ind_216_25.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7544/ind_217_25.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7545/ind_218_25.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7546/ind_219_25.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7547/ind_220_25.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7548/ind_221_25.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7549/ind_222_25.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7550/ind_223_25.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7551/ind_224_25.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7564/ind_225_25.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7565/ind_226_25.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7566/ind_227_25.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7567/ind_228_25.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7568/ind_229_25.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7569/ind_230_25.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7570/ind_231_25.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7571/ind_232_25.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7572/ind_233_25.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7573/ind_234_25.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7574/ind_235_25.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7575/ind_236_25.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7576/ind_237_25.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7577/ind_238_25.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7578/ind_239_25.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7579/ind_240_25.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7580/ind_241_25.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7582/ind_242_25.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7583/ind_243_25.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7584/ind_244_25.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7585/ind_245_25.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7586/ind_246_25.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7587/ind_247_25.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7588/resposta_indicacao_242_a_265_25.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7589/ind_249_25.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7590/ind_250_25.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7591/ind_251.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7592/ind_252_25.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7593/ind_253_25.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7594/ind_254_25.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7595/ind_255_25.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7596/ind_256_25.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7597/ind_257_25.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7598/ind_258_25.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7599/ind_259_25.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7600/ind_260_25.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7601/ind_261_25.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7602/ind_262_25.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7603/ind_263_25.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7610/ind_264_25.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7611/ind_265_25.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7616/ind_266_25.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7617/ind_267_25.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7618/ind_268_25.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7619/ind_269_25.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7620/ind_270_25.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7621/ind_271_25.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7622/ind_272_25.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7623/ind_273_25.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7624/ind_274_25.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7625/ind_275_25.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7626/ind_276_25.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7627/ind_277_25.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7628/ind_278_25.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7629/ind_279_25.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7630/ind_280_25.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7631/ind_281_25.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7632/ind_282_25.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7633/ind_283_25.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7634/ind_284_25.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7635/ind_285_25.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7636/ind_286_25.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7637/ind_287_25.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7638/ind_288_25.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7639/ind_289_25.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7640/ind_290_25.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7641/ind_291_25.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7642/ind_292_25.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7643/ind_293_25.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7644/ind_294_25.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7645/ind_295_25.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7646/ind_296_25.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7647/ind_297_25.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7654/ind_298_25.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7655/ind_299_25.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7656/ind_300_25.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7657/ind_301_25.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7658/ind_302_25.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7659/ind_303_25.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7668/ind_304_25.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7669/ind_305_25.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7670/resposta_ind_304_a_331_25.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7671/ind_307_25.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7672/ind_308_25.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7673/ind_309_25.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7674/ind_310_25.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7675/ind_311_25.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7676/ind_312_25.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7677/ind_313_25.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7678/ind_314_25.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7679/ind_315_25.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7680/ind_316_25.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7681/ind_317_25.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7682/ind_318_25.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7683/ind_319_25.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7684/ind_320_25.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7685/ind__321_25.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7686/ind_322_25.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7689/ind_323_25.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7690/ind_324_25.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7691/ind_325_25.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7692/ind_326_25.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7693/ind_327_25.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7694/ind_328_25.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7695/ind_329_25.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7698/ind_330_25.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7699/ind_331_25.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7708/ind_332_25.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7709/ind_333_25.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7710/ind_334_25.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7711/ind_335_25.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7712/ind_336_25.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7713/ind_337_25.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7714/ind_338_25.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7715/ind_339_25.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7716/ind_340_25.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7717/ind_341_25.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7718/ind_342_25.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7719/ind_343_25.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7720/ind_344_25.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7721/ind_345_25.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7722/ind_346_25.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7723/ind_347_25.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7724/ind_348_25.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7725/ind_349_25.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7726/ind_350_25.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7727/ind_351_25.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7728/ind_352_25.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7729/ind_353_25.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7730/ind_354_25.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7731/ind_355_25.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7732/ind_356_25.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7733/ind_357_25.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7734/ind_358_25.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7735/ind_359_25.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7736/ind_360_25.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7755/ind_361_25.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7756/ind_362_25.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7757/ind_363_25.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7758/ind_364_25.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7759/ind_365_25.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7760/ind_366_25.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7761/ind_367_25.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7762/ind_368_25.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7763/ind_369_25.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7764/ind_370_25.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7765/ind_371_25.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7766/ind_372_25.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7767/ind_373_25.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7768/ind_374_25.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7769/ind_375_25.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7770/ind_376_25.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7771/ind_377_25.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7772/ind_378_25.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7773/ind_379_25.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7774/ind_380_25.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7775/ind_381_25.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7776/ind_382_25.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7777/ind_383_25.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7778/ind_384_25.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7779/ind_385_25.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7780/ind_386_25.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7781/ind_387_25.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7782/ind_388_25.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7783/ind_389_25.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7784/ind_390_25.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7785/ind_391_25.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7786/ind_392_25.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7787/ind_393_25.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7788/ind_394_25.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7789/ind_395_25.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7790/ind_396_25.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7791/ind_397_25.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7792/ind_398_25.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7794/ind_399_25.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7795/ind_400_25.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7800/ind_401_25.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7801/ind_402_25.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7802/ind_403_25.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7803/ind_404_25.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7804/ind_405_25.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7805/ind_406_25.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7806/ind_407_25.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7807/ind_408_25.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7808/ind_409_25.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7809/ind_410_25.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7810/ind_411_25.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7811/ind_412_25.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7812/ind_413_25.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7813/ind_414_25.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7814/ind_415_25.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7815/ind_416_25.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7816/ind_417_25.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7819/ind_418_25.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7820/ind_419_25.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7821/ind_420_25.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7824/ind_421_25.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7825/ind_422_25.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7826/ind_423_25.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7827/ind_424_25.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7828/ind_425_25.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7829/ind_426_25.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7830/ind_427_25.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7831/ind_428_25.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7832/ind_429_25.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7833/ind_430_25.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7834/ind_431_25.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7835/ind_432_25.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7836/ind_433_25.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7837/ind_434_25.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7838/ind_435_25.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7839/ind_436_25.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7840/ind_437_25.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7841/ind_438_25.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7842/ind_439_25.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7843/ind_440_25.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7844/ind_441_25.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7845/ind_442_25.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7846/ind_443_25.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7847/ind_444_25.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7848/ind_445_25.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7849/ind_446_25.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7850/ind_447_25.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7851/ind_448_25.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7852/ind_449_25.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7854/ind_450_25.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7858/ind_451_25.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7859/ind_452_25.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7860/ind_453_25.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7862/ind_454_25.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7863/ind_455_25.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7864/ind_456_25.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7868/ind_457_25.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7869/ind_458_25.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7870/ind_459_25.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7872/ind_460_25.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7873/ind_461_25.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7874/ind_462_25.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7875/ind_463_25.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7876/ind_464_25.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7877/ind_465_25.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7878/ind_466_25.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7879/ind_467_25.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7880/ind_468_25.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7881/ind_469_25.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7886/ind_470_25.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7887/ind_471_25.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7893/ind_472_25.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7894/ind_473_25.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7895/ind_474_25.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7896/ind_475_25.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7897/ind_476_25.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7916/ind_477_25.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7917/ind_478_25.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7918/ind_479_25.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7919/ind_480_25.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7930/ind_481_25.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7931/ind_482_25.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7932/ind_483_25.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7933/ind_484_25.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7934/ind_485_25.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7935/ind_486_25.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7936/ind_487_25.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7937/ind_488_25.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7938/ind_489_25.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7940/ind_490_25.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7941/ind_491_25.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7942/ind_492_25.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7943/ind_493_25.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7944/ind_494_25.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7945/ind_495_25.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7946/ind_496_25.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7947/ind_497_25.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7961/ind_498_25.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7962/ind_499_25.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7964/ind_500_25.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7965/ind_501_25.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7966/ind_502_25.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7967/ind_503_25.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7968/ind_504_25.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7969/ind_505_25.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7970/ind_506_25.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7971/ind_507_25.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7972/ind_508_25.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7973/ind_509_25.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7974/ind_510_25.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7977/ind_511_25.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7978/ind_512_25.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7979/ind_513_25.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7980/ind_514_25.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7981/ind_515_25.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7982/ind_516_25.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7983/ind_517_25.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7984/ind_518_25.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7985/ind_519_25.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7986/ind_520_25.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7987/ind_521_25.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7988/ind_522_25.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7989/ind_523_25.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7990/ind_524_25.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7991/ind_525_25.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7992/ind_526_25.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7993/ind_527_25.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7996/ind_528_25.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7997/ind_529_25.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7998/ind_530_25.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8007/ind_531_25.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8008/ind_532_25.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8009/ind_533_25.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8010/ind_534_25.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8012/ind_535_25.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8013/ind_536_25.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8020/ind_537_25.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8022/ind_538_25.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8023/ind_539_25.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7540/moc_01_25.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7541/moc_02_25.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7604/moc_03_25.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7605/moc_04_25.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7606/moc_05_25.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7612/moc_06_25__apelo.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7696/mocao072025_mira_com_cristo.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7697/moc_08_25.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7700/moc_09_25.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7707/moc_10_25.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7793/moc_11_25.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7888/moc_12_25.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7902/moc_13_25.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7903/mocao142025.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7920/mocao152025.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8011/mocao162025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7235/par_01_25.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7236/par_02_25.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7237/par_03_25.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7238/par_04_25.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7239/par_05_25.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7240/par_06_25.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7242/par_07_25.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7243/par_08_25.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7244/par_09_25.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7245/par_10_25.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7395/parecer11_25.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7396/parecer12_25.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7397/parecer13_25.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7398/parecer14_25.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7399/parecer15_25.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7400/parecer16_25.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7401/parecer17_25.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7402/parecer18_25.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7416/parecer19_25.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7417/parecer20_25.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7494/parecer23_25.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7495/parecer24_25.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7496/parecer25_25.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7497/parecer26_25.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7498/parecer2725.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7499/parecer28_25.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7500/parecer29_25.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7501/parecer30_25.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7502/parecer31_25.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7503/parecer_32_25.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7529/parecer33_25.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7530/parecer34_25.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7552/parecer35_25.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7553/parecer36_25.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7554/parecer37_25.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7555/parecer3825.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7557/parecer4025.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7607/parecer41_25.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7608/parecer42_25.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7609/parecer43_25.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7662/parecer44_25.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7665/parecer45_25.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7666/parecer46_25.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7667/parecer47_25.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7742/parecer48_25.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7743/parecer49_25.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7744/parecer50_25.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7745/parecer51_25.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7746/parecer52_25.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7747/parecer53_25.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7817/parecer54_25.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7818/parecer55_25.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7822/parecer56_25.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7853/parecer57_25.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7855/parecer58_25.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7856/parecer59_25.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7857/parecer60_25.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7882/parecer61_25.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7883/parecer62_25.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7949/parecer71_25.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7950/parecer72_25.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7951/parecer73_25.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7952/parecer74_25.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7953/parecer75_25.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7954/parecer76_25.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7955/parecer77_25.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7956/parecer78_25.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7957/parecer79_25.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7958/parecer80_25.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7959/parecer81_25.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7960/parecer82_25.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7963/parecer83_25.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8004/parecer_84_25.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8005/p_a_r_e_c_e_r__85_2025.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8006/parecer_86.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8024/parecer87_25.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8025/parecer88_25.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8026/parecer89_25.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8027/parecer90_25.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8028/parecer91_25.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7390/pdl_01_25.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7740/pdl_02_25.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7866/pdl_03_25.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7885/pdl_04_25.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7889/pdl_05_25.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7905/pdl_06_25.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7906/pdl_07_25.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7908/pdl_08_25.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7909/pdl_09_25.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7910/pdl_10_25.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7911/pdl_11_25.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7924/pdl_12_25.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8017/pdl_13_25.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8018/pdl_14_25.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7224/plc_01_25.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7225/plc_02_25.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7226/plc_03_25.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7227/plc_04_25.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7228/plc_05_25.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7389/plc_06_2025.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7473/plc_07_25.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7474/plc_08_25.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7512/plc_09_25.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7563/plc_10_25.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7650/plc11_25_-_cria_departamento_estradas.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7737/plc_13_25.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7750/plc_13__25.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7890/plc_14-_cria_cargo_de_biologo_e_operador.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8021/pl_15_altera_a_referencia_22_do_anexo_v_da_lei_complementar_municipal_n_74_2022.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7229/plo_01_25.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7230/plo_02_25.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7231/plo_03_25.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7232/plo_04_25.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7233/plo_05_25.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7303/plo_07_25.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7323/plo_08_25.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7324/plo_09_25.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7388/projeto_de_lei_n_10_2025_altera_a_lei_1_972_2021.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7391/pl_11_25.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7394/pl_12_25.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7420/pl_13_25.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7421/pl_14_25.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7439/pl_15_25.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7441/pl_16_25.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7442/pl_17_25.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7443/pl_18_25.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7457/plo_19_25.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7458/plo_20_25.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7472/plo_21_25.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7475/plo222025.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7476/plo232025.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7477/plo242025.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7478/plo_25_25.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7479/plo_26_25.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7513/plo_27_25.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7527/saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7528/pl_29_25.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7581/pl_30_25_altera_lei.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7651/pl31_-_altera_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7652/pl__-_alteracao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7653/pl_33_25.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7661/pl_34_25.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7701/plo_35_2025.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7738/pl_36_25_-_altera_lei_1334.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7739/pl_37_25_-_altera_lei_1389.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7748/pl_38_25_-_premio_ideb.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7751/pl39_25_-_areninha_tiemi_tanaka.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7796/projeto_de_lei_40_25_altera_a_lei_2150.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7798/pl_41_25.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7799/pl_42.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7823/pl_43_25_-_fms.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7865/pl_44_25_-_consaude.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7871/pl_45_25.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7891/pl_46_25_-_requisitos_biologo.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7892/pl_47_25_-_loteria.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7904/pl_48_25.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7912/plano_pluranual_26_-29.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7913/projeto_de_lei_382025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7914/projeto_de_lei_392025_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7939/projeto_de_lei_52_2025.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7994/pl_53_25.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7995/pl_54_25.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8001/pl_refis.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8015/pl_56_25.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8016/pl_57_25_-_rua_severino_rozeno.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8019/plo_58_25.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7392/pr_01_25.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7393/pr_02_25.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7440/pr03_25_.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7560/pr_04_25.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7741/pr_05_25.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7749/pr_06_25.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7797/pr_07_proposta_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7404/red_fin_01_25.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7561/red_fin_02_25.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7562/red_fin_03_25.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7929/rf_04_2025.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7246/req_01_25.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7247/req_02_25.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7248/req_03_25.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7249/req_04_25.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7250/req_05_25.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7251/req_06_25.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7326/req_07_25.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7327/req_08_25.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7328/req_09_25.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7329/req_10_25.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7387/req_11_25.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7415/req_12_25.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7490/req_13_25.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7508/req_14_25.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7509/req_15_25.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7510/req_16_25.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7511/req_17_25.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7514/req_18_25.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7515/req_19_25.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7538/req_20_25.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7539/req_21_25.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7542/req_22_25.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7613/req_23_25.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7648/req_24_25.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7649/req_25_25.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7660/req__26_25.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7687/req_27_25.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7688/req_28_25.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7702/req_29_25.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7703/req_30_25.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7704/req_31_25.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7705/req_32_25.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7706/req_33_25.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7752/req_34_25.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7753/req_35_25.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7754/req_36_25.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7861/req_37_25.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7867/req_38_25.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7898/req_39_25.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7899/req_40_25.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7900/req_41_25.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7901/req_42_25.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7948/req_43_25.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7975/req_44_25.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7976/req_45_25.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/7999/req_46_25.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8000/req_47_25.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2025/8014/req_48_25.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H711"/>
+  <dimension ref="A1:H799"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="222.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="153.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -8315,18415 +9213,20703 @@
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>25</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>24</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="D7" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E9" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F9" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="H9" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>33</v>
+      </c>
+      <c r="D10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
         <v>47</v>
       </c>
-      <c r="B10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="H10" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="D11" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E11" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F11" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="H11" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F12" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="H12" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F13" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F14" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="H14" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F15" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F16" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F17" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H17" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F18" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="H18" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F19" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H19" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D20" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F20" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H20" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F21" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H21" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D22" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E22" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F22" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H22" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D23" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E23" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F23" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H23" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D24" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E24" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F24" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="H24" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D25" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E25" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F25" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H25" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D26" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E26" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F26" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="H26" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D27" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E27" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F27" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H27" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D28" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E28" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F28" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="H28" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D29" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E29" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F29" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H29" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D30" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E30" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F30" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="H30" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D31" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E31" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F31" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="H31" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D32" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E32" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F32" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="H32" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D33" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E33" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F33" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="H33" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D34" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E34" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F34" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="H34" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D35" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E35" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F35" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="H35" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D36" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E36" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F36" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H36" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D37" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E37" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F37" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="H37" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D38" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E38" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F38" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="H38" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D39" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E39" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F39" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="H39" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D40" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E40" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F40" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H40" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D41" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E41" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F41" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="H41" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D42" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E42" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F42" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H42" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D43" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E43" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F43" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H43" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D44" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E44" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F44" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="H44" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D45" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E45" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F45" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="H45" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D46" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E46" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F46" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="H46" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D47" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E47" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F47" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="H47" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D48" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E48" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F48" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H48" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D49" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E49" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F49" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="H49" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D50" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E50" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F50" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H50" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D51" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E51" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F51" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H51" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D52" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E52" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F52" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="H52" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D53" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E53" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F53" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="H53" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D54" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E54" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F54" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="H54" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D55" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E55" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F55" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="H55" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D56" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E56" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F56" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="H56" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D57" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E57" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F57" t="s">
-        <v>237</v>
+        <v>66</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H57" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D58" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E58" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F58" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="H58" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D59" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E59" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F59" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H59" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D60" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E60" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F60" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="H60" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D61" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E61" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F61" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="H61" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="D62" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E62" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F62" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H62" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D63" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E63" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F63" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="H63" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D64" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E64" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F64" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="H64" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D65" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E65" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F65" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="H65" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D66" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E66" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F66" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="H66" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D67" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E67" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F67" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H67" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D68" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E68" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F68" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="H68" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D69" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E69" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F69" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="H69" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D70" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E70" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F70" t="s">
-        <v>37</v>
+        <v>265</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="H70" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D71" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E71" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F71" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="H71" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D72" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E72" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F72" t="s">
-        <v>259</v>
+        <v>43</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="H72" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D73" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E73" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F73" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H73" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D74" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E74" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F74" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H74" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D75" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E75" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F75" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="H75" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D76" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E76" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F76" t="s">
-        <v>41</v>
+        <v>265</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H76" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D77" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E77" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F77" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="H77" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D78" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E78" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F78" t="s">
-        <v>324</v>
+        <v>47</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H78" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D79" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E79" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F79" t="s">
-        <v>259</v>
+        <v>330</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="H79" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D80" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E80" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>265</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="H80" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D81" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E81" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="H81" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D82" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E82" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="H82" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D83" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E83" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="H83" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D84" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E84" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="H84" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D85" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E85" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="H85" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D86" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E86" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="H86" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D87" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E87" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="H87" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D88" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E88" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="H88" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D89" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E89" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="H89" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D90" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E90" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H90" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D91" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E91" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="H91" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D92" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E92" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="H92" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D93" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E93" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="H93" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D94" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E94" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F94" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="H94" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D95" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E95" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F95" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="H95" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D96" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E96" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F96" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="H96" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D97" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E97" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F97" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="H97" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D98" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E98" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F98" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="H98" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D99" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E99" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F99" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="H99" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D100" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E100" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F100" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="H100" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D101" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E101" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F101" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="H101" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="D102" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E102" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F102" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="H102" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D103" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E103" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F103" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="H103" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D104" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E104" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F104" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="H104" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D105" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E105" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F105" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="H105" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D106" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E106" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F106" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="H106" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="D107" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E107" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F107" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="H107" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D108" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E108" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F108" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="H108" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="D109" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E109" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F109" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="H109" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="D110" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E110" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F110" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="H110" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D111" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E111" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F111" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H111" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D112" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E112" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F112" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="H112" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D113" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E113" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F113" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="H113" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D114" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E114" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F114" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="H114" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D115" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E115" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F115" t="s">
-        <v>473</v>
+        <v>43</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H115" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D116" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E116" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F116" t="s">
-        <v>259</v>
+        <v>479</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="H116" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D117" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E117" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F117" t="s">
-        <v>237</v>
+        <v>265</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="H117" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D118" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E118" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F118" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="H118" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D119" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E119" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F119" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="H119" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="D120" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E120" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F120" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="H120" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="D121" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E121" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F121" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="H121" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="D122" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E122" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F122" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="H122" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D123" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E123" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F123" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="H123" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D124" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E124" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F124" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="H124" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="D125" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E125" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F125" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="H125" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D126" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E126" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F126" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="H126" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D127" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E127" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F127" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="H127" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="D128" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E128" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F128" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="H128" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D129" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E129" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F129" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="H129" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D130" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E130" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F130" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="H130" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D131" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E131" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F131" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="H131" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D132" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E132" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F132" t="s">
-        <v>324</v>
+        <v>252</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="H132" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D133" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E133" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F133" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="H133" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D134" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E134" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F134" t="s">
-        <v>60</v>
+        <v>330</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="H134" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D135" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E135" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F135" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="H135" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D136" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E136" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F136" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="H136" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D137" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E137" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F137" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="H137" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D138" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E138" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F138" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="H138" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D139" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E139" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F139" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="H139" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D140" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E140" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F140" t="s">
-        <v>259</v>
+        <v>66</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="H140" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D141" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E141" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F141" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="H141" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D142" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E142" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F142" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="H142" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="D143" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E143" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F143" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="H143" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D144" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E144" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F144" t="s">
-        <v>13</v>
+        <v>265</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="H144" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D145" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E145" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F145" t="s">
         <v>13</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="H145" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="D146" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E146" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F146" t="s">
-        <v>259</v>
+        <v>13</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="H146" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D147" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E147" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F147" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="H147" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D148" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E148" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F148" t="s">
-        <v>606</v>
+        <v>265</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="H148" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D149" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E149" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F149" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="H149" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D150" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E150" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F150" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="H150" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D151" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E151" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F151" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="H151" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D152" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E152" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F152" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="H152" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D153" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E153" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F153" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="H153" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="D154" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E154" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F154" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="H154" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="D155" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E155" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F155" t="s">
-        <v>246</v>
+        <v>612</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="H155" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="D156" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E156" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F156" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="H156" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="D157" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E157" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F157" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="H157" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="D158" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E158" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F158" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="H158" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D159" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E159" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F159" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="H159" t="s">
-        <v>603</v>
+        <v>654</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D160" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E160" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F160" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="H160" t="s">
-        <v>655</v>
+        <v>609</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="D161" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E161" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F161" t="s">
-        <v>237</v>
+        <v>265</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="H161" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="D162" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E162" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F162" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="H162" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D163" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E163" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F163" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="H163" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="D164" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E164" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F164" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="H164" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D165" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E165" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F165" t="s">
-        <v>473</v>
+        <v>265</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="H165" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="D166" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E166" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F166" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="H166" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D167" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E167" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F167" t="s">
-        <v>19</v>
+        <v>479</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="H167" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D168" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E168" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F168" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="H168" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D169" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E169" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F169" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="H169" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="D170" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E170" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F170" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="H170" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="D171" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E171" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F171" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="H171" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D172" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E172" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F172" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="H172" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="D173" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E173" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F173" t="s">
-        <v>473</v>
+        <v>25</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="H173" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="D174" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E174" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F174" t="s">
-        <v>19</v>
+        <v>479</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="H174" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="D175" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E175" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F175" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="H175" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D176" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E176" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F176" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="H176" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="D177" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E177" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F177" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="H177" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="D178" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E178" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F178" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="H178" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="D179" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E179" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F179" t="s">
-        <v>237</v>
+        <v>25</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="H179" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="D180" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E180" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F180" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="H180" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="D181" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E181" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F181" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="H181" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="D182" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E182" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F182" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="H182" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="D183" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E183" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F183" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="H183" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D184" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E184" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F184" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="H184" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D185" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E185" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F185" t="s">
-        <v>37</v>
+        <v>265</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="H185" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D186" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E186" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F186" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="H186" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D187" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E187" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F187" t="s">
-        <v>259</v>
+        <v>43</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="H187" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D188" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E188" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F188" t="s">
-        <v>19</v>
+        <v>265</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="H188" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D189" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E189" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F189" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="H189" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D190" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E190" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F190" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="H190" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="D191" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E191" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F191" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="H191" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D192" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E192" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F192" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="H192" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="D193" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E193" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F193" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="H193" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="D194" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E194" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F194" t="s">
-        <v>324</v>
+        <v>25</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="H194" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="D195" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E195" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F195" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="H195" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="D196" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E196" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F196" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="H196" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="D197" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E197" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F197" t="s">
-        <v>473</v>
+        <v>330</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="H197" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="D198" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E198" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F198" t="s">
-        <v>259</v>
+        <v>479</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="H198" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="D199" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E199" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F199" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="H199" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D200" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E200" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F200" t="s">
-        <v>60</v>
+        <v>265</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="H200" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="D201" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E201" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F201" t="s">
-        <v>473</v>
+        <v>66</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="H201" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="D202" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E202" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F202" t="s">
-        <v>246</v>
+        <v>479</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="H202" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="D203" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E203" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F203" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="H203" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="D204" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E204" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F204" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="H204" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="D205" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E205" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F205" t="s">
-        <v>19</v>
+        <v>265</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="H205" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="D206" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E206" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F206" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="H206" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="D207" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E207" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F207" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="H207" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D208" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E208" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F208" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="H208" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D209" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E209" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F209" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="H209" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="D210" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E210" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F210" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="H210" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="D211" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E211" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F211" t="s">
-        <v>606</v>
+        <v>25</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="H211" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="D212" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E212" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F212" t="s">
-        <v>60</v>
+        <v>612</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="H212" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="D213" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E213" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F213" t="s">
-        <v>246</v>
+        <v>66</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="H213" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="D214" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E214" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F214" t="s">
-        <v>60</v>
+        <v>252</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="H214" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="D215" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E215" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F215" t="s">
-        <v>324</v>
+        <v>66</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="H215" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="D216" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E216" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F216" t="s">
-        <v>259</v>
+        <v>330</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="H216" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="D217" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E217" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F217" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="H217" t="s">
-        <v>603</v>
+        <v>885</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="D218" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E218" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F218" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="H218" t="s">
-        <v>886</v>
+        <v>609</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="D219" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E219" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F219" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="H219" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="D220" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E220" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F220" t="s">
-        <v>37</v>
+        <v>265</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="H220" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="D221" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E221" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F221" t="s">
-        <v>473</v>
+        <v>43</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="H221" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="D222" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E222" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F222" t="s">
-        <v>237</v>
+        <v>479</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="H222" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="D223" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E223" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F223" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="H223" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="D224" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E224" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F224" t="s">
-        <v>473</v>
+        <v>265</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="H224" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="D225" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E225" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F225" t="s">
-        <v>237</v>
+        <v>479</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="H225" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="D226" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E226" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F226" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="H226" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="D227" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E227" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F227" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="H227" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="D228" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E228" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F228" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="H228" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="D229" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E229" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F229" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="H229" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="D230" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E230" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F230" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="H230" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="D231" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E231" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F231" t="s">
-        <v>473</v>
+        <v>243</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="H231" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="D232" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E232" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F232" t="s">
-        <v>324</v>
+        <v>479</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="H232" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="D233" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E233" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F233" t="s">
-        <v>945</v>
+        <v>330</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="H233" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D234" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E234" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F234" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="H234" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="D235" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E235" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F235" t="s">
-        <v>324</v>
+        <v>951</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="H235" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="D236" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E236" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F236" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="H236" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="D237" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E237" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F237" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="H237" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="D238" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E238" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F238" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="H238" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="D239" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E239" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F239" t="s">
-        <v>259</v>
+        <v>330</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="H239" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="D240" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E240" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F240" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="H240" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="D241" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E241" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F241" t="s">
-        <v>41</v>
+        <v>265</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="H241" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="D242" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E242" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F242" t="s">
-        <v>259</v>
+        <v>47</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="H242" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="D243" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E243" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F243" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="H243" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="D244" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E244" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F244" t="s">
-        <v>41</v>
+        <v>265</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="H244" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="D245" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E245" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F245" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="H245" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="D246" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E246" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F246" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="H246" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="D247" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E247" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F247" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="H247" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="D248" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E248" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F248" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="H248" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="D249" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E249" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F249" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="H249" t="s">
-        <v>297</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="D250" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E250" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F250" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="H250" t="s">
-        <v>321</v>
+        <v>303</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="D251" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E251" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F251" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="H251" t="s">
-        <v>1017</v>
+        <v>327</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="D252" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E252" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F252" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="H252" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D253" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E253" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F253" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="H253" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="D254" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E254" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F254" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="H254" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="D255" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E255" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F255" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="H255" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="D256" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E256" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F256" t="s">
-        <v>1036</v>
+        <v>43</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="H256" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D257" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E257" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F257" t="s">
-        <v>259</v>
+        <v>1042</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="H257" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="D258" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E258" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F258" t="s">
-        <v>37</v>
+        <v>265</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="H258" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="D259" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E259" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F259" t="s">
-        <v>259</v>
+        <v>43</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="H259" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="D260" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E260" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F260" t="s">
-        <v>60</v>
+        <v>265</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="H260" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="D261" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E261" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F261" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="H261" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="D262" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E262" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F262" t="s">
-        <v>237</v>
+        <v>66</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="H262" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="D263" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E263" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F263" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="H263" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="D264" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E264" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F264" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="H264" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="D265" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E265" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F265" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="H265" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="D266" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E266" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F266" t="s">
-        <v>60</v>
+        <v>243</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="H266" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="D267" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E267" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F267" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="H267" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="D268" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E268" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F268" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="H268" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="D269" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E269" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F269" t="s">
-        <v>324</v>
+        <v>43</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="H269" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="D270" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E270" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F270" t="s">
-        <v>60</v>
+        <v>330</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="H270" t="s">
-        <v>82</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="D271" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E271" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F271" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="H271" t="s">
-        <v>1097</v>
+        <v>88</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="D272" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E272" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F272" t="s">
-        <v>473</v>
+        <v>66</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="H272" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="D273" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E273" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F273" t="s">
-        <v>259</v>
+        <v>479</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="H273" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="D274" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E274" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F274" t="s">
-        <v>13</v>
+        <v>265</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="H274" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="D275" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E275" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F275" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="H275" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="D276" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E276" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F276" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="H276" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="D277" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E277" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F277" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="H277" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="D278" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E278" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F278" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="H278" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="D279" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E279" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F279" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="H279" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="D280" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E280" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F280" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="H280" t="s">
-        <v>398</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="D281" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E281" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F281" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="H281" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="D282" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E282" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F282" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="H282" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="D283" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E283" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F283" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="H283" t="s">
-        <v>1142</v>
+        <v>412</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="D284" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E284" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F284" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="H284" t="s">
-        <v>414</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="D285" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E285" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F285" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="H285" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="D286" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E286" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F286" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="H286" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="D287" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E287" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F287" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="H287" t="s">
-        <v>1155</v>
+        <v>432</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="D288" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E288" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F288" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="H288" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="D289" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E289" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F289" t="s">
         <v>13</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="H289" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D290" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E290" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F290" t="s">
         <v>13</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="H290" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="D291" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E291" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F291" t="s">
         <v>13</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="H291" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="D292" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E292" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F292" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="H292" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="D293" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E293" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F293" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="H293" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="D294" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E294" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F294" t="s">
-        <v>606</v>
+        <v>13</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="H294" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="D295" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E295" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F295" t="s">
-        <v>13</v>
+        <v>612</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="H295" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="D296" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E296" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F296" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="H296" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="D297" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E297" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F297" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="H297" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="D298" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E298" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F298" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="H298" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="D299" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E299" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F299" t="s">
-        <v>246</v>
+        <v>47</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="H299" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="D300" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E300" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F300" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="H300" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="D301" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E301" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F301" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="H301" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="D302" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E302" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F302" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="H302" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="D303" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E303" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F303" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="H303" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="D304" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E304" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F304" t="s">
-        <v>13</v>
+        <v>252</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="H304" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="D305" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E305" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F305" t="s">
-        <v>324</v>
+        <v>13</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="H305" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="D306" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E306" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F306" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="H306" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="D307" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E307" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F307" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="H307" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="D308" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E308" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F308" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="H308" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="D309" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E309" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F309" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="H309" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="D310" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E310" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F310" t="s">
-        <v>37</v>
+        <v>330</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="H310" t="s">
-        <v>434</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="D311" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E311" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F311" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="H311" t="s">
-        <v>1250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="D312" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E312" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F312" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="H312" t="s">
-        <v>1254</v>
+        <v>444</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="D313" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E313" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F313" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="H313" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="D314" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E314" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F314" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="H314" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="D315" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E315" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F315" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="H315" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="D316" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E316" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F316" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="H316" t="s">
-        <v>458</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="D317" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E317" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F317" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="H317" t="s">
-        <v>1273</v>
+        <v>464</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="D318" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E318" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F318" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H318" t="s">
-        <v>466</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="D319" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E319" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F319" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="H319" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="D320" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E320" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F320" t="s">
-        <v>1282</v>
+        <v>43</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="H320" t="s">
-        <v>1284</v>
+        <v>476</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>1285</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>1286</v>
       </c>
       <c r="D321" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E321" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F321" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="H321" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="D322" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E322" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F322" t="s">
-        <v>13</v>
+        <v>1287</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="H322" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="D323" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E323" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F323" t="s">
-        <v>324</v>
+        <v>13</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="H323" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="D324" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E324" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F324" t="s">
-        <v>37</v>
+        <v>330</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="H324" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="D325" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E325" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F325" t="s">
-        <v>259</v>
+        <v>43</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="H325" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="D326" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E326" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F326" t="s">
-        <v>60</v>
+        <v>265</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="H326" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="D327" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E327" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F327" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="H327" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="D328" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E328" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F328" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="H328" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="D329" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E329" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F329" t="s">
-        <v>237</v>
+        <v>47</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="H329" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="D330" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E330" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F330" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="H330" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="D331" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E331" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F331" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="H331" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="D332" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E332" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F332" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="H332" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="D333" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E333" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F333" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="H333" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="D334" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E334" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F334" t="s">
-        <v>324</v>
+        <v>252</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="H334" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="D335" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E335" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F335" t="s">
-        <v>19</v>
+        <v>330</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="H335" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="D336" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E336" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F336" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="H336" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="D337" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E337" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F337" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="H337" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="D338" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E338" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F338" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="H338" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="D339" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E339" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F339" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="H339" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="D340" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E340" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F340" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="H340" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="D341" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E341" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F341" t="s">
-        <v>237</v>
+        <v>43</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="H341" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="D342" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E342" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F342" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="H342" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="D343" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E343" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F343" t="s">
-        <v>324</v>
+        <v>243</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="H343" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="D344" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E344" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F344" t="s">
-        <v>37</v>
+        <v>330</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="H344" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="D345" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E345" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F345" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="H345" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="D346" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E346" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F346" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="H346" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="D347" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E347" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F347" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="H347" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="D348" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E348" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F348" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="H348" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="D349" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E349" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F349" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="H349" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="D350" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E350" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F350" t="s">
-        <v>237</v>
+        <v>47</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="H350" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="D351" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E351" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F351" t="s">
-        <v>41</v>
+        <v>243</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="H351" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="D352" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E352" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F352" t="s">
-        <v>259</v>
+        <v>47</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="H352" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="D353" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E353" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F353" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="H353" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="D354" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E354" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F354" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="H354" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="D355" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E355" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F355" t="s">
-        <v>324</v>
+        <v>265</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="H355" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="D356" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E356" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F356" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="H356" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="D357" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E357" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F357" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="H357" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="D358" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E358" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F358" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="H358" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="D359" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E359" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F359" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="H359" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="D360" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E360" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F360" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="H360" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="D361" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E361" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F361" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="H361" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="D362" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E362" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F362" t="s">
-        <v>237</v>
+        <v>330</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="H362" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="D363" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E363" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F363" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="H363" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="D364" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E364" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F364" t="s">
-        <v>37</v>
+        <v>243</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="H364" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="D365" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E365" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F365" t="s">
-        <v>259</v>
+        <v>43</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="H365" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="D366" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E366" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F366" t="s">
-        <v>237</v>
+        <v>265</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="H366" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="D367" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E367" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F367" t="s">
-        <v>324</v>
+        <v>243</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="H367" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="D368" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E368" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F368" t="s">
-        <v>13</v>
+        <v>330</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="H368" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="D369" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E369" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F369" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="H369" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="D370" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E370" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F370" t="s">
-        <v>259</v>
+        <v>47</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="H370" t="s">
-        <v>603</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="D371" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E371" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F371" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="H371" t="s">
-        <v>1487</v>
+        <v>609</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="D372" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E372" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F372" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="H372" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="D373" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E373" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F373" t="s">
-        <v>324</v>
+        <v>265</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="H373" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="D374" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E374" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F374" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="H374" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="D375" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E375" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F375" t="s">
-        <v>259</v>
+        <v>330</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="H375" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="D376" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E376" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F376" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="H376" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="D377" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E377" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F377" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="H377" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="D378" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E378" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F378" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="H378" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="D379" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E379" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F379" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="H379" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="D380" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E380" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F380" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="H380" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="D381" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E381" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F381" t="s">
-        <v>324</v>
+        <v>265</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="H381" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="D382" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E382" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F382" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="H382" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="D383" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E383" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F383" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="H383" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="D384" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E384" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F384" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="H384" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="D385" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E385" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F385" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="H385" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="D386" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E386" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F386" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="H386" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="D387" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E387" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F387" t="s">
-        <v>237</v>
+        <v>330</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="H387" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="D388" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E388" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F388" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="H388" t="s">
-        <v>487</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="D389" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E389" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F389" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="H389" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="D390" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E390" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F390" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="H390" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="D391" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E391" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F391" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="H391" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="D392" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E392" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F392" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="H392" t="s">
-        <v>1567</v>
+        <v>505</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="D393" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E393" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F393" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="H393" t="s">
-        <v>507</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="D394" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E394" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F394" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="H394" t="s">
-        <v>1574</v>
+        <v>513</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="D395" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E395" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F395" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="H395" t="s">
-        <v>515</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="D396" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E396" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F396" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="H396" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="D397" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E397" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F397" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="H397" t="s">
-        <v>1584</v>
+        <v>533</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="D398" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E398" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F398" t="s">
-        <v>60</v>
+        <v>243</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="H398" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="D399" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E399" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F399" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="H399" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="D400" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E400" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F400" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="H400" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="D401" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E401" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F401" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="H401" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="D402" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E402" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F402" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="H402" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="D403" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E403" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F403" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="H403" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="D404" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E404" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F404" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="H404" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="D405" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E405" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F405" t="s">
-        <v>246</v>
+        <v>43</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="H405" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="D406" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E406" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F406" t="s">
-        <v>41</v>
+        <v>252</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="H406" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="D407" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E407" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F407" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="H407" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="D408" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E408" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F408" t="s">
-        <v>237</v>
+        <v>43</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="H408" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="D409" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E409" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F409" t="s">
-        <v>41</v>
+        <v>243</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="H409" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="D410" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E410" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F410" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="H410" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="D411" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E411" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F411" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="H411" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="D412" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E412" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F412" t="s">
-        <v>473</v>
+        <v>47</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="H412" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="D413" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E413" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F413" t="s">
-        <v>237</v>
+        <v>479</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="H413" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="D414" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E414" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F414" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="H414" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="D415" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E415" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F415" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="H415" t="s">
-        <v>603</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="D416" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E416" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F416" t="s">
-        <v>41</v>
+        <v>243</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="H416" t="s">
-        <v>1659</v>
+        <v>609</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="D417" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E417" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F417" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="H417" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="D418" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E418" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F418" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="H418" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="D419" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E419" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F419" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="H419" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="D420" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E420" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F420" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="H420" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="D421" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E421" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F421" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="H421" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="D422" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E422" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F422" t="s">
-        <v>259</v>
+        <v>47</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="H422" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="D423" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E423" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F423" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="H423" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="D424" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E424" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F424" t="s">
-        <v>13</v>
+        <v>265</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="H424" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="D425" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E425" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F425" t="s">
         <v>13</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="H425" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="D426" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E426" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F426" t="s">
         <v>13</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="H426" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="D427" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E427" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F427" t="s">
-        <v>324</v>
+        <v>13</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="H427" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="D428" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E428" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F428" t="s">
-        <v>37</v>
+        <v>330</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="H428" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="D429" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E429" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F429" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="H429" t="s">
-        <v>39</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="D430" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E430" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F430" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="H430" t="s">
-        <v>759</v>
+        <v>45</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="D431" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E431" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F431" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="H431" t="s">
-        <v>1717</v>
+        <v>765</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="D432" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E432" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F432" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="H432" t="s">
-        <v>426</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="D433" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E433" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F433" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="H433" t="s">
-        <v>418</v>
+        <v>432</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="D434" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E434" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F434" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="H434" t="s">
-        <v>414</v>
+        <v>424</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="D435" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E435" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F435" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="H435" t="s">
-        <v>1142</v>
+        <v>420</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="D436" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E436" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F436" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="H436" t="s">
-        <v>406</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="D437" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E437" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F437" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="H437" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="D438" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E438" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F438" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="H438" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="D439" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E439" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F439" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="H439" t="s">
-        <v>1742</v>
+        <v>404</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="D440" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E440" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F440" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="H440" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="D441" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E441" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F441" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="H441" t="s">
-        <v>297</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="D442" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E442" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F442" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="H442" t="s">
-        <v>1753</v>
+        <v>303</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="D443" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E443" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F443" t="s">
-        <v>237</v>
+        <v>43</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="H443" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="D444" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E444" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F444" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="H444" t="s">
-        <v>659</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="D445" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E445" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F445" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="H445" t="s">
-        <v>735</v>
+        <v>665</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="D446" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E446" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F446" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="H446" t="s">
-        <v>1767</v>
+        <v>741</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="D447" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E447" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F447" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="H447" t="s">
-        <v>743</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="D448" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E448" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F448" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="H448" t="s">
-        <v>902</v>
+        <v>749</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="D449" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E449" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F449" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="H449" t="s">
-        <v>1777</v>
+        <v>908</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="D450" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E450" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F450" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="H450" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="D451" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E451" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F451" t="s">
-        <v>13</v>
+        <v>243</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="H451" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="D452" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E452" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F452" t="s">
         <v>13</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="H452" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="D453" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E453" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F453" t="s">
         <v>13</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="H453" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="D454" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E454" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F454" t="s">
-        <v>1796</v>
+        <v>13</v>
       </c>
       <c r="G454" s="1" t="s">
         <v>1797</v>
       </c>
       <c r="H454" t="s">
         <v>1798</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>1799</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
         <v>1800</v>
       </c>
       <c r="D455" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E455" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F455" t="s">
-        <v>259</v>
+        <v>1801</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="H455" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="D456" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E456" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F456" t="s">
-        <v>237</v>
+        <v>265</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="H456" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="D457" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E457" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F457" t="s">
-        <v>606</v>
+        <v>243</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="H457" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="D458" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E458" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F458" t="s">
-        <v>60</v>
+        <v>612</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="H458" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="D459" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E459" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F459" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="H459" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="D460" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E460" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F460" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="H460" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="D461" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E461" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F461" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="H461" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="D462" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E462" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F462" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="H462" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="D463" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E463" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F463" t="s">
-        <v>324</v>
+        <v>47</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="H463" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="D464" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E464" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F464" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="H464" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="D465" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E465" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F465" t="s">
-        <v>41</v>
+        <v>330</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="H465" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="D466" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E466" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F466" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="H466" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="D467" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E467" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F467" t="s">
-        <v>237</v>
+        <v>13</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="H467" t="s">
-        <v>1062</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="D468" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E468" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F468" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="H468" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="D469" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E469" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F469" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="H469" t="s">
-        <v>1856</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="D470" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E470" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F470" t="s">
-        <v>19</v>
+        <v>243</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="H470" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="D471" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E471" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F471" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="H471" t="s">
-        <v>603</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="D472" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E472" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F472" t="s">
-        <v>246</v>
+        <v>25</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="H472" t="s">
-        <v>1867</v>
+        <v>609</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="D473" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E473" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F473" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="H473" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="D474" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E474" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F474" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="H474" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="D475" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E475" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F475" t="s">
-        <v>473</v>
+        <v>252</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="H475" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="D476" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E476" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F476" t="s">
-        <v>324</v>
+        <v>479</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="H476" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="D477" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E477" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F477" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="H477" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="D478" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E478" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F478" t="s">
-        <v>259</v>
+        <v>330</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="H478" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="D479" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E479" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F479" t="s">
-        <v>41</v>
+        <v>265</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="H479" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="D480" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E480" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F480" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="H480" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="D481" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E481" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F481" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="H481" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="D482" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E482" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F482" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="H482" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="D483" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E483" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F483" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="H483" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="D484" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E484" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F484" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="H484" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="D485" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E485" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F485" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="H485" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="D486" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E486" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F486" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="H486" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="D487" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E487" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F487" t="s">
-        <v>324</v>
+        <v>66</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="H487" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="D488" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E488" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F488" t="s">
-        <v>13</v>
+        <v>330</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="H488" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="D489" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E489" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F489" t="s">
-        <v>259</v>
+        <v>13</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="H489" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="D490" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E490" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F490" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="H490" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="D491" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E491" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F491" t="s">
-        <v>237</v>
+        <v>265</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="H491" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="D492" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E492" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F492" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="H492" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="D493" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E493" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F493" t="s">
-        <v>13</v>
+        <v>265</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="H493" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="D494" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E494" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F494" t="s">
         <v>13</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="H494" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="D495" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E495" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F495" t="s">
         <v>13</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="H495" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>10</v>
+        <v>1962</v>
       </c>
       <c r="D496" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E496" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F496" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G496" s="1" t="s">
         <v>1963</v>
       </c>
       <c r="H496" t="s">
         <v>1964</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>1965</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>23</v>
+        <v>1966</v>
       </c>
       <c r="D497" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E497" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F497" t="s">
-        <v>19</v>
+        <v>243</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="H497" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>27</v>
+        <v>1970</v>
       </c>
       <c r="D498" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E498" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F498" t="s">
-        <v>37</v>
+        <v>330</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="H498" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>32</v>
+        <v>1974</v>
       </c>
       <c r="D499" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E499" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F499" t="s">
-        <v>237</v>
+        <v>330</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="H499" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1974</v>
+        <v>1977</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>51</v>
+        <v>1978</v>
       </c>
       <c r="D500" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E500" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F500" t="s">
-        <v>473</v>
+        <v>330</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="H500" t="s">
-        <v>1976</v>
+        <v>969</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>55</v>
+        <v>1981</v>
       </c>
       <c r="D501" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E501" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F501" t="s">
-        <v>60</v>
+        <v>330</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1978</v>
+        <v>1982</v>
       </c>
       <c r="H501" t="s">
-        <v>1979</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>59</v>
+        <v>1985</v>
       </c>
       <c r="D502" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E502" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F502" t="s">
-        <v>60</v>
+        <v>479</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1981</v>
+        <v>1986</v>
       </c>
       <c r="H502" t="s">
-        <v>1982</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1983</v>
+        <v>1988</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>64</v>
+        <v>1989</v>
       </c>
       <c r="D503" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E503" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F503" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="H503" t="s">
-        <v>1985</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1986</v>
+        <v>1992</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>68</v>
+        <v>1993</v>
       </c>
       <c r="D504" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E504" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F504" t="s">
-        <v>606</v>
+        <v>479</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1987</v>
+        <v>1994</v>
       </c>
       <c r="H504" t="s">
-        <v>1988</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1989</v>
+        <v>1996</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>72</v>
+        <v>1997</v>
       </c>
       <c r="D505" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E505" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F505" t="s">
-        <v>473</v>
+        <v>47</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="H505" t="s">
-        <v>1991</v>
+        <v>55</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>76</v>
+        <v>2000</v>
       </c>
       <c r="D506" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E506" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F506" t="s">
-        <v>473</v>
+        <v>265</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="H506" t="s">
-        <v>1994</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>80</v>
+        <v>2004</v>
       </c>
       <c r="D507" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E507" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F507" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="H507" t="s">
-        <v>1997</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>84</v>
+        <v>2008</v>
       </c>
       <c r="D508" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E508" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F508" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="H508" t="s">
-        <v>2000</v>
+        <v>440</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>88</v>
+        <v>2011</v>
       </c>
       <c r="D509" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E509" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F509" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="H509" t="s">
-        <v>1994</v>
+        <v>448</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>92</v>
+        <v>2014</v>
       </c>
       <c r="D510" t="s">
-        <v>1961</v>
+        <v>41</v>
       </c>
       <c r="E510" t="s">
-        <v>1962</v>
+        <v>42</v>
       </c>
       <c r="F510" t="s">
-        <v>473</v>
+        <v>43</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="H510" t="s">
-        <v>2005</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>10</v>
+        <v>2018</v>
       </c>
       <c r="D511" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E511" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F511" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="H511" t="s">
-        <v>2010</v>
+        <v>460</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>23</v>
+        <v>2021</v>
       </c>
       <c r="D512" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E512" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F512" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="H512" t="s">
-        <v>2013</v>
+        <v>464</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>27</v>
+        <v>2024</v>
       </c>
       <c r="D513" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E513" t="s">
-        <v>2008</v>
+        <v>42</v>
+      </c>
+      <c r="F513" t="s">
+        <v>43</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>2015</v>
+        <v>2025</v>
       </c>
       <c r="H513" t="s">
-        <v>2016</v>
+        <v>468</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>2017</v>
+        <v>2026</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>32</v>
+        <v>2027</v>
       </c>
       <c r="D514" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E514" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F514" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>2018</v>
+        <v>2028</v>
       </c>
       <c r="H514" t="s">
-        <v>2019</v>
+        <v>472</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>2020</v>
+        <v>2029</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>51</v>
+        <v>2030</v>
       </c>
       <c r="D515" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E515" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F515" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>2021</v>
+        <v>2031</v>
       </c>
       <c r="H515" t="s">
-        <v>2022</v>
+        <v>476</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>2023</v>
+        <v>2032</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>55</v>
+        <v>2033</v>
       </c>
       <c r="D516" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E516" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F516" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>2024</v>
+        <v>2034</v>
       </c>
       <c r="H516" t="s">
-        <v>2025</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>2026</v>
+        <v>2036</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>59</v>
+        <v>2037</v>
       </c>
       <c r="D517" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E517" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F517" t="s">
-        <v>41</v>
+        <v>252</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>2027</v>
+        <v>2038</v>
       </c>
       <c r="H517" t="s">
-        <v>2028</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>2029</v>
+        <v>2040</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>64</v>
+        <v>2041</v>
       </c>
       <c r="D518" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E518" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F518" t="s">
-        <v>41</v>
+        <v>265</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>2030</v>
+        <v>2042</v>
       </c>
       <c r="H518" t="s">
-        <v>2031</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>2032</v>
+        <v>2044</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>68</v>
+        <v>2045</v>
       </c>
       <c r="D519" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E519" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F519" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>2033</v>
+        <v>2046</v>
       </c>
       <c r="H519" t="s">
-        <v>2034</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>2035</v>
+        <v>2048</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>72</v>
+        <v>2049</v>
       </c>
       <c r="D520" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E520" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F520" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>2036</v>
+        <v>2050</v>
       </c>
       <c r="H520" t="s">
-        <v>2037</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>2038</v>
+        <v>2052</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>76</v>
+        <v>2053</v>
       </c>
       <c r="D521" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E521" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F521" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>2039</v>
+        <v>2054</v>
       </c>
       <c r="H521" t="s">
-        <v>2040</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>2041</v>
+        <v>2056</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>80</v>
+        <v>2057</v>
       </c>
       <c r="D522" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E522" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F522" t="s">
-        <v>2042</v>
+        <v>13</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>2043</v>
+        <v>2058</v>
       </c>
       <c r="H522" t="s">
-        <v>2044</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>2045</v>
+        <v>2060</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>84</v>
+        <v>2061</v>
       </c>
       <c r="D523" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E523" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F523" t="s">
-        <v>2042</v>
+        <v>13</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>2046</v>
+        <v>2062</v>
       </c>
       <c r="H523" t="s">
-        <v>2047</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>2048</v>
+        <v>2064</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>88</v>
+        <v>2065</v>
       </c>
       <c r="D524" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E524" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F524" t="s">
-        <v>2042</v>
+        <v>612</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>2049</v>
+        <v>2066</v>
       </c>
       <c r="H524" t="s">
-        <v>2050</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>2051</v>
+        <v>2068</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>92</v>
+        <v>2069</v>
       </c>
       <c r="D525" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E525" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F525" t="s">
-        <v>2042</v>
+        <v>243</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>2052</v>
+        <v>2070</v>
       </c>
       <c r="H525" t="s">
-        <v>2053</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>2054</v>
+        <v>2071</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>96</v>
+        <v>2072</v>
       </c>
       <c r="D526" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E526" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F526" t="s">
-        <v>2042</v>
+        <v>243</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>2055</v>
+        <v>2073</v>
       </c>
       <c r="H526" t="s">
-        <v>2056</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>2057</v>
+        <v>2075</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>100</v>
+        <v>2076</v>
       </c>
       <c r="D527" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E527" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F527" t="s">
-        <v>2042</v>
+        <v>243</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>2058</v>
+        <v>2077</v>
       </c>
       <c r="H527" t="s">
-        <v>2059</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>2060</v>
+        <v>2078</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>104</v>
+        <v>2079</v>
       </c>
       <c r="D528" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E528" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F528" t="s">
-        <v>2042</v>
+        <v>243</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>2061</v>
+        <v>2080</v>
       </c>
       <c r="H528" t="s">
-        <v>2062</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>2063</v>
+        <v>2081</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>108</v>
+        <v>2082</v>
       </c>
       <c r="D529" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E529" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F529" t="s">
-        <v>28</v>
+        <v>243</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>2064</v>
+        <v>2083</v>
       </c>
       <c r="H529" t="s">
-        <v>2065</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>2066</v>
+        <v>2085</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>112</v>
+        <v>2086</v>
       </c>
       <c r="D530" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E530" t="s">
-        <v>2008</v>
+        <v>42</v>
+      </c>
+      <c r="F530" t="s">
+        <v>243</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>2067</v>
+        <v>2087</v>
       </c>
       <c r="H530" t="s">
-        <v>2068</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>2069</v>
+        <v>2088</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>116</v>
+        <v>2089</v>
       </c>
       <c r="D531" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E531" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F531" t="s">
-        <v>28</v>
+        <v>243</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>14</v>
+        <v>2090</v>
       </c>
       <c r="H531" t="s">
-        <v>2070</v>
+        <v>493</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>2071</v>
+        <v>2091</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>120</v>
+        <v>2092</v>
       </c>
       <c r="D532" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E532" t="s">
-        <v>2008</v>
+        <v>42</v>
+      </c>
+      <c r="F532" t="s">
+        <v>243</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>14</v>
+        <v>2093</v>
       </c>
       <c r="H532" t="s">
-        <v>2072</v>
+        <v>497</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>2073</v>
+        <v>2094</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>124</v>
+        <v>2095</v>
       </c>
       <c r="D533" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E533" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F533" t="s">
-        <v>2074</v>
+        <v>243</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>2075</v>
+        <v>2096</v>
       </c>
       <c r="H533" t="s">
-        <v>2076</v>
+        <v>501</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>2077</v>
+        <v>2097</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>128</v>
+        <v>2098</v>
       </c>
       <c r="D534" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E534" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F534" t="s">
-        <v>2042</v>
+        <v>243</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>2078</v>
+        <v>2099</v>
       </c>
       <c r="H534" t="s">
-        <v>2079</v>
+        <v>505</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>2080</v>
+        <v>2100</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>132</v>
+        <v>2101</v>
       </c>
       <c r="D535" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E535" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F535" t="s">
-        <v>2042</v>
+        <v>47</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>2081</v>
+        <v>2102</v>
       </c>
       <c r="H535" t="s">
-        <v>2082</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>2083</v>
+        <v>2104</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>136</v>
+        <v>2105</v>
       </c>
       <c r="D536" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E536" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F536" t="s">
-        <v>2042</v>
+        <v>13</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>2084</v>
+        <v>2106</v>
       </c>
       <c r="H536" t="s">
-        <v>2085</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>2086</v>
+        <v>2108</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>140</v>
+        <v>2109</v>
       </c>
       <c r="D537" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E537" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F537" t="s">
-        <v>2042</v>
+        <v>13</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>2087</v>
+        <v>2110</v>
       </c>
       <c r="H537" t="s">
-        <v>2088</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>2089</v>
+        <v>2112</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>144</v>
+        <v>2113</v>
       </c>
       <c r="D538" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E538" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F538" t="s">
-        <v>2042</v>
+        <v>265</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>2090</v>
+        <v>2114</v>
       </c>
       <c r="H538" t="s">
-        <v>2091</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>2092</v>
+        <v>2116</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>148</v>
+        <v>2117</v>
       </c>
       <c r="D539" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E539" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F539" t="s">
-        <v>28</v>
+        <v>265</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>2093</v>
+        <v>2118</v>
       </c>
       <c r="H539" t="s">
-        <v>2094</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>2095</v>
+        <v>2120</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>152</v>
+        <v>2121</v>
       </c>
       <c r="D540" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E540" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F540" t="s">
-        <v>2096</v>
+        <v>265</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>2097</v>
+        <v>2122</v>
       </c>
       <c r="H540" t="s">
-        <v>2098</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>2099</v>
+        <v>2124</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>156</v>
+        <v>2125</v>
       </c>
       <c r="D541" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E541" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F541" t="s">
-        <v>2042</v>
+        <v>265</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>2100</v>
+        <v>2126</v>
       </c>
       <c r="H541" t="s">
-        <v>2101</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2102</v>
+        <v>2128</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>160</v>
+        <v>2129</v>
       </c>
       <c r="D542" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E542" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F542" t="s">
-        <v>2042</v>
+        <v>243</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>2103</v>
+        <v>2130</v>
       </c>
       <c r="H542" t="s">
-        <v>2104</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2105</v>
+        <v>2132</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>164</v>
+        <v>2133</v>
       </c>
       <c r="D543" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E543" t="s">
-        <v>2008</v>
+        <v>42</v>
+      </c>
+      <c r="F543" t="s">
+        <v>252</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>2106</v>
+        <v>2134</v>
       </c>
       <c r="H543" t="s">
-        <v>2107</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2108</v>
+        <v>2136</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>168</v>
+        <v>2137</v>
       </c>
       <c r="D544" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E544" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F544" t="s">
-        <v>2042</v>
+        <v>13</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>2109</v>
+        <v>2138</v>
       </c>
       <c r="H544" t="s">
-        <v>2110</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>2111</v>
+        <v>2140</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>172</v>
+        <v>2141</v>
       </c>
       <c r="D545" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E545" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F545" t="s">
-        <v>2042</v>
+        <v>13</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>2112</v>
+        <v>2142</v>
       </c>
       <c r="H545" t="s">
-        <v>2113</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>2114</v>
+        <v>2144</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>176</v>
+        <v>2145</v>
       </c>
       <c r="D546" t="s">
-        <v>2007</v>
+        <v>41</v>
       </c>
       <c r="E546" t="s">
-        <v>2008</v>
+        <v>42</v>
       </c>
       <c r="F546" t="s">
-        <v>2115</v>
+        <v>13</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>2116</v>
+        <v>2146</v>
       </c>
       <c r="H546" t="s">
-        <v>2117</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>2118</v>
+        <v>2148</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>180</v>
+        <v>10</v>
       </c>
       <c r="D547" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E547" t="s">
-        <v>2008</v>
+        <v>2150</v>
+      </c>
+      <c r="F547" t="s">
+        <v>25</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>2119</v>
+        <v>2151</v>
       </c>
       <c r="H547" t="s">
-        <v>2120</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>2121</v>
+        <v>2153</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>184</v>
+        <v>29</v>
       </c>
       <c r="D548" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E548" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F548" t="s">
-        <v>2122</v>
+        <v>25</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>2123</v>
+        <v>2154</v>
       </c>
       <c r="H548" t="s">
-        <v>2124</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2125</v>
+        <v>2156</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>188</v>
+        <v>33</v>
       </c>
       <c r="D549" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E549" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F549" t="s">
-        <v>2042</v>
+        <v>43</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>14</v>
+        <v>2157</v>
       </c>
       <c r="H549" t="s">
-        <v>2126</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2127</v>
+        <v>2159</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>192</v>
+        <v>38</v>
       </c>
       <c r="D550" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E550" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F550" t="s">
-        <v>2128</v>
+        <v>243</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2129</v>
+        <v>2160</v>
       </c>
       <c r="H550" t="s">
-        <v>2130</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2131</v>
+        <v>2162</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>196</v>
+        <v>57</v>
       </c>
       <c r="D551" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E551" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F551" t="s">
-        <v>2074</v>
+        <v>479</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2132</v>
+        <v>2163</v>
       </c>
       <c r="H551" t="s">
-        <v>2133</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2134</v>
+        <v>2165</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>200</v>
+        <v>61</v>
       </c>
       <c r="D552" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E552" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F552" t="s">
-        <v>2042</v>
+        <v>66</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2135</v>
+        <v>2166</v>
       </c>
       <c r="H552" t="s">
-        <v>2136</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2137</v>
+        <v>2168</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>204</v>
+        <v>65</v>
       </c>
       <c r="D553" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E553" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F553" t="s">
-        <v>2042</v>
+        <v>66</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2138</v>
+        <v>2169</v>
       </c>
       <c r="H553" t="s">
-        <v>2139</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2140</v>
+        <v>2171</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>208</v>
+        <v>70</v>
       </c>
       <c r="D554" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E554" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F554" t="s">
-        <v>2042</v>
+        <v>479</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>2141</v>
+        <v>2172</v>
       </c>
       <c r="H554" t="s">
-        <v>2142</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2143</v>
+        <v>2174</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>212</v>
+        <v>74</v>
       </c>
       <c r="D555" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E555" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F555" t="s">
-        <v>2042</v>
+        <v>612</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2144</v>
+        <v>2175</v>
       </c>
       <c r="H555" t="s">
-        <v>2145</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2146</v>
+        <v>2177</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>216</v>
+        <v>78</v>
       </c>
       <c r="D556" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E556" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F556" t="s">
-        <v>2042</v>
+        <v>479</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2147</v>
+        <v>2178</v>
       </c>
       <c r="H556" t="s">
-        <v>2148</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
+        <v>2180</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>82</v>
+      </c>
+      <c r="D557" t="s">
         <v>2149</v>
       </c>
-      <c r="B557" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E557" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F557" t="s">
-        <v>2042</v>
+        <v>479</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>2150</v>
+        <v>2181</v>
       </c>
       <c r="H557" t="s">
-        <v>2151</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2152</v>
+        <v>2183</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>224</v>
+        <v>86</v>
       </c>
       <c r="D558" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E558" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F558" t="s">
-        <v>2074</v>
+        <v>25</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2153</v>
+        <v>2184</v>
       </c>
       <c r="H558" t="s">
-        <v>2154</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2155</v>
+        <v>2186</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>228</v>
+        <v>90</v>
       </c>
       <c r="D559" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E559" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F559" t="s">
-        <v>2042</v>
+        <v>25</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2156</v>
+        <v>2187</v>
       </c>
       <c r="H559" t="s">
-        <v>2157</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2158</v>
+        <v>2189</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>232</v>
+        <v>94</v>
       </c>
       <c r="D560" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E560" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F560" t="s">
-        <v>2159</v>
+        <v>25</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2160</v>
+        <v>2190</v>
       </c>
       <c r="H560" t="s">
-        <v>2161</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2162</v>
+        <v>2191</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>236</v>
+        <v>98</v>
       </c>
       <c r="D561" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E561" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F561" t="s">
-        <v>2042</v>
+        <v>479</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>2163</v>
+        <v>2192</v>
       </c>
       <c r="H561" t="s">
-        <v>2164</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2165</v>
+        <v>2194</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>241</v>
+        <v>102</v>
       </c>
       <c r="D562" t="s">
-        <v>2007</v>
+        <v>2149</v>
       </c>
       <c r="E562" t="s">
-        <v>2008</v>
+        <v>2150</v>
       </c>
       <c r="F562" t="s">
-        <v>2042</v>
+        <v>265</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2166</v>
+        <v>2195</v>
       </c>
       <c r="H562" t="s">
-        <v>2167</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>2168</v>
+        <v>2197</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>245</v>
+        <v>10</v>
       </c>
       <c r="D563" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E563" t="s">
-        <v>2008</v>
+        <v>2199</v>
       </c>
       <c r="F563" t="s">
-        <v>2042</v>
+        <v>13</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2169</v>
+        <v>2200</v>
       </c>
       <c r="H563" t="s">
-        <v>2170</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2171</v>
+        <v>2202</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>250</v>
+        <v>29</v>
       </c>
       <c r="D564" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E564" t="s">
-        <v>2008</v>
+        <v>2199</v>
       </c>
       <c r="F564" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>2172</v>
+        <v>2203</v>
       </c>
       <c r="H564" t="s">
-        <v>2173</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2174</v>
+        <v>2205</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>254</v>
+        <v>33</v>
       </c>
       <c r="D565" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E565" t="s">
-        <v>2008</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>2199</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2175</v>
+        <v>2206</v>
       </c>
       <c r="H565" t="s">
-        <v>2176</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2177</v>
+        <v>2208</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>258</v>
+        <v>38</v>
       </c>
       <c r="D566" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E566" t="s">
-        <v>2008</v>
+        <v>2199</v>
       </c>
       <c r="F566" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>2178</v>
+        <v>2209</v>
       </c>
       <c r="H566" t="s">
-        <v>2179</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2180</v>
+        <v>2211</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>263</v>
+        <v>57</v>
       </c>
       <c r="D567" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E567" t="s">
-        <v>2008</v>
+        <v>2199</v>
       </c>
       <c r="F567" t="s">
-        <v>2128</v>
+        <v>47</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2181</v>
+        <v>2212</v>
       </c>
       <c r="H567" t="s">
-        <v>2182</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2183</v>
+        <v>2214</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>267</v>
+        <v>61</v>
       </c>
       <c r="D568" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E568" t="s">
-        <v>2008</v>
+        <v>2199</v>
       </c>
       <c r="F568" t="s">
-        <v>2074</v>
+        <v>47</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2184</v>
+        <v>2215</v>
       </c>
       <c r="H568" t="s">
-        <v>2185</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2186</v>
+        <v>2217</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>271</v>
+        <v>65</v>
       </c>
       <c r="D569" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E569" t="s">
-        <v>2008</v>
+        <v>2199</v>
       </c>
       <c r="F569" t="s">
-        <v>2042</v>
+        <v>47</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2187</v>
+        <v>2218</v>
       </c>
       <c r="H569" t="s">
-        <v>2188</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2189</v>
+        <v>2220</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>275</v>
+        <v>70</v>
       </c>
       <c r="D570" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E570" t="s">
-        <v>2008</v>
+        <v>2199</v>
       </c>
       <c r="F570" t="s">
-        <v>2190</v>
+        <v>47</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2191</v>
+        <v>2221</v>
       </c>
       <c r="H570" t="s">
-        <v>2192</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2193</v>
+        <v>2223</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>279</v>
+        <v>74</v>
       </c>
       <c r="D571" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E571" t="s">
-        <v>2008</v>
+        <v>2199</v>
       </c>
       <c r="F571" t="s">
-        <v>2042</v>
+        <v>47</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2194</v>
+        <v>2224</v>
       </c>
       <c r="H571" t="s">
-        <v>2195</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2196</v>
+        <v>2226</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>283</v>
+        <v>78</v>
       </c>
       <c r="D572" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E572" t="s">
-        <v>2008</v>
+        <v>2199</v>
       </c>
       <c r="F572" t="s">
-        <v>2115</v>
+        <v>47</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2197</v>
+        <v>2227</v>
       </c>
       <c r="H572" t="s">
-        <v>2198</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
+        <v>2229</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>82</v>
+      </c>
+      <c r="D573" t="s">
+        <v>2198</v>
+      </c>
+      <c r="E573" t="s">
         <v>2199</v>
       </c>
-      <c r="B573" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F573" t="s">
-        <v>2115</v>
+        <v>47</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>14</v>
+        <v>2230</v>
       </c>
       <c r="H573" t="s">
-        <v>2200</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2201</v>
+        <v>2232</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>291</v>
+        <v>86</v>
       </c>
       <c r="D574" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E574" t="s">
-        <v>2008</v>
+        <v>2199</v>
       </c>
       <c r="F574" t="s">
-        <v>2042</v>
+        <v>2233</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>14</v>
+        <v>2234</v>
       </c>
       <c r="H574" t="s">
-        <v>2202</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2203</v>
+        <v>2236</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>295</v>
+        <v>90</v>
       </c>
       <c r="D575" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E575" t="s">
-        <v>2008</v>
+        <v>2199</v>
       </c>
       <c r="F575" t="s">
-        <v>28</v>
+        <v>2233</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>14</v>
+        <v>2237</v>
       </c>
       <c r="H575" t="s">
-        <v>2204</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2205</v>
+        <v>2239</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>299</v>
+        <v>94</v>
       </c>
       <c r="D576" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E576" t="s">
-        <v>2008</v>
+        <v>2199</v>
       </c>
       <c r="F576" t="s">
-        <v>28</v>
+        <v>2233</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>14</v>
+        <v>2240</v>
       </c>
       <c r="H576" t="s">
-        <v>2206</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2207</v>
+        <v>2242</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>303</v>
+        <v>98</v>
       </c>
       <c r="D577" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E577" t="s">
-        <v>2008</v>
+        <v>2199</v>
       </c>
       <c r="F577" t="s">
-        <v>28</v>
+        <v>2233</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>14</v>
+        <v>2243</v>
       </c>
       <c r="H577" t="s">
-        <v>2208</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2209</v>
+        <v>2245</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>307</v>
+        <v>102</v>
       </c>
       <c r="D578" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E578" t="s">
-        <v>2008</v>
+        <v>2199</v>
+      </c>
+      <c r="F578" t="s">
+        <v>2233</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>14</v>
+        <v>2246</v>
       </c>
       <c r="H578" t="s">
-        <v>2210</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2211</v>
+        <v>2248</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>311</v>
+        <v>106</v>
       </c>
       <c r="D579" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E579" t="s">
-        <v>2008</v>
+        <v>2199</v>
+      </c>
+      <c r="F579" t="s">
+        <v>2233</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>14</v>
+        <v>2249</v>
       </c>
       <c r="H579" t="s">
-        <v>2212</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2213</v>
+        <v>2251</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>315</v>
+        <v>110</v>
       </c>
       <c r="D580" t="s">
-        <v>2007</v>
+        <v>2198</v>
       </c>
       <c r="E580" t="s">
-        <v>2008</v>
+        <v>2199</v>
+      </c>
+      <c r="F580" t="s">
+        <v>2233</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>14</v>
+        <v>2252</v>
       </c>
       <c r="H580" t="s">
-        <v>2214</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2215</v>
+        <v>2254</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>10</v>
+        <v>114</v>
       </c>
       <c r="D581" t="s">
-        <v>2216</v>
+        <v>2198</v>
       </c>
       <c r="E581" t="s">
-        <v>2217</v>
+        <v>2199</v>
       </c>
       <c r="F581" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2218</v>
+        <v>2255</v>
       </c>
       <c r="H581" t="s">
-        <v>2219</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2220</v>
+        <v>2257</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>23</v>
+        <v>118</v>
       </c>
       <c r="D582" t="s">
-        <v>2216</v>
+        <v>2198</v>
       </c>
       <c r="E582" t="s">
-        <v>2217</v>
-[...2 lines deleted...]
-        <v>2221</v>
+        <v>2199</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2222</v>
+        <v>2258</v>
       </c>
       <c r="H582" t="s">
-        <v>2223</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2224</v>
+        <v>2260</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="D583" t="s">
-        <v>2216</v>
+        <v>2198</v>
       </c>
       <c r="E583" t="s">
-        <v>2217</v>
+        <v>2199</v>
       </c>
       <c r="F583" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2225</v>
+        <v>14</v>
       </c>
       <c r="H583" t="s">
-        <v>2226</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2227</v>
+        <v>2262</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>32</v>
+        <v>126</v>
       </c>
       <c r="D584" t="s">
-        <v>2216</v>
+        <v>2198</v>
       </c>
       <c r="E584" t="s">
-        <v>2217</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>2199</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2228</v>
+        <v>14</v>
       </c>
       <c r="H584" t="s">
-        <v>2229</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2230</v>
+        <v>2264</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>51</v>
+        <v>130</v>
       </c>
       <c r="D585" t="s">
-        <v>2216</v>
+        <v>2198</v>
       </c>
       <c r="E585" t="s">
-        <v>2217</v>
+        <v>2199</v>
       </c>
       <c r="F585" t="s">
-        <v>606</v>
+        <v>2265</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2231</v>
+        <v>2266</v>
       </c>
       <c r="H585" t="s">
-        <v>2232</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>134</v>
+      </c>
+      <c r="D586" t="s">
+        <v>2198</v>
+      </c>
+      <c r="E586" t="s">
+        <v>2199</v>
+      </c>
+      <c r="F586" t="s">
         <v>2233</v>
       </c>
-      <c r="B586" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G586" s="1" t="s">
-        <v>2234</v>
+        <v>2269</v>
       </c>
       <c r="H586" t="s">
-        <v>2235</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2236</v>
+        <v>2271</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>59</v>
+        <v>138</v>
       </c>
       <c r="D587" t="s">
-        <v>2216</v>
+        <v>2198</v>
       </c>
       <c r="E587" t="s">
-        <v>2217</v>
+        <v>2199</v>
       </c>
       <c r="F587" t="s">
-        <v>473</v>
+        <v>2233</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2237</v>
+        <v>2272</v>
       </c>
       <c r="H587" t="s">
-        <v>2238</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2239</v>
+        <v>2274</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>64</v>
+        <v>142</v>
       </c>
       <c r="D588" t="s">
-        <v>2216</v>
+        <v>2198</v>
       </c>
       <c r="E588" t="s">
-        <v>2217</v>
+        <v>2199</v>
       </c>
       <c r="F588" t="s">
-        <v>246</v>
+        <v>2233</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2240</v>
+        <v>2275</v>
       </c>
       <c r="H588" t="s">
-        <v>2241</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2242</v>
+        <v>2277</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>68</v>
+        <v>146</v>
       </c>
       <c r="D589" t="s">
-        <v>2216</v>
+        <v>2198</v>
       </c>
       <c r="E589" t="s">
-        <v>2217</v>
+        <v>2199</v>
       </c>
       <c r="F589" t="s">
-        <v>473</v>
+        <v>2233</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2243</v>
+        <v>2278</v>
       </c>
       <c r="H589" t="s">
-        <v>2244</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2245</v>
+        <v>2280</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>72</v>
+        <v>150</v>
       </c>
       <c r="D590" t="s">
-        <v>2216</v>
+        <v>2198</v>
       </c>
       <c r="E590" t="s">
-        <v>2217</v>
+        <v>2199</v>
       </c>
       <c r="F590" t="s">
-        <v>324</v>
+        <v>2233</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2246</v>
+        <v>2281</v>
       </c>
       <c r="H590" t="s">
-        <v>2247</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2248</v>
+        <v>2283</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>76</v>
+        <v>154</v>
       </c>
       <c r="D591" t="s">
-        <v>2216</v>
+        <v>2198</v>
       </c>
       <c r="E591" t="s">
-        <v>2217</v>
+        <v>2199</v>
       </c>
       <c r="F591" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>14</v>
+        <v>2284</v>
       </c>
       <c r="H591" t="s">
-        <v>2249</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2250</v>
+        <v>2286</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>80</v>
+        <v>158</v>
       </c>
       <c r="D592" t="s">
-        <v>2216</v>
+        <v>2198</v>
       </c>
       <c r="E592" t="s">
-        <v>2217</v>
+        <v>2199</v>
       </c>
       <c r="F592" t="s">
-        <v>2221</v>
+        <v>2287</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2251</v>
+        <v>2288</v>
       </c>
       <c r="H592" t="s">
-        <v>2252</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2253</v>
+        <v>2290</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>10</v>
+        <v>162</v>
       </c>
       <c r="D593" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E593" t="s">
-        <v>2255</v>
+        <v>2199</v>
       </c>
       <c r="F593" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2257</v>
+        <v>2291</v>
       </c>
       <c r="H593" t="s">
-        <v>2258</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2259</v>
+        <v>2293</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>23</v>
+        <v>166</v>
       </c>
       <c r="D594" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E594" t="s">
-        <v>2255</v>
+        <v>2199</v>
       </c>
       <c r="F594" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2260</v>
+        <v>2294</v>
       </c>
       <c r="H594" t="s">
-        <v>2261</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2262</v>
+        <v>2296</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>27</v>
+        <v>170</v>
       </c>
       <c r="D595" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E595" t="s">
-        <v>2255</v>
-[...2 lines deleted...]
-        <v>2256</v>
+        <v>2199</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2263</v>
+        <v>2297</v>
       </c>
       <c r="H595" t="s">
-        <v>2264</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2265</v>
+        <v>2299</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>32</v>
+        <v>174</v>
       </c>
       <c r="D596" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E596" t="s">
-        <v>2255</v>
+        <v>2199</v>
       </c>
       <c r="F596" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2266</v>
+        <v>2300</v>
       </c>
       <c r="H596" t="s">
-        <v>2267</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2268</v>
+        <v>2302</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>51</v>
+        <v>178</v>
       </c>
       <c r="D597" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E597" t="s">
-        <v>2255</v>
+        <v>2199</v>
       </c>
       <c r="F597" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2269</v>
+        <v>2303</v>
       </c>
       <c r="H597" t="s">
-        <v>2270</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2271</v>
+        <v>2305</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>55</v>
+        <v>182</v>
       </c>
       <c r="D598" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E598" t="s">
-        <v>2255</v>
+        <v>2199</v>
       </c>
       <c r="F598" t="s">
-        <v>2256</v>
+        <v>2306</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2272</v>
+        <v>2307</v>
       </c>
       <c r="H598" t="s">
-        <v>2273</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2274</v>
+        <v>2309</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>59</v>
+        <v>186</v>
       </c>
       <c r="D599" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E599" t="s">
-        <v>2255</v>
-[...2 lines deleted...]
-        <v>2256</v>
+        <v>2199</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2275</v>
+        <v>2310</v>
       </c>
       <c r="H599" t="s">
-        <v>2276</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2277</v>
+        <v>2312</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>64</v>
+        <v>190</v>
       </c>
       <c r="D600" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E600" t="s">
-        <v>2255</v>
+        <v>2199</v>
       </c>
       <c r="F600" t="s">
-        <v>2256</v>
+        <v>2313</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2278</v>
+        <v>2314</v>
       </c>
       <c r="H600" t="s">
-        <v>2279</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2280</v>
+        <v>2316</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>68</v>
+        <v>194</v>
       </c>
       <c r="D601" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E601" t="s">
-        <v>2255</v>
+        <v>2199</v>
       </c>
       <c r="F601" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2281</v>
+        <v>14</v>
       </c>
       <c r="H601" t="s">
-        <v>2282</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2283</v>
+        <v>2318</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>72</v>
+        <v>198</v>
       </c>
       <c r="D602" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E602" t="s">
-        <v>2255</v>
+        <v>2199</v>
       </c>
       <c r="F602" t="s">
-        <v>2256</v>
+        <v>2319</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2284</v>
+        <v>2320</v>
       </c>
       <c r="H602" t="s">
-        <v>2276</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2285</v>
+        <v>2322</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>76</v>
+        <v>202</v>
       </c>
       <c r="D603" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E603" t="s">
-        <v>2255</v>
+        <v>2199</v>
       </c>
       <c r="F603" t="s">
-        <v>2256</v>
+        <v>2265</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2286</v>
+        <v>2323</v>
       </c>
       <c r="H603" t="s">
-        <v>2287</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2288</v>
+        <v>2325</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>80</v>
+        <v>206</v>
       </c>
       <c r="D604" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E604" t="s">
-        <v>2255</v>
+        <v>2199</v>
       </c>
       <c r="F604" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2289</v>
+        <v>2326</v>
       </c>
       <c r="H604" t="s">
-        <v>2279</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2290</v>
+        <v>2328</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>84</v>
+        <v>210</v>
       </c>
       <c r="D605" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E605" t="s">
-        <v>2255</v>
+        <v>2199</v>
       </c>
       <c r="F605" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2291</v>
+        <v>2329</v>
       </c>
       <c r="H605" t="s">
-        <v>2292</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2293</v>
+        <v>2331</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>88</v>
+        <v>214</v>
       </c>
       <c r="D606" t="s">
-        <v>2254</v>
+        <v>2198</v>
       </c>
       <c r="E606" t="s">
-        <v>2255</v>
+        <v>2199</v>
       </c>
       <c r="F606" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2294</v>
+        <v>2332</v>
       </c>
       <c r="H606" t="s">
-        <v>2295</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2296</v>
+        <v>2334</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>10</v>
+        <v>218</v>
       </c>
       <c r="D607" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E607" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F607" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2299</v>
+        <v>2335</v>
       </c>
       <c r="H607" t="s">
-        <v>2300</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2301</v>
+        <v>2337</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>23</v>
+        <v>222</v>
       </c>
       <c r="D608" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E608" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F608" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2302</v>
+        <v>2338</v>
       </c>
       <c r="H608" t="s">
-        <v>2303</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2304</v>
+        <v>2340</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>27</v>
+        <v>226</v>
       </c>
       <c r="D609" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E609" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F609" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2305</v>
+        <v>2341</v>
       </c>
       <c r="H609" t="s">
-        <v>2306</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2307</v>
+        <v>2343</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>32</v>
+        <v>230</v>
       </c>
       <c r="D610" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E610" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F610" t="s">
-        <v>2256</v>
+        <v>2265</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2308</v>
+        <v>2344</v>
       </c>
       <c r="H610" t="s">
-        <v>2309</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2310</v>
+        <v>2346</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>51</v>
+        <v>234</v>
       </c>
       <c r="D611" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E611" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F611" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2311</v>
+        <v>2347</v>
       </c>
       <c r="H611" t="s">
-        <v>2312</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2313</v>
+        <v>2349</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>55</v>
+        <v>238</v>
       </c>
       <c r="D612" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E612" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F612" t="s">
-        <v>2221</v>
+        <v>2350</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>14</v>
+        <v>2351</v>
       </c>
       <c r="H612" t="s">
-        <v>2314</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2315</v>
+        <v>2353</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>59</v>
+        <v>242</v>
       </c>
       <c r="D613" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E613" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F613" t="s">
-        <v>2221</v>
+        <v>2233</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>2316</v>
+        <v>2354</v>
       </c>
       <c r="H613" t="s">
-        <v>2317</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2318</v>
+        <v>2356</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>64</v>
+        <v>247</v>
       </c>
       <c r="D614" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E614" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F614" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2319</v>
+        <v>2357</v>
       </c>
       <c r="H614" t="s">
-        <v>2320</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2321</v>
+        <v>2359</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>68</v>
+        <v>251</v>
       </c>
       <c r="D615" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E615" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F615" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2322</v>
+        <v>2360</v>
       </c>
       <c r="H615" t="s">
-        <v>2323</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2324</v>
+        <v>2362</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>72</v>
+        <v>256</v>
       </c>
       <c r="D616" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E616" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F616" t="s">
-        <v>2256</v>
+        <v>34</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2325</v>
+        <v>2363</v>
       </c>
       <c r="H616" t="s">
-        <v>2326</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2327</v>
+        <v>2365</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>76</v>
+        <v>260</v>
       </c>
       <c r="D617" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E617" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F617" t="s">
-        <v>2221</v>
+        <v>34</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2328</v>
+        <v>2366</v>
       </c>
       <c r="H617" t="s">
-        <v>2329</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2330</v>
+        <v>2368</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>80</v>
+        <v>264</v>
       </c>
       <c r="D618" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E618" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F618" t="s">
-        <v>2221</v>
+        <v>34</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>2331</v>
+        <v>2369</v>
       </c>
       <c r="H618" t="s">
-        <v>2332</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2333</v>
+        <v>2371</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>84</v>
+        <v>269</v>
       </c>
       <c r="D619" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E619" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F619" t="s">
-        <v>13</v>
+        <v>2319</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>2334</v>
+        <v>2372</v>
       </c>
       <c r="H619" t="s">
-        <v>2335</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2336</v>
+        <v>2374</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>88</v>
+        <v>273</v>
       </c>
       <c r="D620" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E620" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F620" t="s">
-        <v>13</v>
+        <v>2265</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>2337</v>
+        <v>2375</v>
       </c>
       <c r="H620" t="s">
-        <v>2338</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2339</v>
+        <v>2377</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>92</v>
+        <v>277</v>
       </c>
       <c r="D621" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E621" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F621" t="s">
-        <v>2221</v>
+        <v>2233</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>2340</v>
+        <v>2378</v>
       </c>
       <c r="H621" t="s">
-        <v>2341</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>2342</v>
+        <v>2380</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>96</v>
+        <v>281</v>
       </c>
       <c r="D622" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E622" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F622" t="s">
-        <v>19</v>
+        <v>2381</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>2343</v>
+        <v>2382</v>
       </c>
       <c r="H622" t="s">
-        <v>2344</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>2345</v>
+        <v>2384</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>100</v>
+        <v>285</v>
       </c>
       <c r="D623" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E623" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F623" t="s">
-        <v>19</v>
+        <v>2233</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2346</v>
+        <v>2385</v>
       </c>
       <c r="H623" t="s">
-        <v>2347</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2348</v>
+        <v>2387</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>104</v>
+        <v>289</v>
       </c>
       <c r="D624" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E624" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F624" t="s">
-        <v>2256</v>
+        <v>2306</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2349</v>
+        <v>2388</v>
       </c>
       <c r="H624" t="s">
-        <v>2350</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2351</v>
+        <v>2390</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>108</v>
+        <v>293</v>
       </c>
       <c r="D625" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E625" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F625" t="s">
-        <v>2256</v>
+        <v>2306</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2352</v>
+        <v>14</v>
       </c>
       <c r="H625" t="s">
-        <v>2353</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2354</v>
+        <v>2392</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>112</v>
+        <v>297</v>
       </c>
       <c r="D626" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E626" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F626" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2355</v>
+        <v>14</v>
       </c>
       <c r="H626" t="s">
-        <v>2356</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2357</v>
+        <v>2394</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>116</v>
+        <v>301</v>
       </c>
       <c r="D627" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E627" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F627" t="s">
-        <v>2256</v>
+        <v>34</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2358</v>
+        <v>14</v>
       </c>
       <c r="H627" t="s">
-        <v>2359</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2360</v>
+        <v>2396</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>120</v>
+        <v>305</v>
       </c>
       <c r="D628" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E628" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F628" t="s">
-        <v>2256</v>
+        <v>34</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2361</v>
+        <v>14</v>
       </c>
       <c r="H628" t="s">
-        <v>2362</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2363</v>
+        <v>2398</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>124</v>
+        <v>309</v>
       </c>
       <c r="D629" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E629" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F629" t="s">
-        <v>2256</v>
+        <v>34</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2364</v>
+        <v>14</v>
       </c>
       <c r="H629" t="s">
-        <v>2365</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>2366</v>
+        <v>2400</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>128</v>
+        <v>313</v>
       </c>
       <c r="D630" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E630" t="s">
-        <v>2298</v>
-[...2 lines deleted...]
-        <v>2256</v>
+        <v>2199</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>2367</v>
+        <v>14</v>
       </c>
       <c r="H630" t="s">
-        <v>2368</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>2369</v>
+        <v>2402</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>132</v>
+        <v>317</v>
       </c>
       <c r="D631" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E631" t="s">
-        <v>2298</v>
-[...2 lines deleted...]
-        <v>2256</v>
+        <v>2199</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>2370</v>
+        <v>14</v>
       </c>
       <c r="H631" t="s">
-        <v>2371</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>2372</v>
+        <v>2404</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>136</v>
+        <v>321</v>
       </c>
       <c r="D632" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E632" t="s">
-        <v>2298</v>
-[...2 lines deleted...]
-        <v>2256</v>
+        <v>2199</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>2373</v>
+        <v>14</v>
       </c>
       <c r="H632" t="s">
-        <v>2374</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2375</v>
+        <v>2406</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>140</v>
+        <v>325</v>
       </c>
       <c r="D633" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E633" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F633" t="s">
-        <v>2256</v>
+        <v>2265</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>2376</v>
+        <v>2407</v>
       </c>
       <c r="H633" t="s">
-        <v>2377</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2378</v>
+        <v>2409</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>144</v>
+        <v>329</v>
       </c>
       <c r="D634" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E634" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F634" t="s">
-        <v>2256</v>
+        <v>2265</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>2379</v>
+        <v>2410</v>
       </c>
       <c r="H634" t="s">
-        <v>2380</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>2381</v>
+        <v>2412</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>148</v>
+        <v>334</v>
       </c>
       <c r="D635" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E635" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F635" t="s">
-        <v>60</v>
+        <v>2265</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>2382</v>
+        <v>2413</v>
       </c>
       <c r="H635" t="s">
-        <v>2383</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>2384</v>
+        <v>2415</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>152</v>
+        <v>338</v>
       </c>
       <c r="D636" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E636" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F636" t="s">
-        <v>2256</v>
+        <v>2265</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>2385</v>
+        <v>2416</v>
       </c>
       <c r="H636" t="s">
-        <v>2386</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2387</v>
+        <v>2418</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>156</v>
+        <v>342</v>
       </c>
       <c r="D637" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E637" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F637" t="s">
-        <v>2256</v>
+        <v>2265</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2388</v>
+        <v>2419</v>
       </c>
       <c r="H637" t="s">
-        <v>2389</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>2390</v>
+        <v>2421</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>160</v>
+        <v>346</v>
       </c>
       <c r="D638" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E638" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F638" t="s">
-        <v>2256</v>
+        <v>2265</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>2391</v>
+        <v>2422</v>
       </c>
       <c r="H638" t="s">
-        <v>2392</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2393</v>
+        <v>2424</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>164</v>
+        <v>350</v>
       </c>
       <c r="D639" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E639" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F639" t="s">
-        <v>2256</v>
+        <v>2265</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2394</v>
+        <v>2425</v>
       </c>
       <c r="H639" t="s">
-        <v>2395</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2396</v>
+        <v>2427</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>168</v>
+        <v>354</v>
       </c>
       <c r="D640" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E640" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F640" t="s">
-        <v>19</v>
+        <v>2381</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2397</v>
+        <v>2428</v>
       </c>
       <c r="H640" t="s">
-        <v>2398</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2399</v>
+        <v>2430</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>172</v>
+        <v>358</v>
       </c>
       <c r="D641" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E641" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F641" t="s">
-        <v>2256</v>
+        <v>2381</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2400</v>
+        <v>2431</v>
       </c>
       <c r="H641" t="s">
-        <v>2401</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2402</v>
+        <v>2433</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>176</v>
+        <v>362</v>
       </c>
       <c r="D642" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E642" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F642" t="s">
-        <v>2256</v>
+        <v>2381</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2403</v>
+        <v>2434</v>
       </c>
       <c r="H642" t="s">
-        <v>2389</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2404</v>
+        <v>2436</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>180</v>
+        <v>366</v>
       </c>
       <c r="D643" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E643" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F643" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2405</v>
+        <v>2437</v>
       </c>
       <c r="H643" t="s">
-        <v>2362</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2406</v>
+        <v>2439</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>184</v>
+        <v>370</v>
       </c>
       <c r="D644" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E644" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F644" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2407</v>
+        <v>2440</v>
       </c>
       <c r="H644" t="s">
-        <v>2408</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2409</v>
+        <v>2442</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>188</v>
+        <v>374</v>
       </c>
       <c r="D645" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E645" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F645" t="s">
-        <v>2256</v>
+        <v>34</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2410</v>
+        <v>2443</v>
       </c>
       <c r="H645" t="s">
-        <v>2411</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2412</v>
+        <v>2445</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>192</v>
+        <v>378</v>
       </c>
       <c r="D646" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E646" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F646" t="s">
-        <v>2256</v>
+        <v>2287</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2413</v>
+        <v>2446</v>
       </c>
       <c r="H646" t="s">
-        <v>2414</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2415</v>
+        <v>2448</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>196</v>
+        <v>382</v>
       </c>
       <c r="D647" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E647" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F647" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2416</v>
+        <v>2449</v>
       </c>
       <c r="H647" t="s">
-        <v>2417</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2418</v>
+        <v>2451</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>200</v>
+        <v>386</v>
       </c>
       <c r="D648" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E648" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F648" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2419</v>
+        <v>2452</v>
       </c>
       <c r="H648" t="s">
-        <v>2420</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2421</v>
+        <v>2454</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>204</v>
+        <v>390</v>
       </c>
       <c r="D649" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E649" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F649" t="s">
-        <v>2256</v>
+        <v>34</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2422</v>
+        <v>2455</v>
       </c>
       <c r="H649" t="s">
-        <v>2423</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2424</v>
+        <v>2457</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>208</v>
+        <v>394</v>
       </c>
       <c r="D650" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E650" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F650" t="s">
-        <v>2256</v>
+        <v>2265</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2425</v>
+        <v>2458</v>
       </c>
       <c r="H650" t="s">
-        <v>2426</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2427</v>
+        <v>2460</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>212</v>
+        <v>398</v>
       </c>
       <c r="D651" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E651" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F651" t="s">
-        <v>2256</v>
+        <v>34</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2428</v>
+        <v>2461</v>
       </c>
       <c r="H651" t="s">
-        <v>2429</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2430</v>
+        <v>2463</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>216</v>
+        <v>402</v>
       </c>
       <c r="D652" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E652" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F652" t="s">
-        <v>2256</v>
+        <v>34</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2431</v>
+        <v>2464</v>
       </c>
       <c r="H652" t="s">
-        <v>2362</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2432</v>
+        <v>2466</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>220</v>
+        <v>406</v>
       </c>
       <c r="D653" t="s">
-        <v>2297</v>
+        <v>2198</v>
       </c>
       <c r="E653" t="s">
-        <v>2298</v>
+        <v>2199</v>
       </c>
       <c r="F653" t="s">
-        <v>2256</v>
+        <v>34</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2433</v>
+        <v>2467</v>
       </c>
       <c r="H653" t="s">
-        <v>2434</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2435</v>
+        <v>2469</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>224</v>
+        <v>10</v>
       </c>
       <c r="D654" t="s">
-        <v>2297</v>
+        <v>2470</v>
       </c>
       <c r="E654" t="s">
-        <v>2298</v>
+        <v>2471</v>
       </c>
       <c r="F654" t="s">
-        <v>606</v>
+        <v>25</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2436</v>
+        <v>2472</v>
       </c>
       <c r="H654" t="s">
-        <v>2437</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2438</v>
+        <v>2474</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>228</v>
+        <v>29</v>
       </c>
       <c r="D655" t="s">
-        <v>2297</v>
+        <v>2470</v>
       </c>
       <c r="E655" t="s">
-        <v>2298</v>
+        <v>2471</v>
       </c>
       <c r="F655" t="s">
-        <v>2256</v>
+        <v>2475</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2439</v>
+        <v>2476</v>
       </c>
       <c r="H655" t="s">
-        <v>2440</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2441</v>
+        <v>2478</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>232</v>
+        <v>33</v>
       </c>
       <c r="D656" t="s">
-        <v>2297</v>
+        <v>2470</v>
       </c>
       <c r="E656" t="s">
-        <v>2298</v>
+        <v>2471</v>
       </c>
       <c r="F656" t="s">
-        <v>2256</v>
+        <v>43</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2442</v>
+        <v>2479</v>
       </c>
       <c r="H656" t="s">
-        <v>2443</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2444</v>
+        <v>2481</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>236</v>
+        <v>38</v>
       </c>
       <c r="D657" t="s">
-        <v>2297</v>
+        <v>2470</v>
       </c>
       <c r="E657" t="s">
-        <v>2298</v>
+        <v>2471</v>
       </c>
       <c r="F657" t="s">
-        <v>2256</v>
+        <v>43</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2445</v>
+        <v>2482</v>
       </c>
       <c r="H657" t="s">
-        <v>2446</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2447</v>
+        <v>2484</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>241</v>
+        <v>57</v>
       </c>
       <c r="D658" t="s">
-        <v>2297</v>
+        <v>2470</v>
       </c>
       <c r="E658" t="s">
-        <v>2298</v>
+        <v>2471</v>
       </c>
       <c r="F658" t="s">
-        <v>2448</v>
+        <v>612</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2449</v>
+        <v>2485</v>
       </c>
       <c r="H658" t="s">
-        <v>2450</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2451</v>
+        <v>2487</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="D659" t="s">
-        <v>2452</v>
+        <v>2470</v>
       </c>
       <c r="E659" t="s">
-        <v>2453</v>
+        <v>2471</v>
       </c>
       <c r="F659" t="s">
-        <v>2221</v>
+        <v>13</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2454</v>
+        <v>2488</v>
       </c>
       <c r="H659" t="s">
-        <v>2455</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2456</v>
+        <v>2490</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="D660" t="s">
-        <v>2452</v>
+        <v>2470</v>
       </c>
       <c r="E660" t="s">
-        <v>2453</v>
+        <v>2471</v>
       </c>
       <c r="F660" t="s">
-        <v>2221</v>
+        <v>479</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2457</v>
+        <v>2491</v>
       </c>
       <c r="H660" t="s">
-        <v>2458</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2459</v>
+        <v>2493</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="D661" t="s">
-        <v>2452</v>
+        <v>2470</v>
       </c>
       <c r="E661" t="s">
-        <v>2453</v>
+        <v>2471</v>
       </c>
       <c r="F661" t="s">
-        <v>2221</v>
+        <v>252</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2460</v>
+        <v>2494</v>
       </c>
       <c r="H661" t="s">
-        <v>2461</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2462</v>
+        <v>2496</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="D662" t="s">
-        <v>2452</v>
+        <v>2470</v>
       </c>
       <c r="E662" t="s">
-        <v>2453</v>
+        <v>2471</v>
       </c>
       <c r="F662" t="s">
-        <v>2221</v>
+        <v>479</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2463</v>
+        <v>2497</v>
       </c>
       <c r="H662" t="s">
-        <v>2464</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2465</v>
+        <v>2499</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="D663" t="s">
-        <v>2452</v>
+        <v>2470</v>
       </c>
       <c r="E663" t="s">
-        <v>2453</v>
+        <v>2471</v>
       </c>
       <c r="F663" t="s">
-        <v>2221</v>
+        <v>330</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2466</v>
+        <v>2500</v>
       </c>
       <c r="H663" t="s">
-        <v>2467</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2468</v>
+        <v>2502</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="D664" t="s">
-        <v>2452</v>
+        <v>2470</v>
       </c>
       <c r="E664" t="s">
-        <v>2453</v>
+        <v>2471</v>
       </c>
       <c r="F664" t="s">
-        <v>2221</v>
+        <v>66</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2469</v>
+        <v>2503</v>
       </c>
       <c r="H664" t="s">
-        <v>2470</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
+        <v>2505</v>
+      </c>
+      <c r="B665" t="s">
+        <v>9</v>
+      </c>
+      <c r="C665" t="s">
+        <v>86</v>
+      </c>
+      <c r="D665" t="s">
+        <v>2470</v>
+      </c>
+      <c r="E665" t="s">
         <v>2471</v>
       </c>
-      <c r="B665" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F665" t="s">
-        <v>2221</v>
+        <v>2475</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2472</v>
+        <v>2506</v>
       </c>
       <c r="H665" t="s">
-        <v>2473</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2474</v>
+        <v>2508</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="D666" t="s">
-        <v>2475</v>
+        <v>2470</v>
       </c>
       <c r="E666" t="s">
-        <v>2476</v>
+        <v>2471</v>
+      </c>
+      <c r="F666" t="s">
+        <v>479</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2477</v>
+        <v>2509</v>
       </c>
       <c r="H666" t="s">
-        <v>2332</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2478</v>
+        <v>2511</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
       <c r="D667" t="s">
+        <v>2470</v>
+      </c>
+      <c r="E667" t="s">
+        <v>2471</v>
+      </c>
+      <c r="F667" t="s">
         <v>2475</v>
       </c>
-      <c r="E667" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G667" s="1" t="s">
-        <v>2479</v>
+        <v>2512</v>
       </c>
       <c r="H667" t="s">
-        <v>2480</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2481</v>
+        <v>2513</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D668" t="s">
-        <v>2475</v>
+        <v>2514</v>
       </c>
       <c r="E668" t="s">
-        <v>2476</v>
+        <v>2515</v>
       </c>
       <c r="F668" t="s">
-        <v>28</v>
+        <v>2516</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2482</v>
+        <v>2517</v>
       </c>
       <c r="H668" t="s">
-        <v>2483</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2484</v>
+        <v>2519</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D669" t="s">
-        <v>2475</v>
+        <v>2514</v>
       </c>
       <c r="E669" t="s">
-        <v>2476</v>
+        <v>2515</v>
       </c>
       <c r="F669" t="s">
-        <v>28</v>
+        <v>2516</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2485</v>
+        <v>2520</v>
       </c>
       <c r="H669" t="s">
-        <v>2226</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2486</v>
+        <v>2522</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D670" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
       <c r="E670" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="F670" t="s">
-        <v>60</v>
+        <v>2516</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2489</v>
+        <v>2523</v>
       </c>
       <c r="H670" t="s">
-        <v>2490</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2491</v>
+        <v>2525</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="D671" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
       <c r="E671" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="F671" t="s">
-        <v>60</v>
+        <v>2516</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2492</v>
+        <v>2526</v>
       </c>
       <c r="H671" t="s">
-        <v>2493</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2494</v>
+        <v>2528</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="D672" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
       <c r="E672" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="F672" t="s">
-        <v>60</v>
+        <v>2516</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2495</v>
+        <v>2529</v>
       </c>
       <c r="H672" t="s">
-        <v>2496</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2497</v>
+        <v>2531</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="D673" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
       <c r="E673" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="F673" t="s">
-        <v>37</v>
+        <v>2516</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2498</v>
+        <v>2532</v>
       </c>
       <c r="H673" t="s">
-        <v>2499</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2500</v>
+        <v>2534</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="D674" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
       <c r="E674" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="F674" t="s">
-        <v>246</v>
+        <v>2516</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2501</v>
+        <v>2535</v>
       </c>
       <c r="H674" t="s">
-        <v>2502</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2503</v>
+        <v>2537</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="D675" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
       <c r="E675" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="F675" t="s">
-        <v>60</v>
+        <v>2516</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2504</v>
+        <v>2538</v>
       </c>
       <c r="H675" t="s">
-        <v>2505</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2506</v>
+        <v>2540</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="D676" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
       <c r="E676" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="F676" t="s">
-        <v>37</v>
+        <v>2516</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2507</v>
+        <v>2541</v>
       </c>
       <c r="H676" t="s">
-        <v>2508</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2509</v>
+        <v>2543</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="D677" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
       <c r="E677" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="F677" t="s">
-        <v>37</v>
+        <v>2516</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2510</v>
+        <v>2544</v>
       </c>
       <c r="H677" t="s">
-        <v>2511</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2512</v>
+        <v>2545</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="D678" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
       <c r="E678" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="F678" t="s">
-        <v>259</v>
+        <v>2516</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2513</v>
+        <v>2546</v>
       </c>
       <c r="H678" t="s">
-        <v>2514</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B679" t="s">
+        <v>9</v>
+      </c>
+      <c r="C679" t="s">
+        <v>86</v>
+      </c>
+      <c r="D679" t="s">
+        <v>2514</v>
+      </c>
+      <c r="E679" t="s">
         <v>2515</v>
       </c>
-      <c r="B679" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F679" t="s">
-        <v>259</v>
+        <v>2516</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2516</v>
+        <v>2549</v>
       </c>
       <c r="H679" t="s">
-        <v>2517</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2518</v>
+        <v>2550</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="D680" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
       <c r="E680" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="F680" t="s">
-        <v>237</v>
+        <v>2516</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2519</v>
+        <v>2551</v>
       </c>
       <c r="H680" t="s">
-        <v>2520</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2521</v>
+        <v>2553</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="D681" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
       <c r="E681" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="F681" t="s">
-        <v>259</v>
+        <v>2516</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2522</v>
+        <v>2554</v>
       </c>
       <c r="H681" t="s">
-        <v>2523</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2524</v>
+        <v>2556</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>84</v>
+        <v>98</v>
       </c>
       <c r="D682" t="s">
-        <v>2487</v>
+        <v>2514</v>
       </c>
       <c r="E682" t="s">
-        <v>2488</v>
+        <v>2515</v>
       </c>
       <c r="F682" t="s">
-        <v>324</v>
+        <v>2516</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2525</v>
+        <v>2557</v>
       </c>
       <c r="H682" t="s">
-        <v>2526</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2527</v>
+        <v>2559</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="D683" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E683" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F683" t="s">
-        <v>259</v>
+        <v>2516</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2528</v>
+        <v>2562</v>
       </c>
       <c r="H683" t="s">
-        <v>2529</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2530</v>
+        <v>2564</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="D684" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E684" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F684" t="s">
-        <v>41</v>
+        <v>2516</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2531</v>
+        <v>2565</v>
       </c>
       <c r="H684" t="s">
-        <v>2532</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2533</v>
+        <v>2567</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>96</v>
+        <v>33</v>
       </c>
       <c r="D685" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E685" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F685" t="s">
-        <v>37</v>
+        <v>2516</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2534</v>
+        <v>2568</v>
       </c>
       <c r="H685" t="s">
-        <v>2535</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2536</v>
+        <v>2570</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>100</v>
+        <v>38</v>
       </c>
       <c r="D686" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E686" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F686" t="s">
-        <v>37</v>
+        <v>2516</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2537</v>
+        <v>2571</v>
       </c>
       <c r="H686" t="s">
-        <v>2538</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2539</v>
+        <v>2573</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>104</v>
+        <v>57</v>
       </c>
       <c r="D687" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E687" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F687" t="s">
-        <v>41</v>
+        <v>2516</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2540</v>
+        <v>2574</v>
       </c>
       <c r="H687" t="s">
-        <v>2541</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2542</v>
+        <v>2576</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>108</v>
+        <v>61</v>
       </c>
       <c r="D688" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E688" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F688" t="s">
-        <v>60</v>
+        <v>2475</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2543</v>
+        <v>14</v>
       </c>
       <c r="H688" t="s">
-        <v>2544</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2545</v>
+        <v>2578</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>112</v>
+        <v>65</v>
       </c>
       <c r="D689" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E689" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F689" t="s">
-        <v>259</v>
+        <v>2475</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2546</v>
+        <v>2579</v>
       </c>
       <c r="H689" t="s">
-        <v>2547</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2548</v>
+        <v>2581</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>116</v>
+        <v>70</v>
       </c>
       <c r="D690" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E690" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F690" t="s">
-        <v>259</v>
+        <v>2516</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2549</v>
+        <v>2582</v>
       </c>
       <c r="H690" t="s">
-        <v>2550</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2551</v>
+        <v>2584</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>120</v>
+        <v>74</v>
       </c>
       <c r="D691" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E691" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F691" t="s">
-        <v>37</v>
+        <v>2516</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2552</v>
+        <v>2585</v>
       </c>
       <c r="H691" t="s">
-        <v>2553</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2554</v>
+        <v>2587</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>124</v>
+        <v>78</v>
       </c>
       <c r="D692" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E692" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F692" t="s">
-        <v>13</v>
+        <v>2516</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2555</v>
+        <v>2588</v>
       </c>
       <c r="H692" t="s">
-        <v>2556</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2557</v>
+        <v>2590</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
       <c r="D693" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E693" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F693" t="s">
-        <v>13</v>
+        <v>2475</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2558</v>
+        <v>2591</v>
       </c>
       <c r="H693" t="s">
-        <v>2559</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
+        <v>2593</v>
+      </c>
+      <c r="B694" t="s">
+        <v>9</v>
+      </c>
+      <c r="C694" t="s">
+        <v>86</v>
+      </c>
+      <c r="D694" t="s">
         <v>2560</v>
       </c>
-      <c r="B694" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E694" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F694" t="s">
-        <v>41</v>
+        <v>2475</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2561</v>
+        <v>2594</v>
       </c>
       <c r="H694" t="s">
-        <v>2562</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2563</v>
+        <v>2596</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>136</v>
+        <v>90</v>
       </c>
       <c r="D695" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E695" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F695" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>2564</v>
+        <v>2597</v>
       </c>
       <c r="H695" t="s">
-        <v>2565</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2566</v>
+        <v>2599</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>140</v>
+        <v>94</v>
       </c>
       <c r="D696" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E696" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F696" t="s">
         <v>13</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2567</v>
+        <v>2600</v>
       </c>
       <c r="H696" t="s">
-        <v>2568</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2569</v>
+        <v>2602</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>144</v>
+        <v>98</v>
       </c>
       <c r="D697" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E697" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F697" t="s">
-        <v>259</v>
+        <v>2475</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2570</v>
+        <v>2603</v>
       </c>
       <c r="H697" t="s">
-        <v>2571</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2572</v>
+        <v>2605</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>148</v>
+        <v>102</v>
       </c>
       <c r="D698" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E698" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F698" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2573</v>
+        <v>2606</v>
       </c>
       <c r="H698" t="s">
-        <v>2574</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2575</v>
+        <v>2608</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>152</v>
+        <v>106</v>
       </c>
       <c r="D699" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E699" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F699" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2576</v>
+        <v>2609</v>
       </c>
       <c r="H699" t="s">
-        <v>2577</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2578</v>
+        <v>2611</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>156</v>
+        <v>110</v>
       </c>
       <c r="D700" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E700" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F700" t="s">
-        <v>324</v>
+        <v>2516</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2579</v>
+        <v>2612</v>
       </c>
       <c r="H700" t="s">
-        <v>2580</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2581</v>
+        <v>2614</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>160</v>
+        <v>114</v>
       </c>
       <c r="D701" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E701" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F701" t="s">
-        <v>13</v>
+        <v>2516</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2582</v>
+        <v>2615</v>
       </c>
       <c r="H701" t="s">
-        <v>2583</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2584</v>
+        <v>2617</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>164</v>
+        <v>118</v>
       </c>
       <c r="D702" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E702" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F702" t="s">
-        <v>19</v>
+        <v>2516</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2585</v>
+        <v>2618</v>
       </c>
       <c r="H702" t="s">
-        <v>2586</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2587</v>
+        <v>2620</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>168</v>
+        <v>122</v>
       </c>
       <c r="D703" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E703" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F703" t="s">
-        <v>2588</v>
+        <v>2516</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2589</v>
+        <v>2621</v>
       </c>
       <c r="H703" t="s">
-        <v>2590</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2591</v>
+        <v>2623</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>172</v>
+        <v>126</v>
       </c>
       <c r="D704" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E704" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F704" t="s">
-        <v>37</v>
+        <v>2516</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2592</v>
+        <v>2624</v>
       </c>
       <c r="H704" t="s">
-        <v>2593</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2594</v>
+        <v>2626</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>176</v>
+        <v>130</v>
       </c>
       <c r="D705" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E705" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F705" t="s">
-        <v>259</v>
+        <v>2516</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2595</v>
+        <v>2627</v>
       </c>
       <c r="H705" t="s">
-        <v>2596</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2597</v>
+        <v>2629</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>180</v>
+        <v>134</v>
       </c>
       <c r="D706" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E706" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F706" t="s">
-        <v>606</v>
+        <v>2516</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2598</v>
+        <v>2630</v>
       </c>
       <c r="H706" t="s">
-        <v>2599</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2600</v>
+        <v>2632</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>184</v>
+        <v>138</v>
       </c>
       <c r="D707" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E707" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F707" t="s">
-        <v>324</v>
+        <v>2516</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2601</v>
+        <v>2633</v>
       </c>
       <c r="H707" t="s">
-        <v>2602</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2603</v>
+        <v>2635</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>188</v>
+        <v>142</v>
       </c>
       <c r="D708" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E708" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F708" t="s">
-        <v>37</v>
+        <v>2516</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2604</v>
+        <v>2636</v>
       </c>
       <c r="H708" t="s">
-        <v>2605</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2606</v>
+        <v>2638</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>192</v>
+        <v>146</v>
       </c>
       <c r="D709" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E709" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F709" t="s">
-        <v>37</v>
+        <v>2516</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2607</v>
+        <v>2639</v>
       </c>
       <c r="H709" t="s">
-        <v>2608</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2609</v>
+        <v>2641</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>196</v>
+        <v>150</v>
       </c>
       <c r="D710" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E710" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F710" t="s">
-        <v>37</v>
+        <v>2516</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2610</v>
+        <v>2642</v>
       </c>
       <c r="H710" t="s">
-        <v>2611</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2612</v>
+        <v>2644</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>200</v>
+        <v>154</v>
       </c>
       <c r="D711" t="s">
-        <v>2487</v>
+        <v>2560</v>
       </c>
       <c r="E711" t="s">
-        <v>2488</v>
+        <v>2561</v>
       </c>
       <c r="F711" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2613</v>
+        <v>2645</v>
       </c>
       <c r="H711" t="s">
-        <v>2614</v>
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="712" spans="1:8">
+      <c r="A712" t="s">
+        <v>2647</v>
+      </c>
+      <c r="B712" t="s">
+        <v>9</v>
+      </c>
+      <c r="C712" t="s">
+        <v>158</v>
+      </c>
+      <c r="D712" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E712" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F712" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G712" s="1" t="s">
+        <v>2648</v>
+      </c>
+      <c r="H712" t="s">
+        <v>2649</v>
+      </c>
+    </row>
+    <row r="713" spans="1:8">
+      <c r="A713" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B713" t="s">
+        <v>9</v>
+      </c>
+      <c r="C713" t="s">
+        <v>162</v>
+      </c>
+      <c r="D713" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E713" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F713" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G713" s="1" t="s">
+        <v>2651</v>
+      </c>
+      <c r="H713" t="s">
+        <v>2652</v>
+      </c>
+    </row>
+    <row r="714" spans="1:8">
+      <c r="A714" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B714" t="s">
+        <v>9</v>
+      </c>
+      <c r="C714" t="s">
+        <v>166</v>
+      </c>
+      <c r="D714" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E714" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F714" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G714" s="1" t="s">
+        <v>2654</v>
+      </c>
+      <c r="H714" t="s">
+        <v>2655</v>
+      </c>
+    </row>
+    <row r="715" spans="1:8">
+      <c r="A715" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B715" t="s">
+        <v>9</v>
+      </c>
+      <c r="C715" t="s">
+        <v>170</v>
+      </c>
+      <c r="D715" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E715" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F715" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G715" s="1" t="s">
+        <v>2657</v>
+      </c>
+      <c r="H715" t="s">
+        <v>2658</v>
+      </c>
+    </row>
+    <row r="716" spans="1:8">
+      <c r="A716" t="s">
+        <v>2659</v>
+      </c>
+      <c r="B716" t="s">
+        <v>9</v>
+      </c>
+      <c r="C716" t="s">
+        <v>174</v>
+      </c>
+      <c r="D716" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E716" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F716" t="s">
+        <v>25</v>
+      </c>
+      <c r="G716" s="1" t="s">
+        <v>2660</v>
+      </c>
+      <c r="H716" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="717" spans="1:8">
+      <c r="A717" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B717" t="s">
+        <v>9</v>
+      </c>
+      <c r="C717" t="s">
+        <v>178</v>
+      </c>
+      <c r="D717" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E717" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F717" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G717" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="H717" t="s">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="718" spans="1:8">
+      <c r="A718" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B718" t="s">
+        <v>9</v>
+      </c>
+      <c r="C718" t="s">
+        <v>182</v>
+      </c>
+      <c r="D718" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E718" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F718" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G718" s="1" t="s">
+        <v>2666</v>
+      </c>
+      <c r="H718" t="s">
+        <v>2652</v>
+      </c>
+    </row>
+    <row r="719" spans="1:8">
+      <c r="A719" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B719" t="s">
+        <v>9</v>
+      </c>
+      <c r="C719" t="s">
+        <v>186</v>
+      </c>
+      <c r="D719" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E719" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F719" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G719" s="1" t="s">
+        <v>2668</v>
+      </c>
+      <c r="H719" t="s">
+        <v>2625</v>
+      </c>
+    </row>
+    <row r="720" spans="1:8">
+      <c r="A720" t="s">
+        <v>2669</v>
+      </c>
+      <c r="B720" t="s">
+        <v>9</v>
+      </c>
+      <c r="C720" t="s">
+        <v>190</v>
+      </c>
+      <c r="D720" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E720" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F720" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G720" s="1" t="s">
+        <v>2670</v>
+      </c>
+      <c r="H720" t="s">
+        <v>2671</v>
+      </c>
+    </row>
+    <row r="721" spans="1:8">
+      <c r="A721" t="s">
+        <v>2672</v>
+      </c>
+      <c r="B721" t="s">
+        <v>9</v>
+      </c>
+      <c r="C721" t="s">
+        <v>194</v>
+      </c>
+      <c r="D721" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E721" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F721" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G721" s="1" t="s">
+        <v>2673</v>
+      </c>
+      <c r="H721" t="s">
+        <v>2674</v>
+      </c>
+    </row>
+    <row r="722" spans="1:8">
+      <c r="A722" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B722" t="s">
+        <v>9</v>
+      </c>
+      <c r="C722" t="s">
+        <v>198</v>
+      </c>
+      <c r="D722" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E722" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F722" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G722" s="1" t="s">
+        <v>2676</v>
+      </c>
+      <c r="H722" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="723" spans="1:8">
+      <c r="A723" t="s">
+        <v>2678</v>
+      </c>
+      <c r="B723" t="s">
+        <v>9</v>
+      </c>
+      <c r="C723" t="s">
+        <v>202</v>
+      </c>
+      <c r="D723" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E723" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F723" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G723" s="1" t="s">
+        <v>2679</v>
+      </c>
+      <c r="H723" t="s">
+        <v>2680</v>
+      </c>
+    </row>
+    <row r="724" spans="1:8">
+      <c r="A724" t="s">
+        <v>2681</v>
+      </c>
+      <c r="B724" t="s">
+        <v>9</v>
+      </c>
+      <c r="C724" t="s">
+        <v>206</v>
+      </c>
+      <c r="D724" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E724" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F724" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G724" s="1" t="s">
+        <v>2682</v>
+      </c>
+      <c r="H724" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="725" spans="1:8">
+      <c r="A725" t="s">
+        <v>2684</v>
+      </c>
+      <c r="B725" t="s">
+        <v>9</v>
+      </c>
+      <c r="C725" t="s">
+        <v>210</v>
+      </c>
+      <c r="D725" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E725" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F725" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G725" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="H725" t="s">
+        <v>2686</v>
+      </c>
+    </row>
+    <row r="726" spans="1:8">
+      <c r="A726" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B726" t="s">
+        <v>9</v>
+      </c>
+      <c r="C726" t="s">
+        <v>214</v>
+      </c>
+      <c r="D726" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E726" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F726" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G726" s="1" t="s">
+        <v>2688</v>
+      </c>
+      <c r="H726" t="s">
+        <v>2689</v>
+      </c>
+    </row>
+    <row r="727" spans="1:8">
+      <c r="A727" t="s">
+        <v>2690</v>
+      </c>
+      <c r="B727" t="s">
+        <v>9</v>
+      </c>
+      <c r="C727" t="s">
+        <v>218</v>
+      </c>
+      <c r="D727" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E727" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F727" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>2691</v>
+      </c>
+      <c r="H727" t="s">
+        <v>2692</v>
+      </c>
+    </row>
+    <row r="728" spans="1:8">
+      <c r="A728" t="s">
+        <v>2693</v>
+      </c>
+      <c r="B728" t="s">
+        <v>9</v>
+      </c>
+      <c r="C728" t="s">
+        <v>222</v>
+      </c>
+      <c r="D728" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E728" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F728" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G728" s="1" t="s">
+        <v>2694</v>
+      </c>
+      <c r="H728" t="s">
+        <v>2625</v>
+      </c>
+    </row>
+    <row r="729" spans="1:8">
+      <c r="A729" t="s">
+        <v>2695</v>
+      </c>
+      <c r="B729" t="s">
+        <v>9</v>
+      </c>
+      <c r="C729" t="s">
+        <v>226</v>
+      </c>
+      <c r="D729" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E729" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F729" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G729" s="1" t="s">
+        <v>2696</v>
+      </c>
+      <c r="H729" t="s">
+        <v>2697</v>
+      </c>
+    </row>
+    <row r="730" spans="1:8">
+      <c r="A730" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B730" t="s">
+        <v>9</v>
+      </c>
+      <c r="C730" t="s">
+        <v>230</v>
+      </c>
+      <c r="D730" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E730" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F730" t="s">
+        <v>612</v>
+      </c>
+      <c r="G730" s="1" t="s">
+        <v>2699</v>
+      </c>
+      <c r="H730" t="s">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="731" spans="1:8">
+      <c r="A731" t="s">
+        <v>2701</v>
+      </c>
+      <c r="B731" t="s">
+        <v>9</v>
+      </c>
+      <c r="C731" t="s">
+        <v>234</v>
+      </c>
+      <c r="D731" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E731" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F731" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G731" s="1" t="s">
+        <v>2702</v>
+      </c>
+      <c r="H731" t="s">
+        <v>2703</v>
+      </c>
+    </row>
+    <row r="732" spans="1:8">
+      <c r="A732" t="s">
+        <v>2704</v>
+      </c>
+      <c r="B732" t="s">
+        <v>9</v>
+      </c>
+      <c r="C732" t="s">
+        <v>238</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E732" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F732" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>2705</v>
+      </c>
+      <c r="H732" t="s">
+        <v>2706</v>
+      </c>
+    </row>
+    <row r="733" spans="1:8">
+      <c r="A733" t="s">
+        <v>2707</v>
+      </c>
+      <c r="B733" t="s">
+        <v>9</v>
+      </c>
+      <c r="C733" t="s">
+        <v>242</v>
+      </c>
+      <c r="D733" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E733" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F733" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G733" s="1" t="s">
+        <v>2708</v>
+      </c>
+      <c r="H733" t="s">
+        <v>2709</v>
+      </c>
+    </row>
+    <row r="734" spans="1:8">
+      <c r="A734" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B734" t="s">
+        <v>9</v>
+      </c>
+      <c r="C734" t="s">
+        <v>247</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E734" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F734" t="s">
+        <v>2711</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>2712</v>
+      </c>
+      <c r="H734" t="s">
+        <v>2713</v>
+      </c>
+    </row>
+    <row r="735" spans="1:8">
+      <c r="A735" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B735" t="s">
+        <v>9</v>
+      </c>
+      <c r="C735" t="s">
+        <v>251</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E735" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F735" t="s">
+        <v>2711</v>
+      </c>
+      <c r="G735" s="1" t="s">
+        <v>2715</v>
+      </c>
+      <c r="H735" t="s">
+        <v>2716</v>
+      </c>
+    </row>
+    <row r="736" spans="1:8">
+      <c r="A736" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B736" t="s">
+        <v>9</v>
+      </c>
+      <c r="C736" t="s">
+        <v>256</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E736" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F736" t="s">
+        <v>2711</v>
+      </c>
+      <c r="G736" s="1" t="s">
+        <v>2718</v>
+      </c>
+      <c r="H736" t="s">
+        <v>2719</v>
+      </c>
+    </row>
+    <row r="737" spans="1:8">
+      <c r="A737" t="s">
+        <v>2720</v>
+      </c>
+      <c r="B737" t="s">
+        <v>9</v>
+      </c>
+      <c r="C737" t="s">
+        <v>260</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E737" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F737" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G737" s="1" t="s">
+        <v>2721</v>
+      </c>
+      <c r="H737" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="738" spans="1:8">
+      <c r="A738" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B738" t="s">
+        <v>9</v>
+      </c>
+      <c r="C738" t="s">
+        <v>264</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E738" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F738" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>2724</v>
+      </c>
+      <c r="H738" t="s">
+        <v>2725</v>
+      </c>
+    </row>
+    <row r="739" spans="1:8">
+      <c r="A739" t="s">
+        <v>2726</v>
+      </c>
+      <c r="B739" t="s">
+        <v>9</v>
+      </c>
+      <c r="C739" t="s">
+        <v>269</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E739" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F739" t="s">
+        <v>47</v>
+      </c>
+      <c r="G739" s="1" t="s">
+        <v>2727</v>
+      </c>
+      <c r="H739" t="s">
+        <v>2728</v>
+      </c>
+    </row>
+    <row r="740" spans="1:8">
+      <c r="A740" t="s">
+        <v>2729</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
+        <v>273</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E740" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F740" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G740" s="1" t="s">
+        <v>2730</v>
+      </c>
+      <c r="H740" t="s">
+        <v>2731</v>
+      </c>
+    </row>
+    <row r="741" spans="1:8">
+      <c r="A741" t="s">
+        <v>2732</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>10</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2733</v>
+      </c>
+      <c r="E741" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F741" t="s">
+        <v>2475</v>
+      </c>
+      <c r="G741" s="1" t="s">
+        <v>2735</v>
+      </c>
+      <c r="H741" t="s">
+        <v>2736</v>
+      </c>
+    </row>
+    <row r="742" spans="1:8">
+      <c r="A742" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B742" t="s">
+        <v>9</v>
+      </c>
+      <c r="C742" t="s">
+        <v>29</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2733</v>
+      </c>
+      <c r="E742" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F742" t="s">
+        <v>2475</v>
+      </c>
+      <c r="G742" s="1" t="s">
+        <v>2738</v>
+      </c>
+      <c r="H742" t="s">
+        <v>2739</v>
+      </c>
+    </row>
+    <row r="743" spans="1:8">
+      <c r="A743" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B743" t="s">
+        <v>9</v>
+      </c>
+      <c r="C743" t="s">
+        <v>33</v>
+      </c>
+      <c r="D743" t="s">
+        <v>2733</v>
+      </c>
+      <c r="E743" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F743" t="s">
+        <v>2475</v>
+      </c>
+      <c r="G743" s="1" t="s">
+        <v>2741</v>
+      </c>
+      <c r="H743" t="s">
+        <v>2742</v>
+      </c>
+    </row>
+    <row r="744" spans="1:8">
+      <c r="A744" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B744" t="s">
+        <v>9</v>
+      </c>
+      <c r="C744" t="s">
+        <v>38</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2733</v>
+      </c>
+      <c r="E744" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F744" t="s">
+        <v>2475</v>
+      </c>
+      <c r="G744" s="1" t="s">
+        <v>2744</v>
+      </c>
+      <c r="H744" t="s">
+        <v>2745</v>
+      </c>
+    </row>
+    <row r="745" spans="1:8">
+      <c r="A745" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B745" t="s">
+        <v>9</v>
+      </c>
+      <c r="C745" t="s">
+        <v>57</v>
+      </c>
+      <c r="D745" t="s">
+        <v>2733</v>
+      </c>
+      <c r="E745" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F745" t="s">
+        <v>2475</v>
+      </c>
+      <c r="G745" s="1" t="s">
+        <v>2747</v>
+      </c>
+      <c r="H745" t="s">
+        <v>2748</v>
+      </c>
+    </row>
+    <row r="746" spans="1:8">
+      <c r="A746" t="s">
+        <v>2749</v>
+      </c>
+      <c r="B746" t="s">
+        <v>9</v>
+      </c>
+      <c r="C746" t="s">
+        <v>61</v>
+      </c>
+      <c r="D746" t="s">
+        <v>2733</v>
+      </c>
+      <c r="E746" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F746" t="s">
+        <v>2475</v>
+      </c>
+      <c r="G746" s="1" t="s">
+        <v>2750</v>
+      </c>
+      <c r="H746" t="s">
+        <v>2751</v>
+      </c>
+    </row>
+    <row r="747" spans="1:8">
+      <c r="A747" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B747" t="s">
+        <v>9</v>
+      </c>
+      <c r="C747" t="s">
+        <v>65</v>
+      </c>
+      <c r="D747" t="s">
+        <v>2733</v>
+      </c>
+      <c r="E747" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F747" t="s">
+        <v>2475</v>
+      </c>
+      <c r="G747" s="1" t="s">
+        <v>2753</v>
+      </c>
+      <c r="H747" t="s">
+        <v>2754</v>
+      </c>
+    </row>
+    <row r="748" spans="1:8">
+      <c r="A748" t="s">
+        <v>2755</v>
+      </c>
+      <c r="B748" t="s">
+        <v>9</v>
+      </c>
+      <c r="C748" t="s">
+        <v>10</v>
+      </c>
+      <c r="D748" t="s">
+        <v>2756</v>
+      </c>
+      <c r="E748" t="s">
+        <v>2757</v>
+      </c>
+      <c r="G748" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="H748" t="s">
+        <v>2595</v>
+      </c>
+    </row>
+    <row r="749" spans="1:8">
+      <c r="A749" t="s">
+        <v>2759</v>
+      </c>
+      <c r="B749" t="s">
+        <v>9</v>
+      </c>
+      <c r="C749" t="s">
+        <v>29</v>
+      </c>
+      <c r="D749" t="s">
+        <v>2756</v>
+      </c>
+      <c r="E749" t="s">
+        <v>2757</v>
+      </c>
+      <c r="F749" t="s">
+        <v>34</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>2760</v>
+      </c>
+      <c r="H749" t="s">
+        <v>2761</v>
+      </c>
+    </row>
+    <row r="750" spans="1:8">
+      <c r="A750" t="s">
+        <v>2762</v>
+      </c>
+      <c r="B750" t="s">
+        <v>9</v>
+      </c>
+      <c r="C750" t="s">
+        <v>33</v>
+      </c>
+      <c r="D750" t="s">
+        <v>2756</v>
+      </c>
+      <c r="E750" t="s">
+        <v>2757</v>
+      </c>
+      <c r="F750" t="s">
+        <v>34</v>
+      </c>
+      <c r="G750" s="1" t="s">
+        <v>2763</v>
+      </c>
+      <c r="H750" t="s">
+        <v>2764</v>
+      </c>
+    </row>
+    <row r="751" spans="1:8">
+      <c r="A751" t="s">
+        <v>2765</v>
+      </c>
+      <c r="B751" t="s">
+        <v>9</v>
+      </c>
+      <c r="C751" t="s">
+        <v>38</v>
+      </c>
+      <c r="D751" t="s">
+        <v>2756</v>
+      </c>
+      <c r="E751" t="s">
+        <v>2757</v>
+      </c>
+      <c r="F751" t="s">
+        <v>34</v>
+      </c>
+      <c r="G751" s="1" t="s">
+        <v>2766</v>
+      </c>
+      <c r="H751" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="752" spans="1:8">
+      <c r="A752" t="s">
+        <v>2767</v>
+      </c>
+      <c r="B752" t="s">
+        <v>9</v>
+      </c>
+      <c r="C752" t="s">
+        <v>10</v>
+      </c>
+      <c r="D752" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E752" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F752" t="s">
+        <v>66</v>
+      </c>
+      <c r="G752" s="1" t="s">
+        <v>2770</v>
+      </c>
+      <c r="H752" t="s">
+        <v>2771</v>
+      </c>
+    </row>
+    <row r="753" spans="1:8">
+      <c r="A753" t="s">
+        <v>2772</v>
+      </c>
+      <c r="B753" t="s">
+        <v>9</v>
+      </c>
+      <c r="C753" t="s">
+        <v>29</v>
+      </c>
+      <c r="D753" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E753" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F753" t="s">
+        <v>66</v>
+      </c>
+      <c r="G753" s="1" t="s">
+        <v>2773</v>
+      </c>
+      <c r="H753" t="s">
+        <v>2774</v>
+      </c>
+    </row>
+    <row r="754" spans="1:8">
+      <c r="A754" t="s">
+        <v>2775</v>
+      </c>
+      <c r="B754" t="s">
+        <v>9</v>
+      </c>
+      <c r="C754" t="s">
+        <v>33</v>
+      </c>
+      <c r="D754" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E754" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F754" t="s">
+        <v>66</v>
+      </c>
+      <c r="G754" s="1" t="s">
+        <v>2776</v>
+      </c>
+      <c r="H754" t="s">
+        <v>2777</v>
+      </c>
+    </row>
+    <row r="755" spans="1:8">
+      <c r="A755" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B755" t="s">
+        <v>9</v>
+      </c>
+      <c r="C755" t="s">
+        <v>38</v>
+      </c>
+      <c r="D755" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E755" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F755" t="s">
+        <v>43</v>
+      </c>
+      <c r="G755" s="1" t="s">
+        <v>2779</v>
+      </c>
+      <c r="H755" t="s">
+        <v>2780</v>
+      </c>
+    </row>
+    <row r="756" spans="1:8">
+      <c r="A756" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B756" t="s">
+        <v>9</v>
+      </c>
+      <c r="C756" t="s">
+        <v>57</v>
+      </c>
+      <c r="D756" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E756" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F756" t="s">
+        <v>252</v>
+      </c>
+      <c r="G756" s="1" t="s">
+        <v>2782</v>
+      </c>
+      <c r="H756" t="s">
+        <v>2783</v>
+      </c>
+    </row>
+    <row r="757" spans="1:8">
+      <c r="A757" t="s">
+        <v>2784</v>
+      </c>
+      <c r="B757" t="s">
+        <v>9</v>
+      </c>
+      <c r="C757" t="s">
+        <v>61</v>
+      </c>
+      <c r="D757" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E757" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F757" t="s">
+        <v>66</v>
+      </c>
+      <c r="G757" s="1" t="s">
+        <v>2785</v>
+      </c>
+      <c r="H757" t="s">
+        <v>2786</v>
+      </c>
+    </row>
+    <row r="758" spans="1:8">
+      <c r="A758" t="s">
+        <v>2787</v>
+      </c>
+      <c r="B758" t="s">
+        <v>9</v>
+      </c>
+      <c r="C758" t="s">
+        <v>65</v>
+      </c>
+      <c r="D758" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E758" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F758" t="s">
+        <v>43</v>
+      </c>
+      <c r="G758" s="1" t="s">
+        <v>2788</v>
+      </c>
+      <c r="H758" t="s">
+        <v>2789</v>
+      </c>
+    </row>
+    <row r="759" spans="1:8">
+      <c r="A759" t="s">
+        <v>2790</v>
+      </c>
+      <c r="B759" t="s">
+        <v>9</v>
+      </c>
+      <c r="C759" t="s">
+        <v>70</v>
+      </c>
+      <c r="D759" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E759" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F759" t="s">
+        <v>43</v>
+      </c>
+      <c r="G759" s="1" t="s">
+        <v>2791</v>
+      </c>
+      <c r="H759" t="s">
+        <v>2792</v>
+      </c>
+    </row>
+    <row r="760" spans="1:8">
+      <c r="A760" t="s">
+        <v>2793</v>
+      </c>
+      <c r="B760" t="s">
+        <v>9</v>
+      </c>
+      <c r="C760" t="s">
+        <v>74</v>
+      </c>
+      <c r="D760" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E760" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F760" t="s">
+        <v>265</v>
+      </c>
+      <c r="G760" s="1" t="s">
+        <v>2794</v>
+      </c>
+      <c r="H760" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="761" spans="1:8">
+      <c r="A761" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B761" t="s">
+        <v>9</v>
+      </c>
+      <c r="C761" t="s">
+        <v>78</v>
+      </c>
+      <c r="D761" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E761" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F761" t="s">
+        <v>265</v>
+      </c>
+      <c r="G761" s="1" t="s">
+        <v>2797</v>
+      </c>
+      <c r="H761" t="s">
+        <v>2798</v>
+      </c>
+    </row>
+    <row r="762" spans="1:8">
+      <c r="A762" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B762" t="s">
+        <v>9</v>
+      </c>
+      <c r="C762" t="s">
+        <v>82</v>
+      </c>
+      <c r="D762" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E762" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F762" t="s">
+        <v>243</v>
+      </c>
+      <c r="G762" s="1" t="s">
+        <v>2800</v>
+      </c>
+      <c r="H762" t="s">
+        <v>2801</v>
+      </c>
+    </row>
+    <row r="763" spans="1:8">
+      <c r="A763" t="s">
+        <v>2802</v>
+      </c>
+      <c r="B763" t="s">
+        <v>9</v>
+      </c>
+      <c r="C763" t="s">
+        <v>86</v>
+      </c>
+      <c r="D763" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E763" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F763" t="s">
+        <v>265</v>
+      </c>
+      <c r="G763" s="1" t="s">
+        <v>2803</v>
+      </c>
+      <c r="H763" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="764" spans="1:8">
+      <c r="A764" t="s">
+        <v>2805</v>
+      </c>
+      <c r="B764" t="s">
+        <v>9</v>
+      </c>
+      <c r="C764" t="s">
+        <v>90</v>
+      </c>
+      <c r="D764" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E764" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F764" t="s">
+        <v>330</v>
+      </c>
+      <c r="G764" s="1" t="s">
+        <v>2806</v>
+      </c>
+      <c r="H764" t="s">
+        <v>2807</v>
+      </c>
+    </row>
+    <row r="765" spans="1:8">
+      <c r="A765" t="s">
+        <v>2808</v>
+      </c>
+      <c r="B765" t="s">
+        <v>9</v>
+      </c>
+      <c r="C765" t="s">
+        <v>94</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E765" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F765" t="s">
+        <v>265</v>
+      </c>
+      <c r="G765" s="1" t="s">
+        <v>2809</v>
+      </c>
+      <c r="H765" t="s">
+        <v>2810</v>
+      </c>
+    </row>
+    <row r="766" spans="1:8">
+      <c r="A766" t="s">
+        <v>2811</v>
+      </c>
+      <c r="B766" t="s">
+        <v>9</v>
+      </c>
+      <c r="C766" t="s">
+        <v>98</v>
+      </c>
+      <c r="D766" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E766" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F766" t="s">
+        <v>47</v>
+      </c>
+      <c r="G766" s="1" t="s">
+        <v>2812</v>
+      </c>
+      <c r="H766" t="s">
+        <v>2813</v>
+      </c>
+    </row>
+    <row r="767" spans="1:8">
+      <c r="A767" t="s">
+        <v>2814</v>
+      </c>
+      <c r="B767" t="s">
+        <v>9</v>
+      </c>
+      <c r="C767" t="s">
+        <v>102</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E767" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F767" t="s">
+        <v>43</v>
+      </c>
+      <c r="G767" s="1" t="s">
+        <v>2815</v>
+      </c>
+      <c r="H767" t="s">
+        <v>2816</v>
+      </c>
+    </row>
+    <row r="768" spans="1:8">
+      <c r="A768" t="s">
+        <v>2817</v>
+      </c>
+      <c r="B768" t="s">
+        <v>9</v>
+      </c>
+      <c r="C768" t="s">
+        <v>106</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E768" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F768" t="s">
+        <v>43</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>2818</v>
+      </c>
+      <c r="H768" t="s">
+        <v>2819</v>
+      </c>
+    </row>
+    <row r="769" spans="1:8">
+      <c r="A769" t="s">
+        <v>2820</v>
+      </c>
+      <c r="B769" t="s">
+        <v>9</v>
+      </c>
+      <c r="C769" t="s">
+        <v>110</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E769" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F769" t="s">
+        <v>47</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>2821</v>
+      </c>
+      <c r="H769" t="s">
+        <v>2822</v>
+      </c>
+    </row>
+    <row r="770" spans="1:8">
+      <c r="A770" t="s">
+        <v>2823</v>
+      </c>
+      <c r="B770" t="s">
+        <v>9</v>
+      </c>
+      <c r="C770" t="s">
+        <v>114</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E770" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F770" t="s">
+        <v>66</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>2824</v>
+      </c>
+      <c r="H770" t="s">
+        <v>2825</v>
+      </c>
+    </row>
+    <row r="771" spans="1:8">
+      <c r="A771" t="s">
+        <v>2826</v>
+      </c>
+      <c r="B771" t="s">
+        <v>9</v>
+      </c>
+      <c r="C771" t="s">
+        <v>118</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E771" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F771" t="s">
+        <v>265</v>
+      </c>
+      <c r="G771" s="1" t="s">
+        <v>2827</v>
+      </c>
+      <c r="H771" t="s">
+        <v>2828</v>
+      </c>
+    </row>
+    <row r="772" spans="1:8">
+      <c r="A772" t="s">
+        <v>2829</v>
+      </c>
+      <c r="B772" t="s">
+        <v>9</v>
+      </c>
+      <c r="C772" t="s">
+        <v>122</v>
+      </c>
+      <c r="D772" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E772" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F772" t="s">
+        <v>265</v>
+      </c>
+      <c r="G772" s="1" t="s">
+        <v>2830</v>
+      </c>
+      <c r="H772" t="s">
+        <v>2831</v>
+      </c>
+    </row>
+    <row r="773" spans="1:8">
+      <c r="A773" t="s">
+        <v>2832</v>
+      </c>
+      <c r="B773" t="s">
+        <v>9</v>
+      </c>
+      <c r="C773" t="s">
+        <v>126</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E773" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F773" t="s">
+        <v>43</v>
+      </c>
+      <c r="G773" s="1" t="s">
+        <v>2833</v>
+      </c>
+      <c r="H773" t="s">
+        <v>2834</v>
+      </c>
+    </row>
+    <row r="774" spans="1:8">
+      <c r="A774" t="s">
+        <v>2835</v>
+      </c>
+      <c r="B774" t="s">
+        <v>9</v>
+      </c>
+      <c r="C774" t="s">
+        <v>130</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E774" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F774" t="s">
+        <v>13</v>
+      </c>
+      <c r="G774" s="1" t="s">
+        <v>2836</v>
+      </c>
+      <c r="H774" t="s">
+        <v>2837</v>
+      </c>
+    </row>
+    <row r="775" spans="1:8">
+      <c r="A775" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B775" t="s">
+        <v>9</v>
+      </c>
+      <c r="C775" t="s">
+        <v>134</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E775" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F775" t="s">
+        <v>13</v>
+      </c>
+      <c r="G775" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="H775" t="s">
+        <v>2840</v>
+      </c>
+    </row>
+    <row r="776" spans="1:8">
+      <c r="A776" t="s">
+        <v>2841</v>
+      </c>
+      <c r="B776" t="s">
+        <v>9</v>
+      </c>
+      <c r="C776" t="s">
+        <v>138</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E776" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F776" t="s">
+        <v>47</v>
+      </c>
+      <c r="G776" s="1" t="s">
+        <v>2842</v>
+      </c>
+      <c r="H776" t="s">
+        <v>2843</v>
+      </c>
+    </row>
+    <row r="777" spans="1:8">
+      <c r="A777" t="s">
+        <v>2844</v>
+      </c>
+      <c r="B777" t="s">
+        <v>9</v>
+      </c>
+      <c r="C777" t="s">
+        <v>142</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E777" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F777" t="s">
+        <v>43</v>
+      </c>
+      <c r="G777" s="1" t="s">
+        <v>2845</v>
+      </c>
+      <c r="H777" t="s">
+        <v>2846</v>
+      </c>
+    </row>
+    <row r="778" spans="1:8">
+      <c r="A778" t="s">
+        <v>2847</v>
+      </c>
+      <c r="B778" t="s">
+        <v>9</v>
+      </c>
+      <c r="C778" t="s">
+        <v>146</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E778" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F778" t="s">
+        <v>13</v>
+      </c>
+      <c r="G778" s="1" t="s">
+        <v>2848</v>
+      </c>
+      <c r="H778" t="s">
+        <v>2849</v>
+      </c>
+    </row>
+    <row r="779" spans="1:8">
+      <c r="A779" t="s">
+        <v>2850</v>
+      </c>
+      <c r="B779" t="s">
+        <v>9</v>
+      </c>
+      <c r="C779" t="s">
+        <v>150</v>
+      </c>
+      <c r="D779" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E779" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F779" t="s">
+        <v>265</v>
+      </c>
+      <c r="G779" s="1" t="s">
+        <v>2851</v>
+      </c>
+      <c r="H779" t="s">
+        <v>2852</v>
+      </c>
+    </row>
+    <row r="780" spans="1:8">
+      <c r="A780" t="s">
+        <v>2853</v>
+      </c>
+      <c r="B780" t="s">
+        <v>9</v>
+      </c>
+      <c r="C780" t="s">
+        <v>154</v>
+      </c>
+      <c r="D780" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E780" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F780" t="s">
+        <v>13</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>2854</v>
+      </c>
+      <c r="H780" t="s">
+        <v>2855</v>
+      </c>
+    </row>
+    <row r="781" spans="1:8">
+      <c r="A781" t="s">
+        <v>2856</v>
+      </c>
+      <c r="B781" t="s">
+        <v>9</v>
+      </c>
+      <c r="C781" t="s">
+        <v>158</v>
+      </c>
+      <c r="D781" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E781" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F781" t="s">
+        <v>13</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>2857</v>
+      </c>
+      <c r="H781" t="s">
+        <v>2858</v>
+      </c>
+    </row>
+    <row r="782" spans="1:8">
+      <c r="A782" t="s">
+        <v>2859</v>
+      </c>
+      <c r="B782" t="s">
+        <v>9</v>
+      </c>
+      <c r="C782" t="s">
+        <v>162</v>
+      </c>
+      <c r="D782" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E782" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F782" t="s">
+        <v>330</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>2860</v>
+      </c>
+      <c r="H782" t="s">
+        <v>2861</v>
+      </c>
+    </row>
+    <row r="783" spans="1:8">
+      <c r="A783" t="s">
+        <v>2862</v>
+      </c>
+      <c r="B783" t="s">
+        <v>9</v>
+      </c>
+      <c r="C783" t="s">
+        <v>166</v>
+      </c>
+      <c r="D783" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E783" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F783" t="s">
+        <v>13</v>
+      </c>
+      <c r="G783" s="1" t="s">
+        <v>2863</v>
+      </c>
+      <c r="H783" t="s">
+        <v>2864</v>
+      </c>
+    </row>
+    <row r="784" spans="1:8">
+      <c r="A784" t="s">
+        <v>2865</v>
+      </c>
+      <c r="B784" t="s">
+        <v>9</v>
+      </c>
+      <c r="C784" t="s">
+        <v>170</v>
+      </c>
+      <c r="D784" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E784" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F784" t="s">
+        <v>25</v>
+      </c>
+      <c r="G784" s="1" t="s">
+        <v>2866</v>
+      </c>
+      <c r="H784" t="s">
+        <v>2867</v>
+      </c>
+    </row>
+    <row r="785" spans="1:8">
+      <c r="A785" t="s">
+        <v>2868</v>
+      </c>
+      <c r="B785" t="s">
+        <v>9</v>
+      </c>
+      <c r="C785" t="s">
+        <v>174</v>
+      </c>
+      <c r="D785" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E785" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F785" t="s">
+        <v>2869</v>
+      </c>
+      <c r="G785" s="1" t="s">
+        <v>2870</v>
+      </c>
+      <c r="H785" t="s">
+        <v>2871</v>
+      </c>
+    </row>
+    <row r="786" spans="1:8">
+      <c r="A786" t="s">
+        <v>2872</v>
+      </c>
+      <c r="B786" t="s">
+        <v>9</v>
+      </c>
+      <c r="C786" t="s">
+        <v>178</v>
+      </c>
+      <c r="D786" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E786" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F786" t="s">
+        <v>43</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>2873</v>
+      </c>
+      <c r="H786" t="s">
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="787" spans="1:8">
+      <c r="A787" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B787" t="s">
+        <v>9</v>
+      </c>
+      <c r="C787" t="s">
+        <v>182</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E787" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F787" t="s">
+        <v>265</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>2876</v>
+      </c>
+      <c r="H787" t="s">
+        <v>2877</v>
+      </c>
+    </row>
+    <row r="788" spans="1:8">
+      <c r="A788" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B788" t="s">
+        <v>9</v>
+      </c>
+      <c r="C788" t="s">
+        <v>186</v>
+      </c>
+      <c r="D788" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E788" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F788" t="s">
+        <v>612</v>
+      </c>
+      <c r="G788" s="1" t="s">
+        <v>2879</v>
+      </c>
+      <c r="H788" t="s">
+        <v>2880</v>
+      </c>
+    </row>
+    <row r="789" spans="1:8">
+      <c r="A789" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B789" t="s">
+        <v>9</v>
+      </c>
+      <c r="C789" t="s">
+        <v>190</v>
+      </c>
+      <c r="D789" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E789" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F789" t="s">
+        <v>330</v>
+      </c>
+      <c r="G789" s="1" t="s">
+        <v>2882</v>
+      </c>
+      <c r="H789" t="s">
+        <v>2883</v>
+      </c>
+    </row>
+    <row r="790" spans="1:8">
+      <c r="A790" t="s">
+        <v>2884</v>
+      </c>
+      <c r="B790" t="s">
+        <v>9</v>
+      </c>
+      <c r="C790" t="s">
+        <v>194</v>
+      </c>
+      <c r="D790" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E790" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F790" t="s">
+        <v>43</v>
+      </c>
+      <c r="G790" s="1" t="s">
+        <v>2885</v>
+      </c>
+      <c r="H790" t="s">
+        <v>2886</v>
+      </c>
+    </row>
+    <row r="791" spans="1:8">
+      <c r="A791" t="s">
+        <v>2887</v>
+      </c>
+      <c r="B791" t="s">
+        <v>9</v>
+      </c>
+      <c r="C791" t="s">
+        <v>198</v>
+      </c>
+      <c r="D791" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E791" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F791" t="s">
+        <v>43</v>
+      </c>
+      <c r="G791" s="1" t="s">
+        <v>2888</v>
+      </c>
+      <c r="H791" t="s">
+        <v>2889</v>
+      </c>
+    </row>
+    <row r="792" spans="1:8">
+      <c r="A792" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B792" t="s">
+        <v>9</v>
+      </c>
+      <c r="C792" t="s">
+        <v>202</v>
+      </c>
+      <c r="D792" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E792" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F792" t="s">
+        <v>43</v>
+      </c>
+      <c r="G792" s="1" t="s">
+        <v>2891</v>
+      </c>
+      <c r="H792" t="s">
+        <v>2892</v>
+      </c>
+    </row>
+    <row r="793" spans="1:8">
+      <c r="A793" t="s">
+        <v>2893</v>
+      </c>
+      <c r="B793" t="s">
+        <v>9</v>
+      </c>
+      <c r="C793" t="s">
+        <v>206</v>
+      </c>
+      <c r="D793" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E793" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F793" t="s">
+        <v>43</v>
+      </c>
+      <c r="G793" s="1" t="s">
+        <v>2894</v>
+      </c>
+      <c r="H793" t="s">
+        <v>2895</v>
+      </c>
+    </row>
+    <row r="794" spans="1:8">
+      <c r="A794" t="s">
+        <v>2896</v>
+      </c>
+      <c r="B794" t="s">
+        <v>9</v>
+      </c>
+      <c r="C794" t="s">
+        <v>210</v>
+      </c>
+      <c r="D794" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E794" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F794" t="s">
+        <v>43</v>
+      </c>
+      <c r="G794" s="1" t="s">
+        <v>2897</v>
+      </c>
+      <c r="H794" t="s">
+        <v>2898</v>
+      </c>
+    </row>
+    <row r="795" spans="1:8">
+      <c r="A795" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B795" t="s">
+        <v>9</v>
+      </c>
+      <c r="C795" t="s">
+        <v>214</v>
+      </c>
+      <c r="D795" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E795" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F795" t="s">
+        <v>612</v>
+      </c>
+      <c r="G795" s="1" t="s">
+        <v>2900</v>
+      </c>
+      <c r="H795" t="s">
+        <v>2901</v>
+      </c>
+    </row>
+    <row r="796" spans="1:8">
+      <c r="A796" t="s">
+        <v>2902</v>
+      </c>
+      <c r="B796" t="s">
+        <v>9</v>
+      </c>
+      <c r="C796" t="s">
+        <v>218</v>
+      </c>
+      <c r="D796" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E796" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F796" t="s">
+        <v>252</v>
+      </c>
+      <c r="G796" s="1" t="s">
+        <v>2903</v>
+      </c>
+      <c r="H796" t="s">
+        <v>2904</v>
+      </c>
+    </row>
+    <row r="797" spans="1:8">
+      <c r="A797" t="s">
+        <v>2905</v>
+      </c>
+      <c r="B797" t="s">
+        <v>9</v>
+      </c>
+      <c r="C797" t="s">
+        <v>222</v>
+      </c>
+      <c r="D797" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E797" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F797" t="s">
+        <v>13</v>
+      </c>
+      <c r="G797" s="1" t="s">
+        <v>2906</v>
+      </c>
+      <c r="H797" t="s">
+        <v>2907</v>
+      </c>
+    </row>
+    <row r="798" spans="1:8">
+      <c r="A798" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B798" t="s">
+        <v>9</v>
+      </c>
+      <c r="C798" t="s">
+        <v>226</v>
+      </c>
+      <c r="D798" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E798" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F798" t="s">
+        <v>13</v>
+      </c>
+      <c r="G798" s="1" t="s">
+        <v>2909</v>
+      </c>
+      <c r="H798" t="s">
+        <v>2910</v>
+      </c>
+    </row>
+    <row r="799" spans="1:8">
+      <c r="A799" t="s">
+        <v>2911</v>
+      </c>
+      <c r="B799" t="s">
+        <v>9</v>
+      </c>
+      <c r="C799" t="s">
+        <v>230</v>
+      </c>
+      <c r="D799" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E799" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F799" t="s">
+        <v>330</v>
+      </c>
+      <c r="G799" s="1" t="s">
+        <v>2912</v>
+      </c>
+      <c r="H799" t="s">
+        <v>2913</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -27394,50 +30580,138 @@
     <hyperlink ref="G687" r:id="rId686"/>
     <hyperlink ref="G688" r:id="rId687"/>
     <hyperlink ref="G689" r:id="rId688"/>
     <hyperlink ref="G690" r:id="rId689"/>
     <hyperlink ref="G691" r:id="rId690"/>
     <hyperlink ref="G692" r:id="rId691"/>
     <hyperlink ref="G693" r:id="rId692"/>
     <hyperlink ref="G694" r:id="rId693"/>
     <hyperlink ref="G695" r:id="rId694"/>
     <hyperlink ref="G696" r:id="rId695"/>
     <hyperlink ref="G697" r:id="rId696"/>
     <hyperlink ref="G698" r:id="rId697"/>
     <hyperlink ref="G699" r:id="rId698"/>
     <hyperlink ref="G700" r:id="rId699"/>
     <hyperlink ref="G701" r:id="rId700"/>
     <hyperlink ref="G702" r:id="rId701"/>
     <hyperlink ref="G703" r:id="rId702"/>
     <hyperlink ref="G704" r:id="rId703"/>
     <hyperlink ref="G705" r:id="rId704"/>
     <hyperlink ref="G706" r:id="rId705"/>
     <hyperlink ref="G707" r:id="rId706"/>
     <hyperlink ref="G708" r:id="rId707"/>
     <hyperlink ref="G709" r:id="rId708"/>
     <hyperlink ref="G710" r:id="rId709"/>
     <hyperlink ref="G711" r:id="rId710"/>
+    <hyperlink ref="G712" r:id="rId711"/>
+    <hyperlink ref="G713" r:id="rId712"/>
+    <hyperlink ref="G714" r:id="rId713"/>
+    <hyperlink ref="G715" r:id="rId714"/>
+    <hyperlink ref="G716" r:id="rId715"/>
+    <hyperlink ref="G717" r:id="rId716"/>
+    <hyperlink ref="G718" r:id="rId717"/>
+    <hyperlink ref="G719" r:id="rId718"/>
+    <hyperlink ref="G720" r:id="rId719"/>
+    <hyperlink ref="G721" r:id="rId720"/>
+    <hyperlink ref="G722" r:id="rId721"/>
+    <hyperlink ref="G723" r:id="rId722"/>
+    <hyperlink ref="G724" r:id="rId723"/>
+    <hyperlink ref="G725" r:id="rId724"/>
+    <hyperlink ref="G726" r:id="rId725"/>
+    <hyperlink ref="G727" r:id="rId726"/>
+    <hyperlink ref="G728" r:id="rId727"/>
+    <hyperlink ref="G729" r:id="rId728"/>
+    <hyperlink ref="G730" r:id="rId729"/>
+    <hyperlink ref="G731" r:id="rId730"/>
+    <hyperlink ref="G732" r:id="rId731"/>
+    <hyperlink ref="G733" r:id="rId732"/>
+    <hyperlink ref="G734" r:id="rId733"/>
+    <hyperlink ref="G735" r:id="rId734"/>
+    <hyperlink ref="G736" r:id="rId735"/>
+    <hyperlink ref="G737" r:id="rId736"/>
+    <hyperlink ref="G738" r:id="rId737"/>
+    <hyperlink ref="G739" r:id="rId738"/>
+    <hyperlink ref="G740" r:id="rId739"/>
+    <hyperlink ref="G741" r:id="rId740"/>
+    <hyperlink ref="G742" r:id="rId741"/>
+    <hyperlink ref="G743" r:id="rId742"/>
+    <hyperlink ref="G744" r:id="rId743"/>
+    <hyperlink ref="G745" r:id="rId744"/>
+    <hyperlink ref="G746" r:id="rId745"/>
+    <hyperlink ref="G747" r:id="rId746"/>
+    <hyperlink ref="G748" r:id="rId747"/>
+    <hyperlink ref="G749" r:id="rId748"/>
+    <hyperlink ref="G750" r:id="rId749"/>
+    <hyperlink ref="G751" r:id="rId750"/>
+    <hyperlink ref="G752" r:id="rId751"/>
+    <hyperlink ref="G753" r:id="rId752"/>
+    <hyperlink ref="G754" r:id="rId753"/>
+    <hyperlink ref="G755" r:id="rId754"/>
+    <hyperlink ref="G756" r:id="rId755"/>
+    <hyperlink ref="G757" r:id="rId756"/>
+    <hyperlink ref="G758" r:id="rId757"/>
+    <hyperlink ref="G759" r:id="rId758"/>
+    <hyperlink ref="G760" r:id="rId759"/>
+    <hyperlink ref="G761" r:id="rId760"/>
+    <hyperlink ref="G762" r:id="rId761"/>
+    <hyperlink ref="G763" r:id="rId762"/>
+    <hyperlink ref="G764" r:id="rId763"/>
+    <hyperlink ref="G765" r:id="rId764"/>
+    <hyperlink ref="G766" r:id="rId765"/>
+    <hyperlink ref="G767" r:id="rId766"/>
+    <hyperlink ref="G768" r:id="rId767"/>
+    <hyperlink ref="G769" r:id="rId768"/>
+    <hyperlink ref="G770" r:id="rId769"/>
+    <hyperlink ref="G771" r:id="rId770"/>
+    <hyperlink ref="G772" r:id="rId771"/>
+    <hyperlink ref="G773" r:id="rId772"/>
+    <hyperlink ref="G774" r:id="rId773"/>
+    <hyperlink ref="G775" r:id="rId774"/>
+    <hyperlink ref="G776" r:id="rId775"/>
+    <hyperlink ref="G777" r:id="rId776"/>
+    <hyperlink ref="G778" r:id="rId777"/>
+    <hyperlink ref="G779" r:id="rId778"/>
+    <hyperlink ref="G780" r:id="rId779"/>
+    <hyperlink ref="G781" r:id="rId780"/>
+    <hyperlink ref="G782" r:id="rId781"/>
+    <hyperlink ref="G783" r:id="rId782"/>
+    <hyperlink ref="G784" r:id="rId783"/>
+    <hyperlink ref="G785" r:id="rId784"/>
+    <hyperlink ref="G786" r:id="rId785"/>
+    <hyperlink ref="G787" r:id="rId786"/>
+    <hyperlink ref="G788" r:id="rId787"/>
+    <hyperlink ref="G789" r:id="rId788"/>
+    <hyperlink ref="G790" r:id="rId789"/>
+    <hyperlink ref="G791" r:id="rId790"/>
+    <hyperlink ref="G792" r:id="rId791"/>
+    <hyperlink ref="G793" r:id="rId792"/>
+    <hyperlink ref="G794" r:id="rId793"/>
+    <hyperlink ref="G795" r:id="rId794"/>
+    <hyperlink ref="G796" r:id="rId795"/>
+    <hyperlink ref="G797" r:id="rId796"/>
+    <hyperlink ref="G798" r:id="rId797"/>
+    <hyperlink ref="G799" r:id="rId798"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>