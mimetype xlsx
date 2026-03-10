--- v0 (2025-10-18)
+++ v1 (2026-03-10)
@@ -54,8172 +54,8172 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EP</t>
   </si>
   <si>
     <t>Emendas a Projetos</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4676/emenda01_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4676/emenda01_21.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO ARTIGO 5º DO PROJETO DE LEI Nº 01/21</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Edmilson do Esporte, Jair Silva, Nailson, Pablo Pereira, Zé Mineiro, Zezequinho Herculano</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4737/emenda_0221.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4737/emenda_0221.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO ARTIGO 1º DO PROJETO DE LEI Nº 06/21</t>
   </si>
   <si>
     <t>4929</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4929/emenda03_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4929/emenda03_21.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO ARTIGO 1º DO PROJETO DE LEI Nº 17/21</t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4930/emenda04_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4930/emenda04_21.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA AO ARTIGO 3º DO PROJETO DE LEI Nº 17/21</t>
   </si>
   <si>
     <t>4961</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4961/emenda05_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4961/emenda05_21.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO § 4º DO ARTIGO 6º DO PROJETO DE LEI Nº 19/21</t>
   </si>
   <si>
     <t>4967</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4967/emenda06_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4967/emenda06_21.pdf</t>
   </si>
   <si>
     <t>ADITIVA AO ARTIGO 7º DO PROJETO DE LEI Nº 19/21</t>
   </si>
   <si>
     <t>4971</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4971/emenda07_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4971/emenda07_21.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO INCISO II DO ARTIGO 9º DO  PL 19/21 (Tolerância de 15 minutos)</t>
   </si>
   <si>
     <t>4972</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4972/emenda08_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4972/emenda08_21.pdf</t>
   </si>
   <si>
     <t>ADITIVA DE ARTIGO AO PL 19/21(Permissão especifica pra morador que não tem vaga de garagem)</t>
   </si>
   <si>
     <t>4973</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4973/emenda09_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4973/emenda09_21.pdf</t>
   </si>
   <si>
     <t>ADITIVA AO PL 19/21 (Limitação de até 10 ruas para demarcação de zona azul</t>
   </si>
   <si>
     <t>5115</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Pablo Pereira</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5115/emenda10_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5115/emenda10_21.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO ARTIGO 1º DO PROJETO DE LEI Nº 33/21</t>
   </si>
   <si>
     <t>5144</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5144/emenda11_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5144/emenda11_21.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA A REDAÇÃO DO ARTIGO 1º DO PROJETO DE LEI 40/21</t>
   </si>
   <si>
     <t>5148</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5148/emenda_12_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5148/emenda_12_21.pdf</t>
   </si>
   <si>
     <t>Modificativa a redação do artigo 6º do PL 41/21</t>
   </si>
   <si>
     <t>5149</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5149/emenda_13_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5149/emenda_13_21.pdf</t>
   </si>
   <si>
     <t>Modificativa a redação do artigo 9º do PL 41/21</t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>CAPD - Comissão de Agricultura, Pecuária, Desenvolvimento rural e Meio Ambiente, Planejamento, Uso e Ocupaç</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5190/emenda14_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5190/emenda14_21.pdf</t>
   </si>
   <si>
     <t>Substitutiva a redação do Artigo 1º do Projeto de Lei 40/21</t>
   </si>
   <si>
     <t>5252</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>CEL - Comissão de  Educação, Cultura, Lazer e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5252/emenda_15_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5252/emenda_15_21.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA AO ARTIGO 10 DO PROJETO DE LEI Nº 41/21</t>
   </si>
   <si>
     <t>5261</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5261/emenda_16_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5261/emenda_16_21.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO ARTIGO 5º DO PROJETO DE LEI Nº 41/21</t>
   </si>
   <si>
     <t>5273</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5273/emenda_17_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5273/emenda_17_21.pdf</t>
   </si>
   <si>
     <t>Modificativa a redação do artigo 1º do Projeto de Lei 52/21</t>
   </si>
   <si>
     <t>5300</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5300/emenda18_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5300/emenda18_21.pdf</t>
   </si>
   <si>
     <t>Substitutiva ao Art. 1º , alterando o Anexo I do PLC nº 05/.21</t>
   </si>
   <si>
     <t>5301</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5301/emenda19_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5301/emenda19_21.pdf</t>
   </si>
   <si>
     <t>Substitutiva ao Art. 1º , alterando o Anexo I do PLC 05/2021</t>
   </si>
   <si>
     <t>5302</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5302/emenda20_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5302/emenda20_21.pdf</t>
   </si>
   <si>
     <t>Supressiva ao Art.5º do PLC 05/21</t>
   </si>
   <si>
     <t>5310</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5310/emenda_21_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5310/emenda_21_2021.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA A REDAÇÃO DO ARTIGO 3º DO PROJETO DE LEI Nº 53/21</t>
   </si>
   <si>
     <t>5313</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5313/emenda22_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5313/emenda22_21.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA A REDAÇÃO DO ANEXO II DO PROJETO DE LEI  COMPLEMENTAR Nº 06/21</t>
   </si>
   <si>
     <t>5314</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Jair Silva</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5314/emenda_23_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5314/emenda_23_21.pdf</t>
   </si>
   <si>
     <t>Aditiva ao Anexo I da Lei Complementar N°06/2021</t>
   </si>
   <si>
     <t>5315</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5315/emenda24_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5315/emenda24_21.pdf</t>
   </si>
   <si>
     <t>Modificativa ao Anexo I da Lei Complementar N°06/2021 (carga horária do Prof. Auxiliar  de Educação Especial)</t>
   </si>
   <si>
     <t>5316</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5316/emenda25_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5316/emenda25_21.pdf</t>
   </si>
   <si>
     <t>Aditiva ao Anexo I da Lei Complementar N°06/2021 (exigência de Licenciatura Plena em Pedagogia para os cargos de Coordenadores)</t>
   </si>
   <si>
     <t>5317</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Nailson</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5317/emenda_26_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5317/emenda_26_21.pdf</t>
   </si>
   <si>
     <t>SUPRESSIVA ao Anexo II da Lei Complementar N°06/2021</t>
   </si>
   <si>
     <t>5318</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5318/emenda_27_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5318/emenda_27_21.pdf</t>
   </si>
   <si>
     <t>ADITIVA ao Anexo II da Lei Complementar N°06/2021</t>
   </si>
   <si>
     <t>5319</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5319/emenda_28_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5319/emenda_28_21.pdf</t>
   </si>
   <si>
     <t>Substitutiva a redação do artigo 4º do PLC 08 (vigência pra 2022)</t>
   </si>
   <si>
     <t>5324</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO ART. 2º DO PLC Nº 08/2021</t>
   </si>
   <si>
     <t>5329</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5329/emenda30_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5329/emenda30_21.pdf</t>
   </si>
   <si>
     <t>Substitutiva a Redação do Art. 2º do PL 56/21</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Moyses Neto, Claudio Honorio, Edmilson do Esporte, Henrique do Porto, Nailson, Pablo Pereira, Zé Mineiro, Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4558/ind._01_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4558/ind._01_21.pdf</t>
   </si>
   <si>
     <t>pintura de lombadas e placas de sinalização nos Bairros Jardim Alvorada e Oliveira Barros</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4559/ind._02_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4559/ind._02_21.pdf</t>
   </si>
   <si>
     <t>implantação de lombadas nas Ruas Joaquim Balbino de Campos e Benedito Martins</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
     <t>Moyses Neto</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4560/ind._03_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4560/ind._03_21.pdf</t>
   </si>
   <si>
     <t>internet para a Escola do Jardim Alvorada</t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4561/ind._04_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4561/ind._04_21.pdf</t>
   </si>
   <si>
     <t>limpeza de valas no Jardim Alvorada</t>
   </si>
   <si>
     <t>4562</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4562/ind._05_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4562/ind._05_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica no Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4563</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4563/ind._06_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4563/ind._06_21.pdf</t>
   </si>
   <si>
     <t>implantação de luminárias no Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4564</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4564/ind._07_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4564/ind._07_21.pdf</t>
   </si>
   <si>
     <t>reparos e reforma dos aparelhos da academia ao ar livre - Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4565</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4565/ind._08_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4565/ind._08_21.pdf</t>
   </si>
   <si>
     <t>manutenção da Rua Araribá, na Vila Aurora</t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4566/ind._09_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4566/ind._09_21.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada que liga Oliveira Barros ao jardim Alvorada</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4567/ind._10_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4567/ind._10_21.pdf</t>
   </si>
   <si>
     <t>reparos na boca de lobo na Rua Benedito Martins - bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4568/ind_11_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4568/ind_11_21.pdf</t>
   </si>
   <si>
     <t>manutenção nas calçadas do centro da cidade</t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
     <t>Moyses Neto, Edmilson do Esporte, Henrique do Porto, Nailson, Pablo Pereira, Zé Mineiro, Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4569/ind._12_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4569/ind._12_21.pdf</t>
   </si>
   <si>
     <t>colocação de guard-rail na ponte do ribeirão da Rua 11 de junho em frente ao CRAS</t>
   </si>
   <si>
     <t>4570</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4570/ind._13_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4570/ind._13_21.pdf</t>
   </si>
   <si>
     <t>construção de banheiro público na Praça Antonio Moreira de Melo - Jardim Alvorada</t>
   </si>
   <si>
     <t>4571</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4571/ind._14_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4571/ind._14_21.pdf</t>
   </si>
   <si>
     <t>criação de projeto esportivo para o Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4572/ind._15_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4572/ind._15_21.pdf</t>
   </si>
   <si>
     <t>manutenção e substituição de tampas das caixas de bueiros na Rua Benedito Martins- Jardim Alvorada</t>
   </si>
   <si>
     <t>4573</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4573/ind._16_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4573/ind._16_21.pdf</t>
   </si>
   <si>
     <t>construção de passarela no rio próximo a Praça do Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4574/ind._17_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4574/ind._17_21.pdf</t>
   </si>
   <si>
     <t>controle dos pombos na rodoviária</t>
   </si>
   <si>
     <t>4575</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4575/ind._18_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4575/ind._18_21.pdf</t>
   </si>
   <si>
     <t>manutenção no alambrado da Praça do Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4576</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4576/ind_19_22.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4576/ind_19_22.pdf</t>
   </si>
   <si>
     <t>limpeza do leito do rio- Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4577</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4577/ind._20_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4577/ind._20_21.pdf</t>
   </si>
   <si>
     <t>manutenção nos brinquedos do parquinho da Praça Antonio Moreira de Melo - Jardim Alvorada</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4578/ind._21_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4578/ind._21_21.pdf</t>
   </si>
   <si>
     <t>instalação de quatro luminárias nas vielas do Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4579</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4579/ind._22_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4579/ind._22_21.pdf</t>
   </si>
   <si>
     <t>construção de abrigo para passageiros de ônibus, Bairro Biguá - sentido Curitiba/São paulo</t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4580/ind._23_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4580/ind._23_21.pdf</t>
   </si>
   <si>
     <t>construção de abrigo de passageiros de ônibus Bairro Vila Batista - sentido Curitiba/São Paulo</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4581/ind._24_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4581/ind._24_21.pdf</t>
   </si>
   <si>
     <t>solicita a instalação de sete luminárias no Bairro Vila Batista</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4582/ind._25_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4582/ind._25_21.pdf</t>
   </si>
   <si>
     <t>instalação de linha de bueiro na Rua Beija-Flor , Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4583/ind._26_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4583/ind._26_21.pdf</t>
   </si>
   <si>
     <t>construção de casas populares</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4584/ind._27_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4584/ind._27_21.pdf</t>
   </si>
   <si>
     <t>roçada e tapa buracos no Bairro Biguá</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4585/ind._28_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4585/ind._28_21.pdf</t>
   </si>
   <si>
     <t>pavimentação nas ruas do Bairro Serrinha</t>
   </si>
   <si>
     <t>4586</t>
   </si>
   <si>
     <t>Edmilson do Esporte, Claudio Honorio, Henrique do Porto, Moyses Neto, Nailson, Pablo Pereira, Zé Mineiro, Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4586/ind._29_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4586/ind._29_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica nas Ruas do Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4587/ind_230_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4587/ind_230_21.pdf</t>
   </si>
   <si>
     <t>construção de praça com área de lazer - Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4588/ind._31_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4588/ind._31_21.pdf</t>
   </si>
   <si>
     <t>aumentar o campo do Jardim Yolanda</t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4589/ind._32_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4589/ind._32_21.pdf</t>
   </si>
   <si>
     <t>escolinha de futebol pra o Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4590/ind._33_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4590/ind._33_21.pdf</t>
   </si>
   <si>
     <t>abrigo para passageiros de ônibus - Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4591/ind._34_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4591/ind._34_21.pdf</t>
   </si>
   <si>
     <t>manutenção e iluminação nas vielas do Pássaro e Jacutinga, Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4592/ind._35_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4592/ind._35_21.pdf</t>
   </si>
   <si>
     <t>manutenção e limpeza no Jardim Yolanda</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4593/ind._36_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4593/ind._36_21.pdf</t>
   </si>
   <si>
     <t>construir uma área de lazer para caminhada no Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4594/ind._37_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4594/ind._37_21.pdf</t>
   </si>
   <si>
     <t>manutenção nas ruas e no esgoto - Bairro Balança</t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4595/ind._38_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4595/ind._38_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada na Vila Matsuda</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4596/ind._39_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4596/ind._39_21.pdf</t>
   </si>
   <si>
     <t>praça e um local de esporte e lazer - Bairro Vila Matsuda</t>
   </si>
   <si>
     <t>4597</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4597/ind._40_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4597/ind._40_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada - Bairro Vila Nova</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4598/ind._41_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4598/ind._41_21.pdf</t>
   </si>
   <si>
     <t>benfeitorias no campo da vista grande</t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4599/ind._42_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4599/ind._42_21.pdf</t>
   </si>
   <si>
     <t>benfeitorias no campo do moraes</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4600/ind._43_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4600/ind._43_21.pdf</t>
   </si>
   <si>
     <t>indica a retomada das escolinhas da Prefeitura</t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4601/ind._44_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4601/ind._44_21.pdf</t>
   </si>
   <si>
     <t>volta da Mini Olimpíada Escolar</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Nailson, Claudio Honorio, Edmilson do Esporte, Henrique do Porto, Moyses Neto, Pablo Pereira, Zé Mineiro, Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4602/ind._45_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4602/ind._45_21.pdf</t>
   </si>
   <si>
     <t>construção de poço artesiano no Bairro Mutuca</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4603/ind._46_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4603/ind._46_21.pdf</t>
   </si>
   <si>
     <t>elevação da cota de Estrada</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4604/ind._47_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4604/ind._47_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada nas Estradas da Vila São josé e Barra Funda</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4605/ind._48_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4605/ind._48_21.pdf</t>
   </si>
   <si>
     <t>manutenção no velório de Oliveira Barros</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4606/ind._49_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4606/ind._49_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada na estrada da Barra Funda a Panelas</t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4607/ind._50_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4607/ind._50_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada na Estrada da Barra Funda e Peniches</t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4608/ind._51_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4608/ind._51_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada na estrada de Biguazinho a Fau</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4609/ind._52_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4609/ind._52_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada na estrada de  Oliveira Barros a Biguazinho</t>
   </si>
   <si>
     <t>4610</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4610/ind._53_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4610/ind._53_21.pdf</t>
   </si>
   <si>
     <t>notificar a empresa que realizou obra de pavimentação asfáltica da entrada de Oliveira Barros</t>
   </si>
   <si>
     <t>4611</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4611/ind._54_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4611/ind._54_21.pdf</t>
   </si>
   <si>
     <t>pavimentação no Bairro Mutuca</t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4612/ind._55_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4612/ind._55_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada na estrada de Oliveira Barros à Vila Batista</t>
   </si>
   <si>
     <t>4615</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Nailson, Edmilson do Esporte, Henrique do Porto, Moyses Neto, Pablo Pereira, Zé Mineiro, Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4615/ind._56_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4615/ind._56_21.pdf</t>
   </si>
   <si>
     <t>manutenção e substituição de bueiro na Estrada da Pedra Branca</t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4616/ind._57_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4616/ind._57_21.pdf</t>
   </si>
   <si>
     <t>aumento da quantidade e adequação de horário de transporte municipal nos Bairros Biguazinho, Matsuda e San Remo</t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4617/ind._58_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4617/ind._58_21.pdf</t>
   </si>
   <si>
     <t>colocação de linha de bueiros</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4618/ind._59_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4618/ind._59_21.pdf</t>
   </si>
   <si>
     <t>construção de boca de lobo e instalação de linha de bueiro</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4619/ind._60_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4619/ind._60_21.pdf</t>
   </si>
   <si>
     <t>manutenção da linha e das caixas de esgoto - Bairro Balança</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4620/ind._61_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4620/ind._61_21.pdf</t>
   </si>
   <si>
     <t>implantação de lombada em frente a padaria do Sr. Luiz, Vila São josé</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4621/ind._62_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4621/ind._62_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica na Rua João dias, Bairro Biguá</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4622/ind_63_22.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4622/ind_63_22.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica da Vila São José até a Vila São Pedro</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4623/ind._64_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4623/ind._64_21.pdf</t>
   </si>
   <si>
     <t>manutenção no cemitério de Pedro Barros</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4624/ind._65_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4624/ind._65_21.pdf</t>
   </si>
   <si>
     <t>manutenção e limpeza no Postinho Bairro Ribeirão Bonito</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4625/ind._66_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4625/ind._66_21.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada do Ribeirão Bonito e Serraria</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4626/ind._67_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4626/ind._67_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada na beira da linha</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4627/ind._68_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4627/ind._68_21.pdf</t>
   </si>
   <si>
     <t>caminhão do lixo - fazer o itinerário da Mitra e Vista Grande</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Edmilson do Esporte</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4628/ind._69_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4628/ind._69_21.pdf</t>
   </si>
   <si>
     <t>indica a reativação do campo dos trabalhadores para a prática de futebol</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4629/ind._70_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4629/ind._70_21.pdf</t>
   </si>
   <si>
     <t>serviço de manutenção e roçada das Estradas Araribá I e II e Felizarda</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4630/ind._71_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4630/ind._71_21.pdf</t>
   </si>
   <si>
     <t>concretagem do trecho denominado pé de galinha e Igreja Católica- Bairro Vista Grande</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4631/ind._72_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4631/ind._72_21.pdf</t>
   </si>
   <si>
     <t>manutenção, limpeza e roçada no Bairro Estação</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4635/ind._73_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4635/ind._73_21.pdf</t>
   </si>
   <si>
     <t>limpeza de bueiros localizados na Avenida Washington Luiz</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4636/ind.74_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4636/ind.74_21.pdf</t>
   </si>
   <si>
     <t>canalização ou instalação de USIS no bairro Serrinha</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4637/ind._75_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4637/ind._75_21.pdf</t>
   </si>
   <si>
     <t>extensão de rede de esgoto na Rua Juriti, Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4638/ind._76_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4638/ind._76_21.pdf</t>
   </si>
   <si>
     <t>construção de lombada na Rua Quatro, Bairro Vila Kamaiti</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4639/ind._77_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4639/ind._77_21.pdf</t>
   </si>
   <si>
     <t>manutenção, roçada e tapa buracos em todas as ruas do bairro da Vila Kamaiti</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4640/ind._78_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4640/ind._78_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica na Rua conhecida como José Kowalez</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4641/ind._79_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4641/ind._79_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada na Rua Marc Farlane</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4642/ind._80_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4642/ind._80_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada nas Ruas Vereador Carlos Hirakawa e Vereador Adhemar de Barros</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4643/ind._81_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4643/ind._81_21.pdf</t>
   </si>
   <si>
     <t>abrigo para os taxistas na Rua Rissaburo Miyagui e Avenida Dona Evarista de Castro e sinalização de pontos</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4644/ind._82_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4644/ind._82_21.pdf</t>
   </si>
   <si>
     <t>extensão de rede de iluminação pública- final da Rua Vinícius de Moraes- Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Cleiton Souza, Jair Silva</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4645/ind._83_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4645/ind._83_21.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de pavimentação asfáltica em ruas do Distrito de Oliveira Barros</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Jair Silva, Cleiton Souza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4646/ind._84_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4646/ind._84_21.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de reforma da quadra coberta do distrito de Oliveira Barros</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4647/ind._85_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4647/ind._85_21.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de manutenção de rua no Distrito de Oliveira Barros</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4648/ind._86_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4648/ind._86_21.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de extensão de iluminação em rua no Distrito de Oliveira Barros</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4649/ind._87_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4649/ind._87_21.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de implantação de calçadas em rua no Distrito de Oliveira Barros</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4650/ind._88_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4650/ind._88_21.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de funcionário para manutenção de limpeza no Distrito de Oliveira Barros</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Cleiton Souza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4651/ind._89_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4651/ind._89_21.pdf</t>
   </si>
   <si>
     <t>manutenção no ponto de ônibus na Praça Pauline Wolpert- Bairro Oliveira Barros</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4652/ind._90_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4652/ind._90_21.pdf</t>
   </si>
   <si>
     <t>limpeza de valas - Bairro Vila Kamaiti</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4653/ind._91_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4653/ind._91_21.pdf</t>
   </si>
   <si>
     <t>placa de identificação de ruas- Bairro Vila Kamaiti</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4654/ind._92_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4654/ind._92_21.pdf</t>
   </si>
   <si>
     <t>instalação de linha telefônica na UBS da Vila São josé</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4655/ind._93_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4655/ind._93_21.pdf</t>
   </si>
   <si>
     <t>manutenção na UBS do Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4656/ind._94_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4656/ind._94_21.pdf</t>
   </si>
   <si>
     <t>providências com relação a caminhão estacionado na entrada do Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4657/ind._95_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4657/ind._95_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada na Rua 1 e Rua 2, Vila Expedicionária</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4658/ind._96_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4658/ind._96_21.pdf</t>
   </si>
   <si>
     <t>benfeitorias nas ruas do Bairro Vila Expedicionária e Vila Nova</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4659/ind._97_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4659/ind._97_21.pdf</t>
   </si>
   <si>
     <t>indica aumento no vale alimentação dos funcionários públicos municipais</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Henrique do Porto</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4660/ind._98_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4660/ind._98_21.pdf</t>
   </si>
   <si>
     <t>limpeza do córrego da Vila Ubirajara</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4661/ind._99_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4661/ind._99_21.pdf</t>
   </si>
   <si>
     <t>manutenção na segunda entrada do Bairro de Musácea</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4662/ind._100_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4662/ind._100_21.pdf</t>
   </si>
   <si>
     <t>manutenção na linha de tubo (bueiro) - Bairro Musácea</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4663/ind._101_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4663/ind._101_21.pdf</t>
   </si>
   <si>
     <t>colocação de duas lixeiras na Casa Branca - Bairro de Musácea</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4664/ind._102_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4664/ind._102_21.pdf</t>
   </si>
   <si>
     <t>limpeza e roçada na Rua Valdir Azevedo , Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4665/ind._103_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4665/ind._103_21.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada Braterra III- Bairro Pedro Barros</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4666/ind._104_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4666/ind._104_21.pdf</t>
   </si>
   <si>
     <t>melhorias e manutenção no campo de futebol de Oliveira Barros</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4667/ind._105_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4667/ind._105_21.pdf</t>
   </si>
   <si>
     <t>desapropriar a área da quadra coberta de Oliveira Barros</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4668/ind._106_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4668/ind._106_21.pdf</t>
   </si>
   <si>
     <t>extensão de rede de iluminação pública -Rua João Alves Carneiro- Biguá</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4669/ind._107_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4669/ind._107_21.pdf</t>
   </si>
   <si>
     <t>fornecimento de equipamento de proteção individual- EPI</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4670/ind._108_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4670/ind._108_21.pdf</t>
   </si>
   <si>
     <t>reforma na creche da Vila São José</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4671/ind._109_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4671/ind._109_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica na Rua Teixeirinha, Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4672/ind._110_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4672/ind._110_21.pdf</t>
   </si>
   <si>
     <t>implantação de ciclovia para ligar ao centro da Cidade</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4673/ind._111_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4673/ind._111_21.pdf</t>
   </si>
   <si>
     <t>muro de arrimo na Rua das Palmeiras, Bairro Vila Nova</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4674/ind._112_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4674/ind._112_21.pdf</t>
   </si>
   <si>
     <t>placa de identificação de ruas</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4680/ind._113_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4680/ind._113_21.pdf</t>
   </si>
   <si>
     <t>indica a instalação de luminárias no Bairro Vila Matsuda</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4681/ind._114_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4681/ind._114_21.pdf</t>
   </si>
   <si>
     <t>indica a operação cata trecos</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4682/ind._115_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4682/ind._115_21.pdf</t>
   </si>
   <si>
     <t>implantação de lombadas - Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4683/ind._116_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4683/ind._116_21.pdf</t>
   </si>
   <si>
     <t>indica a instalação de luminárias no final da Rua Adoniran Barbosa</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Zeza, Claudio Honorio</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4684/ind._117_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4684/ind._117_21.pdf</t>
   </si>
   <si>
     <t>concretagem na subida do trecho da Barra Funda (em frente ao Sítio do Peteca)</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4685/ind._118_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4685/ind._118_21.pdf</t>
   </si>
   <si>
     <t>disponibilizar internet nas Praças dos Bairros Jardim Alvorada e Oliveira Barros</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4686/ind._119_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4686/ind._119_21.pdf</t>
   </si>
   <si>
     <t>indica manutenção e melhorias na Rua das Flores, Bairro Jardim Francisca</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Claudio Honorio, Edmilson do Esporte, Henrique do Porto, Moyses Neto, Nailson, Pablo Pereira, Zé Mineiro, Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4687/ind._120_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4687/ind._120_21.pdf</t>
   </si>
   <si>
     <t>manutenção na ponte da Estrada que liga o Bairro Barra Funda ao Bairro Panelas</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4688/ind._121_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4688/ind._121_21.pdf</t>
   </si>
   <si>
     <t>instalação de linha de bueiro</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4689/ind._122_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4689/ind._122_21.pdf</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4690/ind._123_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4690/ind._123_21.pdf</t>
   </si>
   <si>
     <t>construção de lombada</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4691/ind._124_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4691/ind._124_21.pdf</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4692/ind._125_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4692/ind._125_21.pdf</t>
   </si>
   <si>
     <t>notificação de empresas após realização de obras (melhorias na drenagem de águas pluviais)</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4693/ind._126_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4693/ind._126_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4694/ind._127_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4694/ind._127_21.pdf</t>
   </si>
   <si>
     <t>poda de árvores  na Rua Dr. João Lima, bairro Biguá</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Jair Silva, Cleiton Souza, Zezequinho Herculano</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4732/ind._128_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4732/ind._128_21.pdf</t>
   </si>
   <si>
     <t>instalação de ar condicionado na EM Vila São josé</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4734/ind._129_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4734/ind._129_21.pdf</t>
   </si>
   <si>
     <t>instalação de ar condicionado no CEI e no BLOCO I da EM Diogo Ribeiro</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4736/ind_130_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4736/ind_130_21.pdf</t>
   </si>
   <si>
     <t>solicita manutenção no escadão que liga Jardim Miracatu(Morrão) ao Campo dos Trabalhadores</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4739/ind_131_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4739/ind_131_21.pdf</t>
   </si>
   <si>
     <t>Manutenção na Estrada do Divisor de Iguape</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4740/ind_132_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4740/ind_132_21.pdf</t>
   </si>
   <si>
     <t>Serviço de tapa buraco na estrada das Panelas e Água Vermelha</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4741/ind_133_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4741/ind_133_21.pdf</t>
   </si>
   <si>
     <t>Coleta de lixo para o bairro Serraria – Peniche (Extensão de rota)</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4742/ind_134_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4742/ind_134_21.pdf</t>
   </si>
   <si>
     <t>Entrada do ônibus no bairro Mutuca</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4743/ind_135_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4743/ind_135_21.pdf</t>
   </si>
   <si>
     <t>Roçada nos campos de futebol da Mutuca   e da Barra Funda</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4746/ind_136_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4746/ind_136_21.pdf</t>
   </si>
   <si>
     <t>solicita colocação de novas placas de identificação de ruas- Bairro Vila Matsuda</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4747/ind_137_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4747/ind_137_21.pdf</t>
   </si>
   <si>
     <t>solicita limpeza de bueiros e bocas de lobo entupidas - Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4770/ind_138_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4770/ind_138_21.pdf</t>
   </si>
   <si>
     <t>indica gestão juntos aos Governos Estadual e Federal afim de garantir recursos financeiros</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Zé Mineiro, Claudio Honorio, Edmilson do Esporte, Henrique do Porto, Moyses Neto, Nailson, Pablo Pereira, Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4772/ind_139_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4772/ind_139_21.pdf</t>
   </si>
   <si>
     <t>construção de um velório municipal no Bairro de Pedro Barros</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4779/ind_140_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4779/ind_140_21.pdf</t>
   </si>
   <si>
     <t>limpeza de entulho, instalação de linha de bueiroe boca de lobo na Rua Roberto Kruszinski</t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Zezequinho Herculano, Cleiton Souza, Jair Silva</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4800/ind_141_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4800/ind_141_21.pdf</t>
   </si>
   <si>
     <t>instalação de redutor de velocidade e pintura de faixa de pedestres</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4801/ind_142_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4801/ind_142_21.pdf</t>
   </si>
   <si>
     <t>instalação de redutor de velocidade na Rua João Nagliatti</t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Zezequinho Herculano</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4802/ind_143_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4802/ind_143_21.pdf</t>
   </si>
   <si>
     <t>instalação de redutor de velocidade na Avenida Brasil, Bairro Pedro Barros</t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4803/ind_144_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4803/ind_144_21.pdf</t>
   </si>
   <si>
     <t>manutenção na rede de tubos localizados na Avenida Brasil, Bairro Pedro Barros</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4804/ind_145_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4804/ind_145_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica na Rua Dalva de Oliveira, Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4805/ind_146_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4805/ind_146_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica na Rua capitão José da Silva Leite</t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4806/ind_147_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4806/ind_147_21.pdf</t>
   </si>
   <si>
     <t>implantação de lombadas no Bairro Moraes</t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Henrique do Porto, Claudio Honorio, Edmilson do Esporte, Moyses Neto, Nailson, Pablo Pereira, Zé Mineiro, Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4807/ind_148_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4807/ind_148_21.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada do Chicão</t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4808/ind_149_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4808/ind_149_21.pdf</t>
   </si>
   <si>
     <t>roçada e manutenção na Estrada de Musácea e Casa Branca</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4809/ind_150_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4809/ind_150_21.pdf</t>
   </si>
   <si>
     <t>implantação de lombadas no Bairro Jardim Yolanda. Ruas: Noel Rosa, Adoniran Barbosa e Luiz Gonzaga</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4810/ind_151_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4810/ind_151_21.pdf</t>
   </si>
   <si>
     <t>implantação de 06 (seis) luminárias na Rua 04 - Jardim Éden do Vale</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4811/ind_152_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4811/ind_152_21.pdf</t>
   </si>
   <si>
     <t>manutenção no bueiro e limpeza de vala - Vila Sapê - Bairro Musácea</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4815/ind_153_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4815/ind_153_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica nas Ruas Vereador Carlos Hirakawa e Vereador Adhemar Barros</t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4816/ind_154_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4816/ind_154_21.pdf</t>
   </si>
   <si>
     <t>melhorias para o Postinho do Ribeirão Bonito</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4817/ind_155_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4817/ind_155_21.pdf</t>
   </si>
   <si>
     <t>manutenção e tapa buracos no trecho da Estrada da Gruta</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4818/ind_156_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4818/ind_156_21.pdf</t>
   </si>
   <si>
     <t>implantação de lombada na Rua Anselmo Gonçalves- Centro</t>
   </si>
   <si>
     <t>4832</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Claudio Honorio, Edmilson do Esporte, Henrique do Porto, Moyses Neto, Nailson, Pablo Pereira, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4832/ind._157_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4832/ind._157_21.pdf</t>
   </si>
   <si>
     <t>Pavimentação  asfáltica nos trechos da Vila São José , sentido Barra Funda até o Bairro Panelas</t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4833/ind._158_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4833/ind._158_21.pdf</t>
   </si>
   <si>
     <t>Muro de arrimo na Rua Carlos Hirakawa -Jardim Miracatu</t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4834/ind._159_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4834/ind._159_21.pdf</t>
   </si>
   <si>
     <t>reparos na calçada e na guia  -Rua Jacob do Bandolin</t>
   </si>
   <si>
     <t>4837</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4837/ind._160_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4837/ind._160_21.pdf</t>
   </si>
   <si>
     <t>Reparo em bueiro na entrada de Musácea</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4838/ind._161_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4838/ind._161_21.pdf</t>
   </si>
   <si>
     <t>limpeza de vala- Bairro Musácea</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4840/ind._162_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4840/ind._162_21.pdf</t>
   </si>
   <si>
     <t>criação de projetos esportivos para o Bairro Vila Kamaiti</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4841/ind._163_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4841/ind._163_21.pdf</t>
   </si>
   <si>
     <t>instalação de lixeiras na Praça do bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4842</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4842/ind._164_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4842/ind._164_21.pdf</t>
   </si>
   <si>
     <t>locais de lazer para o Bairro Vila kamaiti</t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4843/ind._165_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4843/ind._165_21.pdf</t>
   </si>
   <si>
     <t>mutirão de limpeza para os Bairros</t>
   </si>
   <si>
     <t>4844</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4844/ind._166_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4844/ind._166_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica para o bairro Vila Kamaiti</t>
   </si>
   <si>
     <t>4845</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4845/ind._167_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4845/ind._167_21.pdf</t>
   </si>
   <si>
     <t>valas e aterros nas vielas do Jardim Alvorada</t>
   </si>
   <si>
     <t>4850</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4850/ind._168_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4850/ind._168_21.pdf</t>
   </si>
   <si>
     <t>limpeza de vala próximo a Escola de Pedro Barros</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Cleiton Souza, Jair Silva, Zezequinho Herculano</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4854/ind._169_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4854/ind._169_21.pdf</t>
   </si>
   <si>
     <t>manutenção urgente na estrada da Pedra Branca</t>
   </si>
   <si>
     <t>4855</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4855/ind._170_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4855/ind._170_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada na estrada do Morro Grande</t>
   </si>
   <si>
     <t>4856</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4856/ind._171_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4856/ind._171_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada na estrada do Tacanje</t>
   </si>
   <si>
     <t>4857</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4857/ind._172_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4857/ind._172_21.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada na estrada Municipal do Fau</t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4858/ind._173_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4858/ind._173_21.pdf</t>
   </si>
   <si>
     <t>manutenção na UBS do Bairro Barra Funda</t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4859/ind._174_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4859/ind._174_21.pdf</t>
   </si>
   <si>
     <t>reformas de abrigo para passageiros de ônibus, Bairro Panelas</t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>Claudio Honorio</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4860/ind._175_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4860/ind._175_21.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada da Água Vermelha- Bairro Panelas</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4861/ind._176_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4861/ind._176_21.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de roçada no trecho do Viaduto até a Entrada da Vila São josé</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4862/ind._177_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4862/ind._177_21.pdf</t>
   </si>
   <si>
     <t>construção de muro para fechamento do cemitério da Vila Formosa</t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4866/ind._178_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4866/ind._178_21.pdf</t>
   </si>
   <si>
     <t>limpeza e roçada da Concha Acústica e entorno</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4867/ind._179_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4867/ind._179_21.pdf</t>
   </si>
   <si>
     <t>poda de árvores - Bairro Vila São José</t>
   </si>
   <si>
     <t>4871</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4871/ind._180_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4871/ind._180_21.pdf</t>
   </si>
   <si>
     <t>manutenção nas ruas do Parque Nova Miracatu</t>
   </si>
   <si>
     <t>4872</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4872/ind._181_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4872/ind._181_21.pdf</t>
   </si>
   <si>
     <t>manutenção de caixa de bueiro, Rua 3 nº 79, Bairro Vila Kamaiti</t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4873/ind._182_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4873/ind._182_21.pdf</t>
   </si>
   <si>
     <t>implantação de lombada na Rua 3 nº 79, Bairro Vila Kamaiti</t>
   </si>
   <si>
     <t>4878</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4878/ind._183_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4878/ind._183_21.pdf</t>
   </si>
   <si>
     <t>implantação de lixeiras em ruas dos Bairros jardim Yolanda e Vila Formosa</t>
   </si>
   <si>
     <t>4881</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4881/ind._184_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4881/ind._184_21.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM PONTO DE TÁXI NA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>4884</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4884/ind._185_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4884/ind._185_21.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada dos Pachecos - Bairro Barra Funda</t>
   </si>
   <si>
     <t>4885</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4885/ind._186_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4885/ind._186_21.pdf</t>
   </si>
   <si>
     <t>Pavimentação na Rua Leonor Mendes de Barros, Bairro Estação</t>
   </si>
   <si>
     <t>4887</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4887/ind._187_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4887/ind._187_21.pdf</t>
   </si>
   <si>
     <t>melhorias para o Bairro Serraria e adjacências</t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4889/ind._188_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4889/ind._188_21.pdf</t>
   </si>
   <si>
     <t>Limpeza do córrego e roçada de mato - Rua Santa Rita, Vila Ubirajara</t>
   </si>
   <si>
     <t>4899</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4899/ind._189_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4899/ind._189_21.pdf</t>
   </si>
   <si>
     <t>limpeza e ligação de iluminação na Área de Lazer denominada Solange da Silva Costa</t>
   </si>
   <si>
     <t>4910</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4910/ind._190_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4910/ind._190_21.pdf</t>
   </si>
   <si>
     <t>melhorias na Rua São José, Bairro Biguá</t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4911/ind._191_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4911/ind._191_21.pdf</t>
   </si>
   <si>
     <t>melhorias no Bairro de Biguá</t>
   </si>
   <si>
     <t>4912</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4912/ind._192_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4912/ind._192_21.pdf</t>
   </si>
   <si>
     <t>manutenção na Rua João Nagliatti</t>
   </si>
   <si>
     <t>4913</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4913/ind._193_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4913/ind._193_21.pdf</t>
   </si>
   <si>
     <t>realizar convênio para o Projeto Academia ao ar livre</t>
   </si>
   <si>
     <t>4914</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4914/ind._194_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4914/ind._194_21.pdf</t>
   </si>
   <si>
     <t>substituição de tampa de bueiro na Rua Minas Gerais com a Rua São Paulo - Bairro Santa Rita</t>
   </si>
   <si>
     <t>4915</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Pablo Pereira, Claudio Honorio, Edmilson do Esporte, Henrique do Porto, Moyses Neto, Nailson, Zé Mineiro, Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4915/ind_195.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4915/ind_195.pdf</t>
   </si>
   <si>
     <t>manutenção e tapa buracos na Estrada da Praia do Almoço</t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4916/ind._196_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4916/ind._196_21.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada do Engenho sentido Aldeia Amba Porã- Pedro Barros</t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Pablo Pereira, Claudio Honorio, Edmilson do Esporte, Henrique do Porto, Moyses Neto, Nailson, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4917/ind._197_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4917/ind._197_21.pdf</t>
   </si>
   <si>
     <t>abertura de acesso para veículos até a Aldeia Uruity - Bairro Musácea</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Zeza, Claudio Honorio, Edmilson do Esporte, Henrique do Porto, Moyses Neto, Nailson, Pablo Pereira, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4918/ind._198_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4918/ind._198_21.pdf</t>
   </si>
   <si>
     <t>disponibilizar um profissional para dar aula de zumba no Bairro Vila São José</t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4919/ind._199_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4919/ind._199_21.pdf</t>
   </si>
   <si>
     <t>extensão de rede de iluminação pública - Rua São Luiz, Bairro Biguá</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4921/ind._200_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4921/ind._200_21.pdf</t>
   </si>
   <si>
     <t>melhorias no Bairro Ribeirão Bonito</t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4922/ind._201_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4922/ind._201_21.pdf</t>
   </si>
   <si>
     <t>implantação de pontos de coleta (lixeiras)</t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4938/ind._202_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4938/ind._202_21.pdf</t>
   </si>
   <si>
     <t>Prorrogação de prazo para taxistas se adequarem à Lei Complementar 47/2018</t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4939/ind._203_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4939/ind._203_21.pdf</t>
   </si>
   <si>
     <t>implantação de um ponto de lixeira comunitária</t>
   </si>
   <si>
     <t>4940</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4940/ind._204_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4940/ind._204_21.pdf</t>
   </si>
   <si>
     <t>reparos nos paralelepípedos e roçada nas Ruas Coronel Diogo M. Ribeiro e Capitão José da S.Leite</t>
   </si>
   <si>
     <t>4941</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4941/ind._205_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4941/ind._205_21.pdf</t>
   </si>
   <si>
     <t>Academia ao Ar Livre - Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4942</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4942/ind._206_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4942/ind._206_21.pdf</t>
   </si>
   <si>
     <t>academia ao ar livre - Bairro Pedro Barros</t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4943/ind._207_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4943/ind._207_21.pdf</t>
   </si>
   <si>
     <t>Implantação de luminárias na Rua das Nascentes, Bairro Vila Nova</t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>Zé Mineiro, Claudio Honorio, Edmilson do Esporte, Henrique do Porto, Moyses Neto, Nailson, Pablo Pereira</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4944/ind._208_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4944/ind._208_21.pdf</t>
   </si>
   <si>
     <t>extensão de rede de iluminação pública- Rua Marc Farlane, Jardim Miracatu</t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4945/ind._209_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4945/ind._209_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica e colocação de luminária na Rua Hum, Vila Expedicionária</t>
   </si>
   <si>
     <t>4946</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4946/ind._210_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4946/ind._210_21.pdf</t>
   </si>
   <si>
     <t>implantação de lombada na Rua Benedito Moura e Rua Rubens Silva, Jardim Miracatu</t>
   </si>
   <si>
     <t>4947</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4947/ind._211_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4947/ind._211_21.pdf</t>
   </si>
   <si>
     <t>Manutenção no bueiro localizado na Estrada da Água Vermelha de Cima, Bairro Panelas</t>
   </si>
   <si>
     <t>4953</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4953/ind._212_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4953/ind._212_21.pdf</t>
   </si>
   <si>
     <t>implantação de uma tenda ou cobertura para pacientes que aguardam para procedimentos de saúde</t>
   </si>
   <si>
     <t>4963</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4963/ind._213_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4963/ind._213_21.pdf</t>
   </si>
   <si>
     <t>disponibilizar internet no Bairro da Vila São José e Vila São Pedro</t>
   </si>
   <si>
     <t>4964</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4964/ind._214_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4964/ind._214_21.pdf</t>
   </si>
   <si>
     <t>regularização do Campo do Bairro Vila Matsuda</t>
   </si>
   <si>
     <t>4965</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4965/ind._215_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4965/ind._215_21.pdf</t>
   </si>
   <si>
     <t>manutenção nas bocas de lobo localizadas na Rua Dr. João Lima, bairro Biguá</t>
   </si>
   <si>
     <t>4976</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4976/ind._216_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4976/ind._216_21.pdf</t>
   </si>
   <si>
     <t>manutenção e substituição de pontes na Estrada do Brangel</t>
   </si>
   <si>
     <t>4977</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4977/ind._217_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4977/ind._217_21.pdf</t>
   </si>
   <si>
     <t>manutenção de bueiro- Estrada da Barra Funda</t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4989/ind._218_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4989/ind._218_21.pdf</t>
   </si>
   <si>
     <t>implantação de espaço para ambulantes</t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4990/ind._219_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4990/ind._219_21.pdf</t>
   </si>
   <si>
     <t>contratação de um psicopedagogo</t>
   </si>
   <si>
     <t>4992</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4992/ind_220_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4992/ind_220_2021.pdf</t>
   </si>
   <si>
     <t>implantação de luminárias no Bairro Teagem I e Teagem II</t>
   </si>
   <si>
     <t>4993</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4993/ind_221_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4993/ind_221_2021.pdf</t>
   </si>
   <si>
     <t>Manutenção de Estradas</t>
   </si>
   <si>
     <t>5003</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5003/ind_222_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5003/ind_222_2021.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica na Rua Galdino Gonçalves</t>
   </si>
   <si>
     <t>5004</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5004/ind_223_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5004/ind_223_2021.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica ou recapeamento Rua Roberto Kruszynski</t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5008/ind_224_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5008/ind_224_2021.pdf</t>
   </si>
   <si>
     <t>Manutenção na Praça Joaquim Policarpo Faúla</t>
   </si>
   <si>
     <t>5012</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5012/ind_225_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5012/ind_225_2021.pdf</t>
   </si>
   <si>
     <t>extensão de rede de iluminação pública - Vila São José à Rodovia Casemiro Teixeira</t>
   </si>
   <si>
     <t>5013</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5013/ind_226_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5013/ind_226_21.pdf</t>
   </si>
   <si>
     <t>manutenção, instalação de telefone e implantação de lombada em frente à Escola da Vila São José</t>
   </si>
   <si>
     <t>5014</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5014/ind_227_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5014/ind_227_21.pdf</t>
   </si>
   <si>
     <t>instalação de sinal de internet e implantação de lombada- Postinho da Vila São José</t>
   </si>
   <si>
     <t>5015</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5015/ind_228_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5015/ind_228_21.pdf</t>
   </si>
   <si>
     <t>instalação de um fraldário no banheiro público da Rodoviária Municipal</t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5016/ind_229_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5016/ind_229_21.pdf</t>
   </si>
   <si>
     <t>construção de praça com área de lazer- Bairro Vila São José</t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Zeza, Claudio Honorio, Edmilson do Esporte, Henrique do Porto, Jair Silva, Moyses Neto, Nailson, Pablo Pereira, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5017/ind_230.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5017/ind_230.pdf</t>
   </si>
   <si>
     <t>reforma da Quadra e manutenção no vestiário do Campo da Vila São José</t>
   </si>
   <si>
     <t>5018</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5018/ind_231_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5018/ind_231_21.pdf</t>
   </si>
   <si>
     <t>manutenção e pintura de lombada Rua Projetada C, Bairro Vila São José</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5022/ind_232_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5022/ind_232_21.pdf</t>
   </si>
   <si>
     <t>Placa de sinalização de lombada - Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5024/ind_233_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5024/ind_233_21.pdf</t>
   </si>
   <si>
     <t>colocação de luminárias na Estrada do Araribá II</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5025/ind_234_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5025/ind_234_21.pdf</t>
   </si>
   <si>
     <t>Manutenção na Estrada da Vista Grande e Mitra</t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5026/ind_235_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5026/ind_235_21.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica na Vila Recreio- Bairro Pedro Barros</t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5027/ind_236_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5027/ind_236_21.pdf</t>
   </si>
   <si>
     <t>Implantação de lombada na Rua João Kowalez- Vila Ubirajara (Èden do Vale)</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5028/ind_237_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5028/ind_237_21.pdf</t>
   </si>
   <si>
     <t>solicita a substituição de caixa d´água comunitária- Bairro Barra Funda</t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5029/ind_238_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5029/ind_238_21.pdf</t>
   </si>
   <si>
     <t>Manutenção na Rua Antonio Barbosa de Araújo- Bairro Jardim Francisca</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5032/ind_239_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5032/ind_239_21.pdf</t>
   </si>
   <si>
     <t>Reparos e tapa buracos na Estrada da Teagem II</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5035/ind_240_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5035/ind_240_21.pdf</t>
   </si>
   <si>
     <t>poda de árvores Estrada do Tacanje, Pedro Barros</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5036/ind_241_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5036/ind_241_21.pdf</t>
   </si>
   <si>
     <t>Instalação de internet na Escola Municipal "Julia Bottaro"</t>
   </si>
   <si>
     <t>5038</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5038/ind_242_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5038/ind_242_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica nas ruas Governador Adhemar de Barros e Vereador Carlos Hirakawa</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5039/ind_243_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5039/ind_243_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica nas ruas Santa Rita e José Kowalez - Vila Ubirajara</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5040/ind_244_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5040/ind_244_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica na Rua Martin Luther King- Vila Formosa</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5041/ind_245_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5041/ind_245_21.pdf</t>
   </si>
   <si>
     <t>solicita pintura de faixas de pedestre</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5046/ind__246_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5046/ind__246_21.pdf</t>
   </si>
   <si>
     <t>solicita colocação de persianas ou isulfilm na Sala de Vacinação da UBS da Vila São José</t>
   </si>
   <si>
     <t>5050</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5050/ind_247_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5050/ind_247_21.pdf</t>
   </si>
   <si>
     <t>Solicita o retorno do transporte escolar - Bairro Teagem I</t>
   </si>
   <si>
     <t>5051</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5051/ind_248_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5051/ind_248_21.pdf</t>
   </si>
   <si>
     <t>Solicita que a Viação Transcontilha retorne o itinerário que fazia no Bairro Teagem I</t>
   </si>
   <si>
     <t>5071</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5071/ind_249_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5071/ind_249_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica na Rua Tiradentes - Bairro Estação</t>
   </si>
   <si>
     <t>5072</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5072/ind_250_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5072/ind_250_21.pdf</t>
   </si>
   <si>
     <t>manutenção e substituição de tampa de bueiro - Rua Soko Kayó</t>
   </si>
   <si>
     <t>5073</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5073/ind_251_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5073/ind_251_21.pdf</t>
   </si>
   <si>
     <t>melhorias no Bairro de Pedro Barros</t>
   </si>
   <si>
     <t>5074</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5074/ind_252_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5074/ind_252_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica no Bairro Vila Matsuda</t>
   </si>
   <si>
     <t>5081</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5081/ind_253_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5081/ind_253_21.pdf</t>
   </si>
   <si>
     <t>Construção de calçada na Vila Kamaiti</t>
   </si>
   <si>
     <t>5082</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5082/ind_254_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5082/ind_254_21.pdf</t>
   </si>
   <si>
     <t>Aulas de zumba e atividades esportivas no Bairro Morro Grande</t>
   </si>
   <si>
     <t>5083</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5083/ind_255_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5083/ind_255_21.pdf</t>
   </si>
   <si>
     <t>Manutenção da Estrada da Theagem I</t>
   </si>
   <si>
     <t>5084</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5084/ind_256_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5084/ind_256_21.pdf</t>
   </si>
   <si>
     <t>Solicita a reutilização dos bloquetes retirados da Rua Ver. Joaquim T.Miyagui e Av.Getulio Vargas</t>
   </si>
   <si>
     <t>5085</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5085/ind_257_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5085/ind_257_21.pdf</t>
   </si>
   <si>
     <t>manutenção no muro do Cemitério de Pedro Barros</t>
   </si>
   <si>
     <t>5093</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5093/ind_258_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5093/ind_258_21.pdf</t>
   </si>
   <si>
     <t>Implantação de lombada na Rua Leonor de Lima, Vila Ubirjara (Éden do Vale)</t>
   </si>
   <si>
     <t>5096</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5096/ind_259_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5096/ind_259_21.pdf</t>
   </si>
   <si>
     <t>instalação de uma lixeira na Creche Bem Me Quer</t>
   </si>
   <si>
     <t>5097</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5097/ind_260_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5097/ind_260_21.pdf</t>
   </si>
   <si>
     <t>instalação de uma lixeira próximo a Igreja Assembléia de Deus Ministério de Santos - Bairro Barra Funda</t>
   </si>
   <si>
     <t>5098</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5098/ind_261_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5098/ind_261_21.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de pavimentação asfáltica no Morro Grande</t>
   </si>
   <si>
     <t>5099</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5099/ind_262_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5099/ind_262_21.pdf</t>
   </si>
   <si>
     <t>Construção de abrigo para passageiros de ônibus, Bairro Teagem I</t>
   </si>
   <si>
     <t>5100</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5100/ind_263_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5100/ind_263_21.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de reparos no muro do CEMURF</t>
   </si>
   <si>
     <t>5101</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5101/ind_264_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5101/ind_264_21.pdf</t>
   </si>
   <si>
     <t>colocação de placa proibido estacionar e pintura de guias em frente a Creche Bons Amiguinhos</t>
   </si>
   <si>
     <t>5102</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5102/ind_265_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5102/ind_265_21.pdf</t>
   </si>
   <si>
     <t>indica manutenção e melhorias na Rua Vinícius de Moraes, Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>5107</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5107/ind_266_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5107/ind_266_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica na Rua Rubens Silva- Bairro Jardim Miracatu</t>
   </si>
   <si>
     <t>5111</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5111/ind_267_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5111/ind_267_21.pdf</t>
   </si>
   <si>
     <t>manutenção na estrada do Jipão, Bairro Vista Grande</t>
   </si>
   <si>
     <t>5118</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5118/ind_268_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5118/ind_268_21.pdf</t>
   </si>
   <si>
     <t>Solicita a reutilização de bloquetes retirados para ser utilizados no Bairro de Pedro Barros</t>
   </si>
   <si>
     <t>5119</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5119/ind_269_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5119/ind_269_21.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção e melhorias na Praça Julia Athaíde (Coreto)</t>
   </si>
   <si>
     <t>5120</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5120/ind_270_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5120/ind_270_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica no final da Rua Sylas Baltazar de Araújo</t>
   </si>
   <si>
     <t>5122</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5122/ind_271_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5122/ind_271_21.pdf</t>
   </si>
   <si>
     <t>Retorno das oficinas no Núcleo de Assistência Social- Bairro Oliveira Barros</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5125/ind_272.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5125/ind_272.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada do Divisor de Iguape</t>
   </si>
   <si>
     <t>5126</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5126/ind_273.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5126/ind_273.pdf</t>
   </si>
   <si>
     <t>operação tapa buracos na Estrada das Panelas</t>
   </si>
   <si>
     <t>5127</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5127/ind_274_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5127/ind_274_21.pdf</t>
   </si>
   <si>
     <t>extensão de rede de iluminação pública e colocação de luminárias na Estrada do Pica-pau, Bairro Engenho</t>
   </si>
   <si>
     <t>5128</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5128/ind_275_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5128/ind_275_21.pdf</t>
   </si>
   <si>
     <t>manutenção na rede de bueiros, Bairro Moraes</t>
   </si>
   <si>
     <t>5129</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5129/ind_276_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5129/ind_276_21.pdf</t>
   </si>
   <si>
     <t>Manutenção e colocação de tubos na antiga Estrada Biguá/Iguape - Bairro Mutuca</t>
   </si>
   <si>
     <t>5130</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5130/ind_277_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5130/ind_277_21.pdf</t>
   </si>
   <si>
     <t>Manutenção nas Ruas do Araribá I e II</t>
   </si>
   <si>
     <t>5131</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5131/ind_278.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5131/ind_278.pdf</t>
   </si>
   <si>
     <t>Manutenção no Bairro Aurora</t>
   </si>
   <si>
     <t>5132</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>Moyses Neto, Cleiton Souza, Edmilson do Esporte, Henrique do Porto, Nailson, Pablo Pereira, Zé Mineiro, Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5132/ind_279_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5132/ind_279_21.pdf</t>
   </si>
   <si>
     <t>manutenção, roçada, tapa buracos e pintura de guias e lombadas - Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>5133</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5133/ind_280_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5133/ind_280_21.pdf</t>
   </si>
   <si>
     <t>instalação de um padrão de energia elétrica no cemitério de Pedro Barros</t>
   </si>
   <si>
     <t>5134</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5134/ind_281_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5134/ind_281_21.pdf</t>
   </si>
   <si>
     <t>melhorias e manutenção no Posto ESF do Fau</t>
   </si>
   <si>
     <t>5135</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5135/ind_282_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5135/ind_282_21.pdf</t>
   </si>
   <si>
     <t>manutenção no abrigo para passageiros de ônibus, próximo ao Posto do ESF do Fau</t>
   </si>
   <si>
     <t>5139</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5139/ind_283_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5139/ind_283_21.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica na Rua 04, Éden do Vale</t>
   </si>
   <si>
     <t>5150</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5150/ind_284_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5150/ind_284_21.pdf</t>
   </si>
   <si>
     <t>pinturas decorativas nos escadões</t>
   </si>
   <si>
     <t>5151</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5151/ind_285_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5151/ind_285_21.pdf</t>
   </si>
   <si>
     <t>Manutenção na Rua Ladislawa Vistaki Kowales</t>
   </si>
   <si>
     <t>5152</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5152/ind_286_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5152/ind_286_21.pdf</t>
   </si>
   <si>
     <t>poda de árvores em frente ao Posto de Saúde do jardim Alvorada</t>
   </si>
   <si>
     <t>5153</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5153/ind_287_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5153/ind_287_21.pdf</t>
   </si>
   <si>
     <t>canalização de córrego que atravessa a Praça de Santa Rita</t>
   </si>
   <si>
     <t>5154</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5154/ind_288_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5154/ind_288_21.pdf</t>
   </si>
   <si>
     <t>concretagem da subida da Estrada do Lenk, Bairro Pedra do Largo</t>
   </si>
   <si>
     <t>5155</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5155/ind_289_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5155/ind_289_21.pdf</t>
   </si>
   <si>
     <t>reforma e ampliação de abrigo de passageiros de ônibus próximo da passarela- Bairro Santa Rita</t>
   </si>
   <si>
     <t>5156</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5156/ind_290_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5156/ind_290_21.pdf</t>
   </si>
   <si>
     <t>colocação de luminárias na Estrada do antigo Banespinha</t>
   </si>
   <si>
     <t>5157</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5157/ind_291_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5157/ind_291_21.pdf</t>
   </si>
   <si>
     <t>Disponibilizar computador e instalar bebedouro no Posto de Saúde de Santa Rita</t>
   </si>
   <si>
     <t>5158</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5158/ind_292_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5158/ind_292_21.pdf</t>
   </si>
   <si>
     <t>Solicita a coleta de lixo uma vez por semana no Sitio Veneza, próximo a pedágio</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5159/ind_293_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5159/ind_293_21.pdf</t>
   </si>
   <si>
     <t>Implantação de lombadas - Bairro Santa Rita</t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5160/ind_294_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5160/ind_294_21.pdf</t>
   </si>
   <si>
     <t>Reforma de todos os escadões da Cidade de Miracatu</t>
   </si>
   <si>
     <t>5161</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5161/ind_295_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5161/ind_295_21.pdf</t>
   </si>
   <si>
     <t>Colocação de placas de identificação no Velório de Santa Rita</t>
   </si>
   <si>
     <t>5170</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5170/ind_296_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5170/ind_296_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica na Rua Coronel Diogo M.Ribeiro</t>
   </si>
   <si>
     <t>5171</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5171/ind_297_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5171/ind_297_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica no Araribá I e II</t>
   </si>
   <si>
     <t>5172</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5172/ind_298_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5172/ind_298_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica Bairro Serrinha</t>
   </si>
   <si>
     <t>5173</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>Edmilson do Esporte, Claudio Honorio, Henrique do Porto, Moyses Neto, Nailson, Pablo Pereira, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5173/ind_299_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5173/ind_299_21.pdf</t>
   </si>
   <si>
     <t>colocação de lombadas nas ruas do Centro, Jardim Miracatu e Jardim Yolanda</t>
   </si>
   <si>
     <t>5178</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5178/ind_300_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5178/ind_300_21.pdf</t>
   </si>
   <si>
     <t>manutenção e substituição de tampa de bueiro na Rua Oito, Oliveira Barros</t>
   </si>
   <si>
     <t>5179</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5179/ind_301.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5179/ind_301.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica no bairro de Biguá</t>
   </si>
   <si>
     <t>5188</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5188/ind_302_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5188/ind_302_21.pdf</t>
   </si>
   <si>
     <t>Reparos na iluminação pública na Estrada que liga Oliveira Barros ao Jardim Alvorada</t>
   </si>
   <si>
     <t>5195</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5195/ind_303_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5195/ind_303_21.pdf</t>
   </si>
   <si>
     <t>Perenização de Estradas</t>
   </si>
   <si>
     <t>5196</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5196/ind_304_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5196/ind_304_21.pdf</t>
   </si>
   <si>
     <t>Solicita a remoção de poste localizado na Rua Waldemar Lopes Ferras, em frente ao nº 105</t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5200/ind_305_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5200/ind_305_21.pdf</t>
   </si>
   <si>
     <t>solicita a instalação de uma sala odontológica no Posto de Saúde do Bairro de Oliveira Barros</t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5201/ind_306_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5201/ind_306_21.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de guard rail na junção da Rua Isidoro da Silva Leite com a Avenida Getúlio Vargas</t>
   </si>
   <si>
     <t>5202</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5202/ind_307_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5202/ind_307_21.pdf</t>
   </si>
   <si>
     <t>Reforma na ponte do Rio São Lourenço</t>
   </si>
   <si>
     <t>5203</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5203/ind_308_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5203/ind_308_21.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada que liga o Bairro Canil e Braço Grande- Serra do Cafezal</t>
   </si>
   <si>
     <t>5204</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5204/ind_309_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5204/ind_309_21.pdf</t>
   </si>
   <si>
     <t>reparos na rampa de acesso Pronto Socorro e na calçada em frente a Agência do INSS</t>
   </si>
   <si>
     <t>5205</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5205/ind_310_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5205/ind_310_21.pdf</t>
   </si>
   <si>
     <t>instalação de rede wi-fi</t>
   </si>
   <si>
     <t>5206</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5206/ind_311_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5206/ind_311_21.pdf</t>
   </si>
   <si>
     <t>investimento em casas populares no Bairro de Pedro Barros</t>
   </si>
   <si>
     <t>5221</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5221/ind_312_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5221/ind_312_21.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de luminárias</t>
   </si>
   <si>
     <t>5222</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5222/ind_313_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5222/ind_313_21.pdf</t>
   </si>
   <si>
     <t>Reforma da arquibancada incluindo a colocação de grade de proteção na Escola do Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>5223</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5223/ind_314_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5223/ind_314_21.pdf</t>
   </si>
   <si>
     <t>Colocação de placa de sinalização ao longo da Estrada Municipal do Bairro Fau</t>
   </si>
   <si>
     <t>5224</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5224/ind_315_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5224/ind_315_21.pdf</t>
   </si>
   <si>
     <t>Construir abrigo para passageiros de ônibus Morro da Sudelpa - Jardim Francisca</t>
   </si>
   <si>
     <t>5225</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5225/ind_316_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5225/ind_316_21.pdf</t>
   </si>
   <si>
     <t>Inidica a instalação de luminárias no escadão ao lado da UBS do Jardim Yolanda</t>
   </si>
   <si>
     <t>5226</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5226/ind_317_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5226/ind_317_21.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de uma cobertura no Centro Cultural</t>
   </si>
   <si>
     <t>5227</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5227/ind_318_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5227/ind_318_21.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de construção de uma creche no Bairro Vila Nova</t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5228/ind_319_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5228/ind_319_21.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de concretagem na Estrada Municipal do Bairro Fau</t>
   </si>
   <si>
     <t>5229</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>Zé Mineiro, Cleiton Souza, Edmilson do Esporte, Henrique do Porto, Moyses Neto, Nailson, Pablo Pereira, Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5229/ind_320_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5229/ind_320_21.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de reforma da ponte do Rio São Lourenço, Bairro Pedro Barros</t>
   </si>
   <si>
     <t>5230</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5230/ind_321_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5230/ind_321_21.pdf</t>
   </si>
   <si>
     <t>Implantação de luminárias nas pontes do Bairro Fau e Pedro Barros</t>
   </si>
   <si>
     <t>5231</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5231/ind_322_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5231/ind_322_21.pdf</t>
   </si>
   <si>
     <t>Reforma na ponte da Água Vermelha- Bairro Panelas</t>
   </si>
   <si>
     <t>5232</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5232/ind_323_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5232/ind_323_21.pdf</t>
   </si>
   <si>
     <t>Disponibilizar mão de obra e caminhão para transporte de material para manutenção das estradas</t>
   </si>
   <si>
     <t>5233</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5233/ind_324_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5233/ind_324_21.pdf</t>
   </si>
   <si>
     <t>Solicitar a reutilização dos bloquetes nas Quatros Vielas do Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>5234</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5234/ind_325_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5234/ind_325_21.pdf</t>
   </si>
   <si>
     <t>Solicita operação tapa buracos na Estrada do Fau</t>
   </si>
   <si>
     <t>5244</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5244/ind_326_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5244/ind_326_21.pdf</t>
   </si>
   <si>
     <t>Denominação do Ginásio de Esporte de Santa Rita</t>
   </si>
   <si>
     <t>5245</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5245/ind_327_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5245/ind_327_21.pdf</t>
   </si>
   <si>
     <t>Refletores para o campo de futebol do Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>5247</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5247/ind_328_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5247/ind_328_21.pdf</t>
   </si>
   <si>
     <t>Implantação de duas luminárias no Bairro Mutuca</t>
   </si>
   <si>
     <t>5248</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5248/ind_329_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5248/ind_329_21.pdf</t>
   </si>
   <si>
     <t>Placa indicativa do Salto de Biguá</t>
   </si>
   <si>
     <t>5260</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5260/ind_330_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5260/ind_330_21.pdf</t>
   </si>
   <si>
     <t>Construção de pista de caminhada na Rua Antônio Antunes de Almeida</t>
   </si>
   <si>
     <t>5262</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5262/ind_331_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5262/ind_331_21.pdf</t>
   </si>
   <si>
     <t>Colocação de abrigos para passageiros de ônibus- Bairro Vila Nova</t>
   </si>
   <si>
     <t>5263</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5263/ind_332_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5263/ind_332_21.pdf</t>
   </si>
   <si>
     <t>Colocação de abrigo para passageiros de ônibus na Vila Kamaiti</t>
   </si>
   <si>
     <t>5272</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5272/ind_333_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5272/ind_333_21.pdf</t>
   </si>
   <si>
     <t>Placa de identificação de ponto de táxi- Avenida Dona Evarista de Castro Ferreira</t>
   </si>
   <si>
     <t>5277</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5277/ind_334_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5277/ind_334_21.pdf</t>
   </si>
   <si>
     <t>Extensão de rede de iluminação pública - final da Rua Vinícius de Moraes- Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>5278</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5278/ind_335_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5278/ind_335_21.pdf</t>
   </si>
   <si>
     <t>melhorar o sistema de segurança no cemitério "Recanto da Paz", localizado na Avenida da Saudade</t>
   </si>
   <si>
     <t>5279</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5279/ind_336_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5279/ind_336_21.pdf</t>
   </si>
   <si>
     <t>Limpeza de bueiro localizado na Rua do Evangelho Quadrangular</t>
   </si>
   <si>
     <t>5280</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5280/ind_337_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5280/ind_337_21.pdf</t>
   </si>
   <si>
     <t>Extensão de rede de iluminação pública no Bairro Araribá</t>
   </si>
   <si>
     <t>5281</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5281/ind_338_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5281/ind_338_21.pdf</t>
   </si>
   <si>
     <t>Solicitando a colocação de duas manilhas em frente a Chácara do Bigode -  Bairro Araribá</t>
   </si>
   <si>
     <t>5283</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5283/ind_339_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5283/ind_339_21.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica na estrada que liga Oliveira Barros ao Jardim Alvorada</t>
   </si>
   <si>
     <t>5295</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5295/ind_340_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5295/ind_340_21.pdf</t>
   </si>
   <si>
     <t>Canal de denúncia para abandono de animais nas ruas do Município</t>
   </si>
   <si>
     <t>5298</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5298/ind_341_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5298/ind_341_21.pdf</t>
   </si>
   <si>
     <t>Disponibilizar um médico para atendimento no Posto de Saúde do Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4771/mocao1_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4771/mocao1_21.pdf</t>
   </si>
   <si>
     <t>moção de congratulações e louvor a Diocese de Registro</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4812/moc_02_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4812/moc_02_21.pdf</t>
   </si>
   <si>
     <t>moção de congratulações aos profissionais da saúde de Miracatu pelo trabalho frente as ações de Combate a Pandemia do COVID 19</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4813/moc_03_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4813/moc_03_21.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento da Senhora SALETE ELIAS DE SOUZA BARBOSA</t>
   </si>
   <si>
     <t>4847</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4847/moc_4.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4847/moc_4.pdf</t>
   </si>
   <si>
     <t>moção de congratulações e aplausos ao projeto (Trilha Maldita)</t>
   </si>
   <si>
     <t>4848</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4848/moc_05.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4848/moc_05.pdf</t>
   </si>
   <si>
     <t>moção de congratulações aos funcionários municipais dos departamentos de obras, manutenção e serviços, transporte, educação e da agricultura.</t>
   </si>
   <si>
     <t>4879</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4879/moc_06_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4879/moc_06_21.pdf</t>
   </si>
   <si>
     <t>aplausos e agradecimentos ao funcionário municipal "Carlão da Oficina"</t>
   </si>
   <si>
     <t>4880</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4880/mocao_07_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4880/mocao_07_21.pdf</t>
   </si>
   <si>
     <t>moção de apelo</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4888/moc_08_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4888/moc_08_21.pdf</t>
   </si>
   <si>
     <t>Congratulações ao Vice-Prefeito e a funcionário municipal</t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4903/moc__09_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4903/moc__09_21.pdf</t>
   </si>
   <si>
     <t>moção de apoio ao projeto de Lei nº 345/2019 da  ALESP de iniciativa do Deputado Estadual Delegado Bruno Lima</t>
   </si>
   <si>
     <t>4952</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4952/moc_10_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4952/moc_10_21.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações à Arnaldo Kowales Junior Campeão Brasileiro Sub 20 no Decatlo e Índice Técnico para o Pan-Americano na Categoria</t>
   </si>
   <si>
     <t>4966</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4966/moc_11_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4966/moc_11_21.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES À JULIO CESAR DA COSTA E ARNALDO KOWALES JUNIOR CAMPEÃO BRASILEIRO SUB 20 DO DECATLO E ÍNDICE TÉCNICO PARA O PAN-AMERICANO DA CATEGORIA</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4991/moc_12_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4991/moc_12_2021.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações ao Secretario de Estado da Educação</t>
   </si>
   <si>
     <t>5023</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5023/moc_13_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5023/moc_13_2021.pdf</t>
   </si>
   <si>
     <t>Congratulações à Equipe do Posto de Saúde do Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>5110</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5110/moc_14_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5110/moc_14_21.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à EE PEI Armando Gonçalves</t>
   </si>
   <si>
     <t>5116</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5116/moc_15_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5116/moc_15_21.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Delegacia de Polícia de Miracatu/SP</t>
   </si>
   <si>
     <t>5117</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5117/moc_16_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5117/moc_16_21.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO PEDAL PARA TODOS</t>
   </si>
   <si>
     <t>5121</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5121/moc_17_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5121/moc_17_21.pdf</t>
   </si>
   <si>
     <t>Apelo ao Presidente da Comissão de Constituição e Justiça do Senado Federal para a sabatina de André Luiz de Almeida Mendonça à vaga do Supremo Tribunal Federal</t>
   </si>
   <si>
     <t>5124</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5124/moc_18_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5124/moc_18_21.pdf</t>
   </si>
   <si>
     <t>Congratulações pela realização de Evento de Ciclismo no Município  de Miracatu- Pedal para Todos</t>
   </si>
   <si>
     <t>5189</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5189/moc_19_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5189/moc_19_21.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À ESCOLA ESTADUAL ARMANDO GONÇALVES-PEI, PELA PARTICIPAÇÃO NA OLIMPÍADA BRASILEIRA DE GEOGRAFIA 2021</t>
   </si>
   <si>
     <t>5207</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5207/moc_20_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5207/moc_20_21.pdf</t>
   </si>
   <si>
     <t>Moção de repúdio ao Deputado Frederico D'Avila e de desagravo ao Papa Francisco, ao Acerbispo de Aparecida, DOM ORLANDO BRANDES, e à CNBB (Conferência Nacional dos Bispos do Brasil) pelas ofensas e pelo dano provocado pelo Deputado.</t>
   </si>
   <si>
     <t>5243</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5243/moc_21_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5243/moc_21_21.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de LUIZ GUSTAVO NÓBREGA DE ALMEIDA</t>
   </si>
   <si>
     <t>5249</t>
   </si>
   <si>
     <t>Claudio Honorio, Edmilson do Esporte, Henrique do Porto, Moyses Neto, Nailson, Pablo Pereira, Zeza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5249/moc_22_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5249/moc_22_21.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações à Equipe Organizadora da 1ª Copa Futebol Mutuca</t>
   </si>
   <si>
     <t>5253</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5253/moc_23_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5253/moc_23_21.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações à Expedito Sebastião da Silva.</t>
   </si>
   <si>
     <t>5284</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5284/moc_24_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5284/moc_24_21.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS A EQUIPE ORGANIZADORA DO EVENTO DE CANOAGEM</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4677/parecer01_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4677/parecer01_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 01/21</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4678/parecer02_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4678/parecer02_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 02/21</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4679/parecer03_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4679/parecer03_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 03/21</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4751/parecer04_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4751/parecer04_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 04/21</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4752/parecer_05_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4752/parecer_05_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 05/21</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4753/parecer06_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4753/parecer06_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 06/21</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4778/parecer_07_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4778/parecer_07_21.pdf</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4783/parecer08_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4783/parecer08_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 07/21</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4784/parecer09_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4784/parecer09_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 01/21</t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4785/parecer_10_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4785/parecer_10_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 01/21</t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4786/parecer11_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4786/parecer11_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 09/21</t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4787/parecer_12_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4787/parecer_12_21.pdf</t>
   </si>
   <si>
     <t>Favorável a tramitação do  PL 05/21, consignando Voto em Separado do Ver. Jair</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4789/parecer13_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4789/parecer13_2021.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 08/21, nos termos do SUBSTITUTIVO 01/21</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
     <t>COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas, CEL - Comissão de  Educação, Cultura, Lazer e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4790/parecer14_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4790/parecer14_2021.pdf</t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4827/parecer_15_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4827/parecer_15_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 10/21</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4828/parecer16_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4828/parecer16_2021.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 11/21</t>
   </si>
   <si>
     <t>4863</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4863/parecer_17_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4863/parecer_17_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 12</t>
   </si>
   <si>
     <t>4864</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4864/parecer18_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4864/parecer18_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 13/21</t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4865/parecer_19_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4865/parecer_19_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 16/21</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4869/parecer20_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4869/parecer20_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 15/20</t>
   </si>
   <si>
     <t>4870</t>
   </si>
   <si>
     <t>Comissão de Obras e Serviços Publicos</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4870/parecer21_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4870/parecer21_21.pdf</t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
     <t>CSAS - Comissão de Saúde, Assistência Social e Defesa e Promoção dos Direitos da Mulher</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4874/parecer_22_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4874/parecer_22_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 12/21</t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, CEL - Comissão de  Educação, Cultura, Lazer e Turismo, COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4900/parecer23_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4900/parecer23_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 14/21</t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4901/parecer24__21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4901/parecer24__21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 18/21</t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4902/parecer25_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4902/parecer25_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 20/21</t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas, CSAS - Comissão de Saúde, Assistência Social e Defesa e Promoção dos Direitos da Mulher</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4925/parecer26_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4925/parecer26_21.pdf</t>
   </si>
   <si>
     <t>Favorável, com emendas ao PL 17/21</t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4926/parecer27_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4926/parecer27_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 21/21</t>
   </si>
   <si>
     <t>4927</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4927/parecer_28_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4927/parecer_28_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 22/21</t>
   </si>
   <si>
     <t>4933</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4933/parecer29_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4933/parecer29_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 23/21</t>
   </si>
   <si>
     <t>4934</t>
   </si>
   <si>
     <t>COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas, CSAS - Comissão de Saúde, Assistência Social e Defesa e Promoção dos Direitos da Mulher</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4934/parecer30_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4934/parecer30_21.pdf</t>
   </si>
   <si>
     <t>4954</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4954/parecer_31_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4954/parecer_31_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao Veto</t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4955/parecer32_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4955/parecer32_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 02/21</t>
   </si>
   <si>
     <t>4956</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4956/parecer33_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4956/parecer33_21.pdf</t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4959/parecer34_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4959/parecer34_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 19/21, com emendas</t>
   </si>
   <si>
     <t>4968</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4968/parecer35_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4968/parecer35_21.pdf</t>
   </si>
   <si>
     <t>FavorÁvel ao PL 25/21</t>
   </si>
   <si>
     <t>4969</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4969/parecer36_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4969/parecer36_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 26/21</t>
   </si>
   <si>
     <t>4974</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4974/parecer37_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4974/parecer37_21.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao PL 19/21</t>
   </si>
   <si>
     <t>4982</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4982/parecer38_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4982/parecer38_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 03/21</t>
   </si>
   <si>
     <t>5000</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5000/parecer39_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5000/parecer39_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 27/21</t>
   </si>
   <si>
     <t>5001</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5001/parecer40_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5001/parecer40_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 28/21</t>
   </si>
   <si>
     <t>5002</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5002/parecer41_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5002/parecer41_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 29/21</t>
   </si>
   <si>
     <t>5011</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5011/parecer_42_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5011/parecer_42_21.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 31/2021</t>
   </si>
   <si>
     <t>5034</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5034/parecer_43_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5034/parecer_43_21.pdf</t>
   </si>
   <si>
     <t>5043</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5043/parecer_44.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5043/parecer_44.pdf</t>
   </si>
   <si>
     <t>Favorável a tramitação do VETO nº 02/21</t>
   </si>
   <si>
     <t>5047</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5047/parecer45_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5047/parecer45_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 24/21</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5048/parecer46_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5048/parecer46_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 04/2021</t>
   </si>
   <si>
     <t>5089</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5089/parecer47_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5089/parecer47_21.pdf</t>
   </si>
   <si>
     <t>FVAORÁVEL AO PLO 30/2021</t>
   </si>
   <si>
     <t>5090</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5090/par_48.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5090/par_48.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC Nº 01/2021</t>
   </si>
   <si>
     <t>5091</t>
   </si>
   <si>
     <t>COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas, Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5091/par_49.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5091/par_49.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO Nº 32/21</t>
   </si>
   <si>
     <t>5092</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5092/par_50.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5092/par_50.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLO Nº 35/2021</t>
   </si>
   <si>
     <t>5140</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5140/parecer_51.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5140/parecer_51.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 33/21, com Emenda</t>
   </si>
   <si>
     <t>5141</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5141/parecer_52.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5141/parecer_52.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 40/21, com Emenda</t>
   </si>
   <si>
     <t>5142</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5142/parecer_53.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5142/parecer_53.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 41/21, com Emendas</t>
   </si>
   <si>
     <t>5143</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5143/parecer_54.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5143/parecer_54.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 44/21</t>
   </si>
   <si>
     <t>5168</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5168/parecer55_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5168/parecer55_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 34/21</t>
   </si>
   <si>
     <t>5169</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5169/parecer56_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5169/parecer56_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 33/21</t>
   </si>
   <si>
     <t>5182</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5182/parecer57_21..pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5182/parecer57_21..pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 42/21</t>
   </si>
   <si>
     <t>5183</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5183/par_58_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5183/par_58_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 37/21</t>
   </si>
   <si>
     <t>5184</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5184/parecer59_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5184/parecer59_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 38/21</t>
   </si>
   <si>
     <t>5185</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5185/par_60_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5185/par_60_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 39/21</t>
   </si>
   <si>
     <t>5186</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5186/parecer61_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5186/parecer61_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 05/21</t>
   </si>
   <si>
     <t>5191</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5191/parecer62_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5191/parecer62_21.pdf</t>
   </si>
   <si>
     <t>Desfavorável ao PL 34/21</t>
   </si>
   <si>
     <t>5192</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5192/parecer63_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5192/parecer63_21.pdf</t>
   </si>
   <si>
     <t>5214</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5214/parecer_64_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5214/parecer_64_2021.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 02/21</t>
   </si>
   <si>
     <t>5215</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5215/parecer65_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5215/parecer65_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 03/21</t>
   </si>
   <si>
     <t>5216</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5216/par_66_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5216/par_66_21.pdf</t>
   </si>
   <si>
     <t>Desfavorável ao PL 36/21</t>
   </si>
   <si>
     <t>5217</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5217/par_67_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5217/par_67_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 48/21</t>
   </si>
   <si>
     <t>5239</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5239/par_68_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5239/par_68_21.pdf</t>
   </si>
   <si>
     <t>Desfavorável ao PL 34/2021</t>
   </si>
   <si>
     <t>5240</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5240/parecer69_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5240/parecer69_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 45/21</t>
   </si>
   <si>
     <t>5250</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5250/par_70_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5250/par_70_21.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 46/21</t>
   </si>
   <si>
     <t>5251</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5251/par_71_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5251/par_71_21.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 47/21</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5264/par_72_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5264/par_72_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 03/21</t>
   </si>
   <si>
     <t>5265</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5265/par_73_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5265/par_73_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 04/21</t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5266/parecer74_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5266/parecer74_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 04/21</t>
   </si>
   <si>
     <t>5267</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5267/parecer752021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5267/parecer752021.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 49/21</t>
   </si>
   <si>
     <t>5268</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, COF - Comissão de Orçamento, Finanças, Contabilidade, Fiscalização e Tomada de Contas, Comissão de Obras e Serviços Publicos</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5268/parecer76_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5268/parecer76_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 51/21</t>
   </si>
   <si>
     <t>5286</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5286/par_77_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5286/par_77_21.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PDL Nº 05/2021</t>
   </si>
   <si>
     <t>5287</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5287/par_78_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5287/par_78_21.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PDL Nº 06/21</t>
   </si>
   <si>
     <t>5288</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5288/par_79_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5288/par_79_21.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PDL Nº 07/21</t>
   </si>
   <si>
     <t>5289</t>
   </si>
   <si>
     <t>CSAS - Comissão de Saúde, Assistência Social e Defesa e Promoção dos Direitos da Mulher, CAPD - Comissão de Agricultura, Pecuária, Desenvolvimento rural e Meio Ambiente, Planejamento, Uso e Ocupaç</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5289/par_80_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5289/par_80_21.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC Nº 02/2021</t>
   </si>
   <si>
     <t>5290</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5290/parecer81_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5290/parecer81_21.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL Nº 52/21</t>
   </si>
   <si>
     <t>5297</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5297/par_82_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5297/par_82_21.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PDL 08/21 pela legalidade</t>
   </si>
   <si>
     <t>5303</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5303/parecer83_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5303/parecer83_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 05/21, com emendas</t>
   </si>
   <si>
     <t>5304</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5304/par_84_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5304/par_84_2021.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 06/21, com emenda</t>
   </si>
   <si>
     <t>5305</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5305/par_85_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5305/par_85_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 53/21</t>
   </si>
   <si>
     <t>5306</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5306/par_86_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5306/par_86_2021.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 09/21</t>
   </si>
   <si>
     <t>5307</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5307/parecer87_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5307/parecer87_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 10/21</t>
   </si>
   <si>
     <t>5311</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5311/par_88_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5311/par_88_2021.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 07/2021</t>
   </si>
   <si>
     <t>5312</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5312/par_89_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5312/par_89_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 08/21</t>
   </si>
   <si>
     <t>5323</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5323/parecer90_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5323/parecer90_21.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL ao PL 54/21</t>
   </si>
   <si>
     <t>5327</t>
   </si>
   <si>
     <t>Desfavorável ao PDL 08/21</t>
   </si>
   <si>
     <t>5328</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5328/parecer_92_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5328/parecer_92_21.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 56/21</t>
   </si>
   <si>
     <t>6636</t>
   </si>
   <si>
     <t>7112</t>
   </si>
   <si>
     <t>TCESP</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2023/6636/925368_-_parecer_favoravel_as_contas_pm_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2023/6636/925368_-_parecer_favoravel_as_contas_pm_2021.pdf</t>
   </si>
   <si>
     <t>CONTAS ANUAIS. PREFEITURA. DESPESAS DE  ENFRENTAMENTO DA COVID-19 EM ORDEM. REPASSES AO LEGISLATIVO E REMUNERAÇÃO DOS AGENTES POLÍTICOS EM ORDEM. CUMPRIMENTO DE INVESTIMENTOS OBRIGATÓRIOS EM ENSINO E SAÚDE. DIMINUTA INSUFICIÊNCIA DO FUNDEB PASSÍVEL DE SER TOLERADA. SUPERÁVITS ORÇAMENTÁRIO E FINANCEIRO. PRECATÓRIOS E ENCARGOS SOCIAIS EM ORDEM. REDESENHO ORÇAMENTÁRIO  RECORRENTE DE CONVÊNIOS INTERGOVERNAMENTAIS SEM PREJUÍZO AO EQUILÍBRIO FISCAL. NECESSIDADE DE  APERFEIÇOAMENTOS DOS COMPONENTES DO IEG-M. FALHAS REMANESCENTES SEM POTENCIAL DE COMPROMETER A HIGIDEZ DOS  DEMONSTRATIVOS. RECOMENDAÇÕES. ADVERTÊNCIAS. PARECER PRÉVIO FAVORÁVEL.</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4748/pdl01_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4748/pdl01_21.pdf</t>
   </si>
   <si>
     <t>DECLARA INSERVÍVEIS OS BENS QUE ESPECIFICA DO PATRIMÔNIO DO PODER LEGISLATIVO</t>
   </si>
   <si>
     <t>4962</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4962/pdl_02_21_precedido_de__relatorio_da_cof.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4962/pdl_02_21_precedido_de__relatorio_da_cof.pdf</t>
   </si>
   <si>
     <t>APROVA O PARECER DO TRIBUNAL DE CONTAS DO  ESTADO  DE SÃO  PAULO,  REFERENTE ÀS CONTAS  DA    PREFEITURA    MUNICIPAL   DE MIRACATU DO EXERCÍCIO FINANCEIRO DE 2017</t>
   </si>
   <si>
     <t>5237</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5237/pdl03_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5237/pdl03_21.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO MIRACATUENSE  AO SR. JOSÉ LUZIO</t>
   </si>
   <si>
     <t>5238</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5238/pdl_04_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5238/pdl_04_21.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO MIRACATUENSE AO SR. TERCÍLIO PINTO</t>
   </si>
   <si>
     <t>5254</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5254/pdl_05_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5254/pdl_05_21.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO MIRACATUENSE AO SR. JOSÉ GOMES DA SILVA</t>
   </si>
   <si>
     <t>5255</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5255/pdl_06_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5255/pdl_06_21.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO MIRACATUENSE AO SR. ROBERTO ADROVANDI</t>
   </si>
   <si>
     <t>5256</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5256/pdl_07_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5256/pdl_07_21.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO MIRACATUENSE AO SR. JOSÉ LUIZ DA COSTA</t>
   </si>
   <si>
     <t>5257</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5257/pdl_08_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5257/pdl_08_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO MIRACATUENSE AO SR. MÁRCIO REBUÁ BOMFIM</t>
   </si>
   <si>
     <t>5285</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5285/pdl_09_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5285/pdl_09_21.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO MIRACATUENSE AO DR. ANDRE LUIZ DE ALMEIDA MENDONÇA</t>
   </si>
   <si>
     <t>5291</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5291/pdl_10_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5291/pdl_10_21.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO MIRACATUENSE AO SR. MOSART ARAGÃO PEREIRA</t>
   </si>
   <si>
     <t>5005</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Vinícius Brandão de Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5005/plc_01_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5005/plc_01_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE VAGA DE MOTORISTA PESADO NO QUADRO GERAL E PLANO DE CARREIRA E EVOLUÇÃO FUNCIONAL DOS SERVIDORES PÚBLICOS DA PREFEITURA DE MIRACATU - Lei Complementar Municipal nº 007 de 09 de abril de 2012</t>
   </si>
   <si>
     <t>5075</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5075/plc_02_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5075/plc_02_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS ARTIGOS 127 E 128 DA LEI COMPLEMENTAR Nº 001/2005 - CÓDIGO TRIBUTPARIO DO MUNICÍPIO DE MIRACATU</t>
   </si>
   <si>
     <t>5177</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5177/plc03_21__-_cargos_monitor_de_alunos.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5177/plc03_21__-_cargos_monitor_de_alunos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE VAGAS DE MONITOR DE TRANSPORTE ESCOLAR NO ANEXO I DA LEI COMPLEMENTAR Nº 007/2012 - PLANO DE CARREIRA E EVOLUÇÃO FUNCIONAL DOS SERVIDORES PÚBLICOS DA PREFEITURA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5258</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5258/plc_04_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5258/plc_04_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGO E VAGA DE AUXILIAR DE COMPRAS NO QUADRO GERAL E PLANO DE CARREIRA E EVOLUÇÃO FUNCIONAL DOS SERVID0RES PÚBLICOS DA PREFEITURA DE MIRACATU</t>
   </si>
   <si>
     <t>5270</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5270/plc_05_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5270/plc_05_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do Quadro de Cargos constante nos Anexos I, IV e V da Lei Complementar nº 007 de 09 de abril de 2012 - Plano de Carreira e Evolução Funcional dos Servidores  Públicos da Prefeitura de Miracatu</t>
   </si>
   <si>
     <t>5271</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5271/plc_06_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5271/plc_06_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação de Cargos e Vagas na Tabela de Efetivos e em Confiança alterando a Lei Complementar nº 001 de 12 de janeiro de 2010 - Plano de Carreira e Remuneração e o/ Estatuto do Magistério Público do Município de Miracatu</t>
   </si>
   <si>
     <t>5299</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5299/plc_07_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5299/plc_07_21.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL COMPLEMENTAR Nº 01/2010 - PLANO DE CARREIRA E REMUNERAÇÃO E O ESTATUTO DO MAGISTÉRIO PÚBLICO DE MIRACATU</t>
   </si>
   <si>
     <t>5308</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5308/plc_08_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5308/plc_08_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS E VAGAS ALTERANDO AS LEIS COMPLEMENTARES Nº 007/2012 - PLANO DE CARREIRA E EVOLUÇÃO FUNCIONAL DOS SERVIDORES PÚBLICOS DA PREFEITURA DE MIRACATU E Nº 001/2010 - PLANO DE CARREIRA E REMUNERAÇÃO E O ESTATUTO DO MAGISTÉRIO PUBLICO DO MUNICÍPIO DE MIRACATU</t>
   </si>
   <si>
     <t>4555</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4555/projeto_01_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4555/projeto_01_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Gratificação das Comissões de Licitações, Sindicância, Processo Administrativo Disciplinar, ao Pregoeiro e Equipe de Apoio e dá outras providências.</t>
   </si>
   <si>
     <t>4556</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4556/projeto_02_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4556/projeto_02_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4557/projeto_03_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4557/projeto_03_2021.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 1815/2016 que institui Gratificação por meio de Pro Labore aos membros titulares da Junta Administrativa de Recursos de Infração - JARI e dá outras providências.</t>
   </si>
   <si>
     <t>4632</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4632/pl_04_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4632/pl_04_21.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo na representação do Município a se desligar do Consórcio de Desenvolvimento Intermunicipal do Vale do Ribeira e Litoral Sul - CODIVAR.</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4633/pl_05_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4633/pl_05_21.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1813/2016 que dispõe sobre o Programa de Transporte Universitário e Técnico Profissionalizante no município de Miracatu e dá providências.</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4634/pl_06_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4634/pl_06_21.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº1485/2009 que institui o Auxílio Alimentação ao Servidor Público Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4738/pl07_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4738/pl07_21.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 1786 DE 18 DE JUNHO DE 2015 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4749/pl08_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4749/pl08_21.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA DE RECUPERAÇAO FINANCEIRA E AUTORIZA O EXECUTIVO A PROMOVER A RENEGOCIAÇÃO E ANULAÇÃO DOS DÉBITOS INSCRITOS EM RESTOS A PAGAR PROCESSADOS  E/OU NÃO PROCESSADOS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DOS EXERCÍCIOS  DE 2016 E SEGUINTES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4761/pl0_9-21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4761/pl0_9-21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS - VALOR DE R$ 406.275,70</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4819/projeto_10_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4819/projeto_10_21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CRIAR CATEGORIA DE DESPESA E ABRIR CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4820/pl_11_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4820/pl_11_21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O ESTADO DE SÃO PAULO POR INTERMÉDIO DA SECRETARIA DE ESTADO DA CULTURA</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4821/pl_12_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4821/pl_12_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA "FAMÍLIA ACOLHEDORA" QUE VISA O ACOLHIMENTO PROVISÓRIO DE CRIANÇAS E ADOLESCENTES EM SITUAÇÃO DE RISCO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4830/pl_13_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4830/pl_13_21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DESTINAR OS MATERIAIS RECICLÁVEIS DO CENTRO DE TRIAGEM DE RESÍDUOS AO FUNDO SOCIAL DE SOLIDARIEDADE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4835/pl14_21_-_denominacao_reginalva.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4835/pl14_21_-_denominacao_reginalva.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO ESPAÇO “CONCHA ACÚSTICA” EM HOMENAGEM A REGINALVA DE SOUZA PASSOS.</t>
   </si>
   <si>
     <t>4836</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4836/pl_15_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4836/pl_15_2021.pdf</t>
   </si>
   <si>
     <t>ESTABELECE QUE TEMPLOS DE QUALQUER CULTO COMO ATIVIDADE ESSENCIAL EM PERÍODO DE CALAMIDADE PÚBLICA E PANDEMIA NO MUNICÍPIO DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4839/pl16_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4839/pl16_21.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 3º DA LEI MUNICIPAL Nº 1.246 DE 26 DE NOVEMBRO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4849/pl_17_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4849/pl_17_2021.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE OBRIGATORIEDADE DA PUBLICIDADE DA RELAÇÃO DOS MÉDICOS PLANTONISTAS NAS UNIDADES DE SAÚDE DA REDE PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>4875</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4875/pl18_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4875/pl18_21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE MIRACATU A CONTRATAR COM DESENVOLVE SP - AGÊNCIA DE FOMENTO DO ESTADO DE SÃO PAULO, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4876/pl19_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4876/pl19_21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL DE MIRACATU A INSTITUIR NAS VIAS E LOGRADOUROS PÚBLICOS, ÁREAS ESPECIAIS  PARA ESTACIONAMENTO POR TEMPO LIMITADO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4877</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4877/pl20_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4877/pl20_21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE MIRACATU A CONTRATAR COM O DESENVOLVE SP- AGÊNCIA DE FOMENTO DO ESTADO DE SÃO PAULO, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4893</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4893/pl21_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4893/pl21_21.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO AGENTE COMUNITÁRIO DE SAÚDE</t>
   </si>
   <si>
     <t>4894</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4894/pl22_22.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4894/pl22_22.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O DEPARTAMENTO DE ESTRADAS DE RODAGEM DO ESTADO DE SÃO PAULO - DER/SP E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4895/pl23_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4895/pl23_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4932</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4932/pl24_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4932/pl24_21.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA PRINCIPAL DA VILA MATSUDA EM HOMENAGEM A JERSONITA ALVES DOS SANTOS</t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4935/pl25_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4935/pl25_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE  SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4957</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4957/pl26_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4957/pl26_21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVENIO COM O MUNICÍPIO DE SETE BARRAS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>4958</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4958/pl27_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4958/pl27_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DE CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL (CACS), DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO (FUNDEB), EM CONFORMIDADE COM O ARTIGO 212-A DA CONSTITUIÇÃO FEDERAL E REGULAMENTADO NA FORMA DA LEI FEDERAL Nº 14.113, DE 25 DE DEZEMBRO DE 2020.</t>
   </si>
   <si>
     <t>4970</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4970/pl_28_21_-_credito_suplementar.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4970/pl_28_21_-_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR -  R$ 394.440,80</t>
   </si>
   <si>
     <t>4981</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4981/projeto_lei_29_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4981/projeto_lei_29_21.pdf</t>
   </si>
   <si>
     <t>5006</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5006/plo_30_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5006/plo_30_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DA CONCHA ACÚSTICA E DA OUTRAS PROVIDÊNCIAS – CONCHA ACÚSTICA REGINALVA DE SOUSA PASSOS</t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5010/plo_31_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5010/plo_31_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS- R$ 2.311.256,28</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5049/pl_32_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5049/pl_32_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS - R$ 799.410,18</t>
   </si>
   <si>
     <t>5053</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5053/pl33_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5053/pl33_21.pdf</t>
   </si>
   <si>
     <t>DENOMINAÇÃO DE RUA NO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>5068</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5068/pl34_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5068/pl34_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE DIVULGAÇÃO NO SITE OFICIAL DA PREFEITURA MUNICIPAL DE MIRACATU DE INFORMAÇÕES ACERCA DA PARALISAÇÃO DE OBRAS PÚBLICAS</t>
   </si>
   <si>
     <t>5069</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5069/pl_35.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5069/pl_35.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS - VALOR DE R$ 701.993,00</t>
   </si>
   <si>
     <t>5076</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5076/plo_36_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5076/plo_36_21.pdf</t>
   </si>
   <si>
     <t>DIPÕE SOBRE A AUTORIZAÇÃO DE CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE MIRACATU COM O ESTADO DE SÃO PAULO VISANDO A CRIAÇÃO DO PROGRAMA "ATIVIDADE DELEGADA" , COM A CONSEQUENTE CRIAÇÃO DE GRATIFICAÇÃO A SER PAGA AOS POLICIAIS MILITARES QUE A EXECEREM, NOS TEMOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5077</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5077/plo_37_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5077/plo_37_21.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA JOSÉ ANCHIETA MARQUES DE QUEIROZ (VEREADOR ZÉ DO IRAQUE), VILA MATSUDA</t>
   </si>
   <si>
     <t>5078</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5078/plo_38_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5078/plo_38_21.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA ARMANDO BIANCHI (MANDUCA), VILA MATSUDA</t>
   </si>
   <si>
     <t>5079</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5079/plo_39_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5079/plo_39_21.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA ANTONIO SEVERIANO DE LARA (ANTONIO LEITE), VILA MATSUDA</t>
   </si>
   <si>
     <t>5094</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5094/plo_40_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5094/plo_40_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE ALTERAÇÃO DA LEI MUNICIPAL Nº 1.050 DE 19 DE MAIO DE 1997 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5095</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5095/plo_41_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5095/plo_41_21.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TABELA DE TEMPORALIDADE DOCUMENTAL DA PREFEITURA MUNICIPAL DE MIRACATU</t>
   </si>
   <si>
     <t>5109</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5109/pl42_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5109/pl42_21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONTRATO DE USO ONEROSO DE BEM PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5114</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5114/pl43_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5114/pl43_21.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA RODOLFO BENEDITO GALDINO PORFIRIO”, NA VILA KAMAITE.</t>
   </si>
   <si>
     <t>5123</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5123/pl44_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5123/pl44_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS - R$ 8.442.727,83</t>
   </si>
   <si>
     <t>5174</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5174/pl45_21_ppa.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5174/pl45_21_ppa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE MIRACATU PARA O QUADRIÊNIO DE 2022 A 2025 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5175</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5175/pl46_-_ldo2022.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5175/pl46_-_ldo2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL PARA O EXERCÍCIO FINANCEIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5176</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5176/loa_2022.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5176/loa_2022.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MIRACATU PARA O EXERCÍCIO FINANCEIRO DE 2022</t>
   </si>
   <si>
     <t>5193</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5193/pl_48_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5193/pl_48_21.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA 3 DO BAIRRO SERRINHA</t>
   </si>
   <si>
     <t>5199</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5199/plo_49_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5199/plo_49_21.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DA BABÁ</t>
   </si>
   <si>
     <t>5242</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5242/plo_50_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5242/plo_50_21.pdf</t>
   </si>
   <si>
     <t>FICA O PODER EXECUTIVO AUTORIZADO A CRIAR   O “PROGRAMA CATA TRECO”</t>
   </si>
   <si>
     <t>5259</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5259/plo_51_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5259/plo_51_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>5269</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5269/plo_52_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5269/plo_52_21.pdf</t>
   </si>
   <si>
     <t>DENOMINA GINÁSIO DE ESPORTES NO DISTRITO DE SANTA RITA DO RIBEIRA</t>
   </si>
   <si>
     <t>5293</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5293/plo_53_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5293/plo_53_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5320</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5320/plo_54_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5320/plo_54_21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL AO ORÇAMENTO VIGENTE - R$ 1.400.000,00</t>
   </si>
   <si>
     <t>5325</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5325/plo_55_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5325/plo_55_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DO ESPAÇO ESPORTIVO E DE LAZER LOCALIZADO NO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>5326</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5326/plo_56_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5326/plo_56_21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE - VALOR DE R$ 7.926.409,01</t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4754/pr_01_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4754/pr_01_21.pdf</t>
   </si>
   <si>
     <t>LICENÇA SAÚDE AO VEREADOR CLAUDIO HONORIO DE OLIVEIRA</t>
   </si>
   <si>
     <t>4928</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4928/pr_02_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4928/pr_02_21.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A TABELA DE TEMPORALIDADE DOCUMENTAL DA CÂMARA MUNICIPAL DE MIRACATU”</t>
   </si>
   <si>
     <t>4975</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4975/pr03_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4975/pr03_21.pdf</t>
   </si>
   <si>
     <t>LICENÇA SAÚDE AO VEREADOR JOSE LUIZ HERCULANO DA SILVA</t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5042/pr4_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5042/pr4_2021.pdf</t>
   </si>
   <si>
     <t>“APROVA A PROPOSTA ORÇAMENTÁRIA DA CÂMARA MUNICIPAL PARA O EXERCÍCIO FINANCEIRO DE 2022 E O PLANO PLURIANUAL DA CAMARA PARA O QUADRIÊNIO 2021 - 2025”</t>
   </si>
   <si>
     <t>5180</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5180/pr05_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5180/pr05_21.pdf</t>
   </si>
   <si>
     <t>LICENÇA PARA TRATAMENTO DE SAÚDE</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>RF</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
     <t>DISPõE SOBRE A GRATIFICAÇÃO DAS COMISSÕES DE LICITAÇÕES, SINDICÂNCIA, PROCESSO ADMINISTRATIVO DISCIPLINAR, AO PREGOEIRO E EQUIPE DE APOIO E DÁ PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4782/rf_02_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4782/rf_02_21.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI MUNICIPAL Nº 1485, DE 09 DE JUNHO DE 2009 QUE INSTITUIU O AUXÍLIO ALIMENTAÇÃO AO SERVIDOR PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4814/ref._final03_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4814/ref._final03_21.pdf</t>
   </si>
   <si>
     <t>“CRIA O PROGRAMA DE RECUPERAÇÃO FINANCEIRA E AUTORIZA O EXECUTIVO A PROMOVER A RENEGOCIAÇÃO E ANULAÇÃO DOS DÉBITOS INSCRITOS EM RESTOS A PAGAR PROCESSADOS  NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DOS EXERCÍCIOS DE 2016 A 2020 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>4883</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA “FAMILIA ACOLHEDORA” QUE VISA O ACOLHIMENTO PROVISÓRIO DE CRIANÇAS E ADOLESCENTES EM SITUAÇÃO DE RISCO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>4983</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4983/rf05_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4983/rf05_21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL DE MIRACATU A INSTITUIR NAS VIAS E LOGRADOUROS PÚBLICOS, ÁREAS ESPECIAIS PARA ESTACIONAMENTO POR TEMPO LIMITADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4999</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4999/red_fin_06.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4999/red_fin_06.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE OBRIGATORIEDADE DA PUBLICIDADE DA RELAÇÃO DOS MÉDICOS PLANTONISTAS NAS UNIDADES DE SAÚDE DA REDE PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>5181</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5181/rf07_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5181/rf07_21.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA NELSON NED, NO JARDIM YOLANDA .</t>
   </si>
   <si>
     <t>5198</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5198/rf_08_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5198/rf_08_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL Nº 1050 DE 19 DE MAIO DE 1997 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5282</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5282/red._final09_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5282/red._final09_21.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A TABELA DE TEMPORALIDADE DOCUMENTAL DA PREFEITURA MUNICIPAL DE MIRACATU"</t>
   </si>
   <si>
     <t>5296</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5296/rf_10_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5296/rf_10_21.pdf</t>
   </si>
   <si>
     <t>“DENOMINA GINÁSIO DE ESPORTES, NO DISTRITO DE SANTA RITA DO RIBEIRA”</t>
   </si>
   <si>
     <t>5309</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5309/red.final11_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5309/red.final11_21.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ALTERAÇÃO DO QUADRO DE CARGOS CONSTANTE NOS ANEXOS I, IV E V DA LEI COMPLEMENTAR Nº 007 DE 09 DE ABRIL DE 2012-PLANO DE CARREIRA E EVOLUÇÃO FUNCIONAL DOS SERVIDORES PÚBLICOS DA PREFEITURA DE MIRACATU"</t>
   </si>
   <si>
     <t>5321</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5321/rf_12_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5321/rf_12_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5322</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5322/rf_13_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5322/rf_13_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGOS E VAGAS NA TABELA DE EFETIVOS E EM CONFIANÇA ALTERANDO A LEI COMPLEMENTAR Nº 001 DE 12 DE JANEIRO DE 2010 - PLANO DE CARREIRA E REMUNERAÇÃO E O ESTATUTO DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE MIRACATU</t>
   </si>
   <si>
     <t>5330</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5330/rf14_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5330/rf14_21.pdf</t>
   </si>
   <si>
     <t>5331</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5331/rf15_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5331/rf15_21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A  ABRIR CRÉDITO ADICIONAL SUPLEMENTAR  AO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4695/req._01_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4695/req._01_21.pdf</t>
   </si>
   <si>
     <t>solicita implantação de redutor de velocidade na faixa de desaceleração e colocação de guard-rail na entrada de Miracatu</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4696/req._02_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4696/req._02_21.pdf</t>
   </si>
   <si>
     <t>instalação de placas de sinalização de acesso ao Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4697/req_03_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4697/req_03_21.pdf</t>
   </si>
   <si>
     <t>informações sobre obra de pavimentação asfáltica</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4698/req_04_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4698/req_04_21.pdf</t>
   </si>
   <si>
     <t>informações sobre obra de reforma do prédio da antiga prefeitura</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4699/req_05_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4699/req_05_21.pdf</t>
   </si>
   <si>
     <t>informações sobre o fornecimento e instalação de Unidade Sanitário Individual -  USIS</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4700/req_06_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4700/req_06_21.pdf</t>
   </si>
   <si>
     <t>informações sobre a ampliação e reforma da Escola Municipal Sítio Ribeirão Bonito</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4702/req_07_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4702/req_07_2021.pdf</t>
   </si>
   <si>
     <t>informações sobre andamento da obra do CCI</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4703/req_08_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4703/req_08_21.pdf</t>
   </si>
   <si>
     <t>recapeamento asfáltico e implantação de faixas elevatórias com sinalização -Av. Dona Evarista de Castro Ferreira</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
     <t>pavimentação asfáltica, recuperação e pavimentos e obras complementares em ruas do Bairro Centro</t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4705/req_10_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4705/req_10_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica, recuperação de pavimentos e obras complementares- pavimentação Centro- Diversas ruas</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4706/req_11_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4706/req_11_21.pdf</t>
   </si>
   <si>
     <t>pavimentação e concretagem em estradas municipais e avenida</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4707/req_12_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4707/req_12_21.pdf</t>
   </si>
   <si>
     <t>pavimentação, recuperação e obras complementares em ruas do centro</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4708/req_13_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4708/req_13_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica e obras complementares no Bairro Estação</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4709/req_14_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4709/req_14_21.pdf</t>
   </si>
   <si>
     <t>reforma e pintura do centro comunitário</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4710/req_15_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4710/req_15_21.pdf</t>
   </si>
   <si>
     <t>pavimentação asfáltica Rua Dalva de Oliveira</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4711/req_16_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4711/req_16_21.pdf</t>
   </si>
   <si>
     <t>reforma e melhorias do campo da Estação</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4712/req_17_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4712/req_17_21.pdf</t>
   </si>
   <si>
     <t>pavimentação Rua Dr. João Lima, Bairro Biguá</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4713/req_18_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4713/req_18_21.pdf</t>
   </si>
   <si>
     <t>areninha de esportes - Campo Society</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4714/req_19_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4714/req_19_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre a implantação de ponto de ônibus</t>
   </si>
   <si>
     <t>4715</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4715/req_20_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4715/req_20_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre unidades habitacionais</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4716/req_21_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4716/req_21_21.pdf</t>
   </si>
   <si>
     <t>solicita elaboração de projeto para implantação de Distrito Industrial e incentivos fiscais</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4717/req_22_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4717/req_22_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre o cumprimento da Lei nº 1939/2019</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4718/req_23_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4718/req_23_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre o transbordo do lixo</t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
     <t>Edmilson do Esporte, Claudio Honorio, Cleiton Souza, Henrique do Porto, Jair Silva, Moyses Neto, Nailson, Pablo Pereira, Zé Mineiro, Zeza, Zezequinho Herculano</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4719/req_24_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4719/req_24_21.pdf</t>
   </si>
   <si>
     <t>abertura  de caixa econômica federal no município de miracatu</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
     <t>Edmilson do Esporte, Claudio Honorio, Henrique do Porto, Moyses Neto, Nailson, Pablo Pereira, Zé Mineiro, Zeza, Zezequinho Herculano</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4720/req_25_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4720/req_25_21.pdf</t>
   </si>
   <si>
     <t>informações sobre regularização de casas e terrenos</t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4721/req_26_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4721/req_26_21.pdf</t>
   </si>
   <si>
     <t>solicita informações acerca do pagamento do piso salarial aos agentes comunitários lotados nesta municipalidade</t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4722/req_27_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4722/req_27_21.pdf</t>
   </si>
   <si>
     <t>solicita cópia de nota fiscal de aquisição de telhas</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4723/req_28_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4723/req_28_21.pdf</t>
   </si>
   <si>
     <t>instalação de placa de sinalização</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4724/req_29_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4724/req_29_21.pdf</t>
   </si>
   <si>
     <t>informações sobre a retomada de atendimento presencial nas creches do município</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4725/req_30_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4725/req_30_21.pdf</t>
   </si>
   <si>
     <t>informações sobre regularização de propriedades</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4726/req_31_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4726/req_31_21.pdf</t>
   </si>
   <si>
     <t>informações dos Bairros que estão inseridos no programa Cidade Legal</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4727/req_32_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4727/req_32_21.pdf</t>
   </si>
   <si>
     <t>solicita adequação das publicações dos Decretos Municipais</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4728/req_33_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4728/req_33_21.pdf</t>
   </si>
   <si>
     <t>solicita reforma da creche escola Santa Rita e creche escola Vila São José</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4729/req_34_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4729/req_34_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre a construção de Palco do Centro de Educação Infantil</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4730/req_35_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4730/req_35_21.pdf</t>
   </si>
   <si>
     <t>solicita planilha de frequência de médicos plantonistas do Pronto Socorro, referente ao mês de janeiro</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4731/req_36_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4731/req_36_21.pdf</t>
   </si>
   <si>
     <t>solicita apresentação de plano de valorização aos profissionais da educação</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4735/requ372021_1.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4735/requ372021_1.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre insalubridade dos servidores públicos municipais</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4744/requ382021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4744/requ382021.pdf</t>
   </si>
   <si>
     <t>solicita gestão junto à Secretaria da Casa Militar do Estado de São Paulo para liberação de uma ponte</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4745/requ392021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4745/requ392021.pdf</t>
   </si>
   <si>
     <t>solicitando gestão junto à Secretaria da Casa Militar do Estado de São Paulo para liberação de uma ponte</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4750/req_40_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4750/req_40_21.pdf</t>
   </si>
   <si>
     <t>solicita informações  sobre a retirada de horário de ônibus para o Bairro Serra do Cafezal</t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4755/req_41_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4755/req_41_21.pdf</t>
   </si>
   <si>
     <t>manutenção ou substituição de poste localizado na Rua Municipal- Bairro Vila Matsuda</t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4756/req_42_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4756/req_42_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre a possibilidade de disponibilizar profissional para a UBS do Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4757/req_43_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4757/req_43_21.pdf</t>
   </si>
   <si>
     <t>requer informações sobre repasse realizado através do Programa Municipal de Transporte Universitário</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4758/req_44_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4758/req_44_21.pdf</t>
   </si>
   <si>
     <t>requer informações sobre calendários de eventos</t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4759/req_45_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4759/req_45_21.pdf</t>
   </si>
   <si>
     <t>fazer gestão junto ao Governo Federal no sentido de instalação de uma Universidade Federal</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4760/req_46_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4760/req_46_21.pdf</t>
   </si>
   <si>
     <t>informações sobre atendimento e equipamentos odontológico na UBS Pedro Barros</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4762/req_47_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4762/req_47_21.pdf</t>
   </si>
   <si>
     <t>informações sobre a área de saúde</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4763/req_48_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4763/req_48_21.pdf</t>
   </si>
   <si>
     <t>instalação de internet nas UBS dos Bairros Vila São José, Oliveira Barros e Jardim Alvorada</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4764/req_49_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4764/req_49_21.pdf</t>
   </si>
   <si>
     <t>informações sobre interrupção de atendimento na Farmácia Municipal</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4765/req_50_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4765/req_50_21.pdf</t>
   </si>
   <si>
     <t>informações sobre planejamento da continuidade das ações de Coleta Seletiva</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4766/req_51_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4766/req_51_21.pdf</t>
   </si>
   <si>
     <t>informações sobre extensão do Ecoponto para o Distrito de Oliveira Barros</t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4767/req_52_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4767/req_52_21.pdf</t>
   </si>
   <si>
     <t>solicita cópia do contrato e anexos referente ao Contrato de Cessão de Transporte Público</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4768/req_53_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4768/req_53_21.pdf</t>
   </si>
   <si>
     <t>informações sobre a possibilidade de contratação de Empresa de limpeza pública</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4769/req_54_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4769/req_54_21.pdf</t>
   </si>
   <si>
     <t>solicita informações acerca do serviço de castração de animais</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4773/req_55_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4773/req_55_21.pdf</t>
   </si>
   <si>
     <t>solicitando gestão junto a Secretaria da Casa Militar do Estado de São Paulo para liberação de uma ponte</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4774/req_56_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4774/req_56_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre a limpeza ou troca de caixas d´águas em creches e escolas municipais</t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4775/req_57_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4775/req_57_21.pdf</t>
   </si>
   <si>
     <t>solicitando informações sobre a creche do jardim yolanda</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4776/req_58_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4776/req_58_21.pdf</t>
   </si>
   <si>
     <t>solicita relação dos funcionários que foram retirado ou sofreram redução da periculosidade e insalubridade</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4777/req_59_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4777/req_59_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre EPI´S E EPC´S</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4780/req_60_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4780/req_60_21.pdf</t>
   </si>
   <si>
     <t>solicita informações referente a entrega de gêneros alimentícios aos estudantes</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4781/req_61_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4781/req_61_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre a possibilidade de disponibilizar mais um fisioterapeuta</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4791/req_62_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4791/req_62_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre andamento de Projetos</t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4792/req_63_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4792/req_63_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre programação de roçada</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4793/req_64_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4793/req_64_21.pdf</t>
   </si>
   <si>
     <t>informações e solicitações na área da Educação</t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4794/req_65_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4794/req_65_21.pdf</t>
   </si>
   <si>
     <t>informações sobre convênio de canais abertos</t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4795/req_66_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4795/req_66_21.pdf</t>
   </si>
   <si>
     <t>solicita a cessão de veículo para a APAE de MIRACATU</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4796/req_67_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4796/req_67_21.pdf</t>
   </si>
   <si>
     <t>solicita à Sabesp que acompanhe o cronograma de pavimentação para ser efetuada antes a ligação de ramal de água e esgoto</t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4797/req_68_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4797/req_68_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre estágios remunerados</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4798/req_69_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4798/req_69_21.pdf</t>
   </si>
   <si>
     <t>solicita a criação de mais vagas de estágio remunerado</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4799/req_70_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4799/req_70_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre DSR- Descanso Semanal Remunerado</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4822/req_71_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4822/req_71_21.pdf</t>
   </si>
   <si>
     <t>solicita informação referente ao combate da dengue</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4823/req_72_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4823/req_72_21.pdf</t>
   </si>
   <si>
     <t>solicita cópia do aditivo do Contrato nº 51/20</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4824/req_73.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4824/req_73.pdf</t>
   </si>
   <si>
     <t>solicita cópia  do processo  de contratação de sistema de ensino para rede municipal de educação</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4825/req_74_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4825/req_74_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre veterinário</t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4826/req_75_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4826/req_75_21.pdf</t>
   </si>
   <si>
     <t>solicita cronograma de serviços</t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4829/req_76_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4829/req_76_21.pdf</t>
   </si>
   <si>
     <t>Solicita vistoria na rede elétrica -Bairro do Fau -Município de Miracatu</t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4831/req_77_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4831/req_77_21.pdf</t>
   </si>
   <si>
     <t>Solicita  informações sobre o CAISM</t>
   </si>
   <si>
     <t>4846</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4846/req_78_21_2.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4846/req_78_21_2.pdf</t>
   </si>
   <si>
     <t>implantação de seção eleitoral na Escola do Jardim Alvorada</t>
   </si>
   <si>
     <t>4851</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4851/req_79_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4851/req_79_21.pdf</t>
   </si>
   <si>
     <t>informações sobre sinal de internet nas Escolas Municipais</t>
   </si>
   <si>
     <t>4852</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4852/req_80_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4852/req_80_21.pdf</t>
   </si>
   <si>
     <t>informações sobre a implantação de guarda municipal</t>
   </si>
   <si>
     <t>4853</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4853/req_81_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4853/req_81_21.pdf</t>
   </si>
   <si>
     <t>reparos na cabeceira da ponte do Viaduto de Miracatu</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4868/req_82_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4868/req_82_21.pdf</t>
   </si>
   <si>
     <t>solicita retirada ou mudança de lugar de poste</t>
   </si>
   <si>
     <t>4890</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4890/req_83_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4890/req_83_21.pdf</t>
   </si>
   <si>
     <t>retirada da Moção nº 06/2021</t>
   </si>
   <si>
     <t>4891</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4891/req_84_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4891/req_84_21.pdf</t>
   </si>
   <si>
     <t>solicita cópia de contrato e anexos</t>
   </si>
   <si>
     <t>4892</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4892/req_85_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4892/req_85_21.pdf</t>
   </si>
   <si>
     <t>inclusão dos funcionários do SUAS no Plano de Vacinação Prioritário</t>
   </si>
   <si>
     <t>4896</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4896/req_86_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4896/req_86_21.pdf</t>
   </si>
   <si>
     <t>limpeza no sistema de drenagem de águas pluviais na Entrada do Bairro de Oliveira Barros</t>
   </si>
   <si>
     <t>4897</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4897/req_87_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4897/req_87_21.pdf</t>
   </si>
   <si>
     <t>solicita  informações sobre a criação e distribuição do Kit Covid para o tratamento da COVID 19 no Município</t>
   </si>
   <si>
     <t>4898</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4898/req_88_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4898/req_88_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre estudo para organização do trânsito referente ao Projeto Zona Azul</t>
   </si>
   <si>
     <t>4904</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4904/req_89_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4904/req_89_21.pdf</t>
   </si>
   <si>
     <t>instalação de redutores de velocidade na Rodovia Casemiro Teixeira</t>
   </si>
   <si>
     <t>4905</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4905/req_90_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4905/req_90_21.pdf</t>
   </si>
   <si>
     <t>serviços de correios na Rua Maria Leonor de Lima- Vila Ubirajara</t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4906/req_91_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4906/req_91_21.pdf</t>
   </si>
   <si>
     <t>encaminha solicitação de moradores do Bairro Vila Ubirajara (Éden do Vale)</t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4907/req_92_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4907/req_92_21.pdf</t>
   </si>
   <si>
     <t>informações sobre a área do campo de futebol do Bairro de Santa Rita</t>
   </si>
   <si>
     <t>4908</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4908/req_93_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4908/req_93_21.pdf</t>
   </si>
   <si>
     <t>informações sobre o andamento do Programa Recuperação Financeira implementado nesta gestão</t>
   </si>
   <si>
     <t>4909</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4909/req_94_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4909/req_94_21.pdf</t>
   </si>
   <si>
     <t>implantação de um trevo na Rodovia Casemiro Teixeira, altura do Km 01, entrada da Vila São José</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4923/req_95_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4923/req_95_21.pdf</t>
   </si>
   <si>
     <t>informações sobre recursos do Programa Respeito à Vida</t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4924/req_96_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4924/req_96_21.pdf</t>
   </si>
   <si>
     <t>reforma na Escola Maria José Moraes de Carvalho, Bairro Ribeirão Bonito</t>
   </si>
   <si>
     <t>4936</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4936/req_97_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4936/req_97_21.pdf</t>
   </si>
   <si>
     <t>Solicita cópias de documentos da prestação de serviços de iluminação pública</t>
   </si>
   <si>
     <t>4937</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4937/req_98_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4937/req_98_21.pdf</t>
   </si>
   <si>
     <t>estudos ´para possibilidade de instalação de uma Unidade do Poupatempo em Miracatu/SP</t>
   </si>
   <si>
     <t>4948</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4948/req_99_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4948/req_99_21.pdf</t>
   </si>
   <si>
     <t>roçada em toda concessão da ALL- Município de Miracatu</t>
   </si>
   <si>
     <t>4949</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4949/req_100.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4949/req_100.pdf</t>
   </si>
   <si>
     <t>vacinação em massa na Cidade de Miracatu</t>
   </si>
   <si>
     <t>4950</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4950/req_101_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4950/req_101_21.pdf</t>
   </si>
   <si>
     <t>centro de radioterapia para o Hospital Regional do Vale do Ribeira</t>
   </si>
   <si>
     <t>4951</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4951/req_102_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4951/req_102_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre atendimento médico na UBS Dr. Manoel Perez Bazan</t>
   </si>
   <si>
     <t>4960</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4960/req_103_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4960/req_103_21.pdf</t>
   </si>
   <si>
     <t>Pedido de retirada da Moção nº  10/2021</t>
   </si>
   <si>
     <t>4978</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4978/req_104_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4978/req_104_21.pdf</t>
   </si>
   <si>
     <t>Serviço dos correios- Bairro Vila Nova</t>
   </si>
   <si>
     <t>4979</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4979/req_105_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4979/req_105_21.pdf</t>
   </si>
   <si>
     <t>instalação de rede de água e esgoto nas Ruas do Bairro Vila Nova</t>
   </si>
   <si>
     <t>4980</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4980/req_106_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4980/req_106_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre o repasse universitário</t>
   </si>
   <si>
     <t>4984</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4984/req_107_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4984/req_107_21.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre regularização de terras no Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4985</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4985/req_108_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4985/req_108_21.pdf</t>
   </si>
   <si>
     <t>informações sobre a função de lavador</t>
   </si>
   <si>
     <t>4986</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4986/req_109_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4986/req_109_21.pdf</t>
   </si>
   <si>
     <t>Informações sobre Aditamento do Contrato com a Empresa Instituto Santa Clara</t>
   </si>
   <si>
     <t>4987</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4987/req_110_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4987/req_110_21.pdf</t>
   </si>
   <si>
     <t>Informações sobre Aditamento do Contrato com a Empresa Viação Transcontilha Ltda</t>
   </si>
   <si>
     <t>4988</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4988/req_111_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4988/req_111_21.pdf</t>
   </si>
   <si>
     <t>solicita manutenção na Rua 12 após serviços executados na canalização de esgoto</t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4994/req_112_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4994/req_112_2021.pdf</t>
   </si>
   <si>
     <t>informações sobre andamento do projeto de construção de Escola Municipal no Bairro de Oliveira Barros</t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4995/req_113_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4995/req_113_2021.pdf</t>
   </si>
   <si>
     <t>informações quanto ao andamento da manutenção da Estrada da Braterra e Biguazinho com continuidade até o Fau</t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4996/req_114_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4996/req_114_2021.pdf</t>
   </si>
   <si>
     <t>informação sobre andamento do processo de regularização de terreno</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4997/req_115_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4997/req_115_2021.pdf</t>
   </si>
   <si>
     <t>informar a possibilidade de permanência definitiva da Feira Municipal</t>
   </si>
   <si>
     <t>4998</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4998/req_116_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4998/req_116_2021.pdf</t>
   </si>
   <si>
     <t>vazamento de água na Rua Benedito Martins- Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5019/req_117_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5019/req_117_2021.pdf</t>
   </si>
   <si>
     <t>Estudos para possibilidade de implantar Agentes Comunitários de Saúde na região Central</t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5020/req_118_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5020/req_118_2021.pdf</t>
   </si>
   <si>
     <t>disponibilizar caminhão pipa à população quando for pra fazer reparos na rede</t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5021/req_119_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5021/req_119_2021.pdf</t>
   </si>
   <si>
     <t>Informações junto ao Conselho Comunitário de Segurança- CONSEG</t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5030/req_120_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5030/req_120_2021.pdf</t>
   </si>
   <si>
     <t>Solicita planilha de frequência de médicos plantonistas do Pronto Socorro, referente aos meses  de fevereiro à julho do corrente ano.</t>
   </si>
   <si>
     <t>5031</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5031/req_121_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5031/req_121_2021.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a retirada de horário de ônibus  junto à Empresa Transcontilha</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5033/req_122_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5033/req_122_2021.pdf</t>
   </si>
   <si>
     <t>manutenção ou substituição de poste localizado em frente a Escolinha Alceu Baltazar de Souza- Sumidouro/Fau</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5037/req_123_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5037/req_123_21.pdf</t>
   </si>
   <si>
     <t>informações sobre o transporte escolar</t>
   </si>
   <si>
     <t>5044</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5044/req_124_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5044/req_124_21.pdf</t>
   </si>
   <si>
     <t>providências quanto ao transporte coletivo para os Bairros Vista Grande e Mitra</t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5045/req_125_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5045/req_125_21.pdf</t>
   </si>
   <si>
     <t>criar mecanismos para ajudar financeiramente os produtores de bananas com relação às geadas</t>
   </si>
   <si>
     <t>5052</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5052/req_126_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5052/req_126_21.pdf</t>
   </si>
   <si>
     <t>informações sobre andamento  do estudo para implantação da zona azul</t>
   </si>
   <si>
     <t>5054</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5054/req_127_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5054/req_127_21.pdf</t>
   </si>
   <si>
     <t>Problema com relação à segurança dos passageiros no ônibus da linha Miracatu x Serra do Cafezal</t>
   </si>
   <si>
     <t>5055</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5055/req_128_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5055/req_128_21.pdf</t>
   </si>
   <si>
     <t>Acessibilidade nos pontos turísticos Salto de Biguá e Cachoeira do Faú</t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5056/req_129_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5056/req_129_21.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo informações acerca da manutenção da torre de TV</t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5057/req_130_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5057/req_130_21.pdf</t>
   </si>
   <si>
     <t>Implantação de sistema de monitoramento por câmeras</t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5058/req_131_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5058/req_131_21.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre disponibilização de Cursinho Pré Vestibular</t>
   </si>
   <si>
     <t>5059</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5059/req_132_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5059/req_132_21.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca do serviço de castração de animais</t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5060/req_133_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5060/req_133_21.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre melhorias no campo de Oliveira Barros</t>
   </si>
   <si>
     <t>5061</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5061/req_134_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5061/req_134_21.pdf</t>
   </si>
   <si>
     <t>Solicita a continuidade do planejamento DIFíCIL ACESSO aos servidores da educação</t>
   </si>
   <si>
     <t>5062</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5062/req_135_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5062/req_135_21.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a retirada de servidor da limpeza pública</t>
   </si>
   <si>
     <t>5063</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5063/req_136_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5063/req_136_21.pdf</t>
   </si>
   <si>
     <t>Informações sobre convênio</t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5064/req_137_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5064/req_137_21.pdf</t>
   </si>
   <si>
     <t>Informações sobre vigência dos contratos de todos os gêneros alimentícios</t>
   </si>
   <si>
     <t>5065</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5065/req_138_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5065/req_138_21.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a vinculação da EM Jardim Alvorada e EM Vila São José</t>
   </si>
   <si>
     <t>5066</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5066/req_139_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5066/req_139_21.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre quadro de apoio escolar da EM  João Hiotaka Kayo</t>
   </si>
   <si>
     <t>5067</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5067/req_140_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5067/req_140_21.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a abertura do Processo de Licitação para a Saúde</t>
   </si>
   <si>
     <t>5070</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5070/req_141_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5070/req_141_21.pdf</t>
   </si>
   <si>
     <t>informações sobre levantamento de todos os núcleos  a serem regularizados- Programa Cidade Legal</t>
   </si>
   <si>
     <t>5080</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5080/req_142_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5080/req_142_21.pdf</t>
   </si>
   <si>
     <t>manutenção ou substituição de poste localizado na Estrada do Morro Grande</t>
   </si>
   <si>
     <t>5086</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5086/req_143_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5086/req_143_21.pdf</t>
   </si>
   <si>
     <t>Solicitando gestão junto à Secretaria da Defesa Civil do Estrado de São Paulo para liberação de recursos para manutenção de ponte</t>
   </si>
   <si>
     <t>5087</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5087/req_144_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5087/req_144_21.pdf</t>
   </si>
   <si>
     <t>solicitando a reforma do Postinho de Pedro Barros</t>
   </si>
   <si>
     <t>5088</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5088/req_145_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5088/req_145_21.pdf</t>
   </si>
   <si>
     <t>solicitando a possibilidade de fazer uma sistema de Corujão da Vacinação</t>
   </si>
   <si>
     <t>5103</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5103/req_146_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5103/req_146_21.pdf</t>
   </si>
   <si>
     <t>solicitando a compra de brinquedos e abertura de sala no CEMURF</t>
   </si>
   <si>
     <t>5104</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5104/req_147_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5104/req_147_21.pdf</t>
   </si>
   <si>
     <t>Instalação de rede água e esgoto nas Ruas do Bairro Vila Matsuda</t>
   </si>
   <si>
     <t>5105</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5105/req_148_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5105/req_148_21.pdf</t>
   </si>
   <si>
     <t>Placa de sinalização atrapalhando a visibilidade</t>
   </si>
   <si>
     <t>5106</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5106/req_149_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5106/req_149_21.pdf</t>
   </si>
   <si>
     <t>Informações sobre o transporte escolar</t>
   </si>
   <si>
     <t>5108</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5108/req_150_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5108/req_150_21.pdf</t>
   </si>
   <si>
     <t>solicita manutenção na rede elétrica Sertãozinho I e II, Bairro Fau</t>
   </si>
   <si>
     <t>5112</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5112/req_151_2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5112/req_151_2021.pdf</t>
   </si>
   <si>
     <t>Prorrogação de prazo da CCJ para apreciação dos Projetos de Lei nºs. 33 e 34/2021</t>
   </si>
   <si>
     <t>5136</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5136/req_152_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5136/req_152_21.pdf</t>
   </si>
   <si>
     <t>Solicita reajuste no salário dos Conselheiros Tutelares</t>
   </si>
   <si>
     <t>5137</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5137/req_153_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5137/req_153_21.pdf</t>
   </si>
   <si>
     <t>5138</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5138/req_154_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5138/req_154_21.pdf</t>
   </si>
   <si>
     <t>Informações sobre andamento do estudo para implantação da zona azul</t>
   </si>
   <si>
     <t>5145</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5145/req_155_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5145/req_155_21.pdf</t>
   </si>
   <si>
     <t>Urgência Especial para o Projeto de Lei n. 44/2021</t>
   </si>
   <si>
     <t>5146</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5146/req_156_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5146/req_156_21.pdf</t>
   </si>
   <si>
     <t>Prorrogação de prazo da CCJ para apreciação do Projeto de Lei Complementar n. 02/2021</t>
   </si>
   <si>
     <t>5147</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5147/req_157_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5147/req_157_21.pdf</t>
   </si>
   <si>
     <t>Prorrogação de prazo da CEC para apreciação do Projeto de Lei n. 24/2021</t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5163/req_158_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5163/req_158_21.pdf</t>
   </si>
   <si>
     <t>Solicitando que Notifique a Sabesp</t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5164/req_159_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5164/req_159_21.pdf</t>
   </si>
   <si>
     <t>Remoção de poste localizado na Rua Waldemar Lopes Ferraz</t>
   </si>
   <si>
     <t>5165</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5165/req_160_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5165/req_160_21.pdf</t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5166/req_161_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5166/req_161_21.pdf</t>
   </si>
   <si>
     <t>Concretagem no retorno da Pedra do Largo, km 366 - Município de Miracatu</t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5167/req_162_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5167/req_162_21.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre representação para abertura de uma marginal que liga o Sítio Veneza ao Bairro de Santa Rita</t>
   </si>
   <si>
     <t>5187</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5187/req_163_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5187/req_163_21.pdf</t>
   </si>
   <si>
     <t>Solicita junto à COF inclusão de demandas na Peças Orçamentárias PPA/LDO E LOA 2022</t>
   </si>
   <si>
     <t>5194</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5194/req_164_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5194/req_164_21.pdf</t>
   </si>
   <si>
     <t>Informações sobre a rede municipal de ensino Bairro de Oliveira Barros</t>
   </si>
   <si>
     <t>5197</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5197/req_165_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5197/req_165_21.pdf</t>
   </si>
   <si>
     <t>prorrogação de prazo para taxistas se adequarem à Lei Complementar nº 47/2018</t>
   </si>
   <si>
     <t>5208</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5208/req_166_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5208/req_166_21.pdf</t>
   </si>
   <si>
     <t>Informações sobre a Campanha de Prevenção e combate ao mosquito aedes aegypti</t>
   </si>
   <si>
     <t>5209</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5209/req_167_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5209/req_167_21.pdf</t>
   </si>
   <si>
     <t>Solicita utilização do prédio do CRAS em Oliveira Barros para ser utilizado como Escola Municipal em 2022.</t>
   </si>
   <si>
     <t>5210</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5210/req_168_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5210/req_168_21.pdf</t>
   </si>
   <si>
     <t>informações sobre a suspensão de fornecimento do Vale Transporte para os alunos CEEJA de Miracatu</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5211/req_169_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5211/req_169_21.pdf</t>
   </si>
   <si>
     <t>Informação sobre calendário de retorno das atividades para o CCI</t>
   </si>
   <si>
     <t>5212</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5212/req_170_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5212/req_170_21.pdf</t>
   </si>
   <si>
     <t>informações detalhadas da atribuição docente realizada no Departamento de Educação</t>
   </si>
   <si>
     <t>5213</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5213/req_171_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5213/req_171_21.pdf</t>
   </si>
   <si>
     <t>informações sobre a suplementação de R$ 8.442.727,83</t>
   </si>
   <si>
     <t>5218</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5218/req_172_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5218/req_172_21.pdf</t>
   </si>
   <si>
     <t>Solicita estudos para reajuste no auxílio alimentação para os servidores municipais no ano de 2022</t>
   </si>
   <si>
     <t>5219</t>
   </si>
   <si>
     <t>Zezequinho Herculano, Cleiton Souza, Jair Silva, Moyses Neto, Nailson, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5219/req_173_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5219/req_173_21.pdf</t>
   </si>
   <si>
     <t>Aumento de salário aos servidores municipais</t>
   </si>
   <si>
     <t>5220</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5220/req_174_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5220/req_174_21.pdf</t>
   </si>
   <si>
     <t>Bonificação aos profissionais da Educação</t>
   </si>
   <si>
     <t>5235</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5235/req__175_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5235/req__175_21.pdf</t>
   </si>
   <si>
     <t>Informações sobre a instalação dos equipamentos odontológicos na UBS de Pedro Barros</t>
   </si>
   <si>
     <t>5236</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5236/req_176_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5236/req_176_21.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre a Adesão do Projeto Cozinhalimento</t>
   </si>
   <si>
     <t>5241</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5241/req_177_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5241/req_177_21.pdf</t>
   </si>
   <si>
     <t>Solicitando a disponibilidade de carreta de mamografia - Programa Mulheres de Peito, para atender as mulheres de Miracatu</t>
   </si>
   <si>
     <t>5246</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5246/req_178.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5246/req_178.pdf</t>
   </si>
   <si>
     <t>Implantação de luminárias e roçada no Trevo Biguá/Iguape</t>
   </si>
   <si>
     <t>5275</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5275/req_179_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5275/req_179_21.pdf</t>
   </si>
   <si>
     <t>Manutenção nas luminárias da Passarela do Bairro da Vila Matsuda</t>
   </si>
   <si>
     <t>5276</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5276/req_180_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5276/req_180_21.pdf</t>
   </si>
   <si>
     <t>Informações sobre o Plano de Ações Articuladas- PAR</t>
   </si>
   <si>
     <t>5292</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5292/req_181_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5292/req_181_21.pdf</t>
   </si>
   <si>
     <t>retirada do Projeto de Lei nº 50/2021</t>
   </si>
   <si>
     <t>5294</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5294/req_182_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5294/req_182_21.pdf</t>
   </si>
   <si>
     <t>retorno do atendimento presencial na Agência do INSS em Miracatu</t>
   </si>
   <si>
     <t>5337</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PREJETO DE LEI Nº 56/2021</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4788/substitutivo_pl_082021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4788/substitutivo_pl_082021.pdf</t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4882/substitutivo2.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4882/substitutivo2.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA “FAMÍLIA ACOLHEDORA” QUE VISA O ACOLHIMENTO PROVISÓRIO DE CRIANÇAS E ADOLESCENTES EM SITUAÇÃO DE RISCO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>5333</t>
   </si>
   <si>
     <t>Edmilson do Esporte, Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5333/substitutivo032021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5333/substitutivo032021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DA(O) BABÁ</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4920/verto_parcial_pl15_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4920/verto_parcial_pl15_21.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL AO PROJETO DE LEI Nº 15/21</t>
   </si>
   <si>
     <t>5007</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5007/vt_02_21.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5007/vt_02_21.pdf</t>
   </si>
   <si>
     <t>Veto 02/2021 ao Projeto de Lei nº 14/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8526,67 +8526,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4676/emenda01_21.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4737/emenda_0221.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4929/emenda03_21.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4930/emenda04_21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4961/emenda05_21.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4967/emenda06_21.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4971/emenda07_21.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4972/emenda08_21.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4973/emenda09_21.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5115/emenda10_21.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5144/emenda11_21.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5148/emenda_12_21.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5149/emenda_13_21.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5190/emenda14_21.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5252/emenda_15_21.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5261/emenda_16_21.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5273/emenda_17_21.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5300/emenda18_21.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5301/emenda19_21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5302/emenda20_21.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5310/emenda_21_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5313/emenda22_21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5314/emenda_23_21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5315/emenda24_21.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5316/emenda25_21.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5317/emenda_26_21.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5318/emenda_27_21.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5319/emenda_28_21.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5329/emenda30_21.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4558/ind._01_21.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4559/ind._02_21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4560/ind._03_21.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4561/ind._04_21.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4562/ind._05_21.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4563/ind._06_21.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4564/ind._07_21.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4565/ind._08_21.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4566/ind._09_21.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4567/ind._10_21.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4568/ind_11_21.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4569/ind._12_21.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4570/ind._13_21.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4571/ind._14_21.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4572/ind._15_21.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4573/ind._16_21.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4574/ind._17_21.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4575/ind._18_21.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4576/ind_19_22.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4577/ind._20_21.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4578/ind._21_21.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4579/ind._22_21.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4580/ind._23_21.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4581/ind._24_21.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4582/ind._25_21.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4583/ind._26_21.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4584/ind._27_21.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4585/ind._28_21.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4586/ind._29_21.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4587/ind_230_21.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4588/ind._31_21.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4589/ind._32_21.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4590/ind._33_21.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4591/ind._34_21.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4592/ind._35_21.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4593/ind._36_21.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4594/ind._37_21.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4595/ind._38_21.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4596/ind._39_21.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4597/ind._40_21.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4598/ind._41_21.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4599/ind._42_21.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4600/ind._43_21.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4601/ind._44_21.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4602/ind._45_21.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4603/ind._46_21.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4604/ind._47_21.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4605/ind._48_21.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4606/ind._49_21.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4607/ind._50_21.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4608/ind._51_21.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4609/ind._52_21.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4610/ind._53_21.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4611/ind._54_21.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4612/ind._55_21.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4615/ind._56_21.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4616/ind._57_21.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4617/ind._58_21.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4618/ind._59_21.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4619/ind._60_21.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4620/ind._61_21.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4621/ind._62_21.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4622/ind_63_22.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4623/ind._64_21.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4624/ind._65_21.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4625/ind._66_21.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4626/ind._67_21.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4627/ind._68_21.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4628/ind._69_21.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4629/ind._70_21.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4630/ind._71_21.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4631/ind._72_21.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4635/ind._73_21.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4636/ind.74_21.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4637/ind._75_21.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4638/ind._76_21.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4639/ind._77_21.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4640/ind._78_21.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4641/ind._79_21.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4642/ind._80_21.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4643/ind._81_21.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4644/ind._82_21.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4645/ind._83_21.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4646/ind._84_21.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4647/ind._85_21.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4648/ind._86_21.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4649/ind._87_21.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4650/ind._88_21.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4651/ind._89_21.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4652/ind._90_21.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4653/ind._91_21.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4654/ind._92_21.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4655/ind._93_21.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4656/ind._94_21.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4657/ind._95_21.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4658/ind._96_21.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4659/ind._97_21.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4660/ind._98_21.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4661/ind._99_21.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4662/ind._100_21.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4663/ind._101_21.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4664/ind._102_21.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4665/ind._103_21.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4666/ind._104_21.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4667/ind._105_21.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4668/ind._106_21.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4669/ind._107_21.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4670/ind._108_21.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4671/ind._109_21.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4672/ind._110_21.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4673/ind._111_21.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4674/ind._112_21.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4680/ind._113_21.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4681/ind._114_21.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4682/ind._115_21.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4683/ind._116_21.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4684/ind._117_21.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4685/ind._118_21.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4686/ind._119_21.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4687/ind._120_21.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4688/ind._121_21.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4689/ind._122_21.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4690/ind._123_21.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4691/ind._124_21.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4692/ind._125_21.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4693/ind._126_21.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4694/ind._127_21.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4732/ind._128_21.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4734/ind._129_21.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4736/ind_130_21.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4739/ind_131_21.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4740/ind_132_21.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4741/ind_133_21.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4742/ind_134_21.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4743/ind_135_21.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4746/ind_136_21.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4747/ind_137_21.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4770/ind_138_21.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4772/ind_139_21.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4779/ind_140_21.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4800/ind_141_21.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4801/ind_142_21.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4802/ind_143_21.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4803/ind_144_21.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4804/ind_145_21.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4805/ind_146_21.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4806/ind_147_21.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4807/ind_148_21.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4808/ind_149_21.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4809/ind_150_21.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4810/ind_151_21.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4811/ind_152_21.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4815/ind_153_21.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4816/ind_154_21.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4817/ind_155_21.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4818/ind_156_21.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4832/ind._157_21.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4833/ind._158_21.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4834/ind._159_21.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4837/ind._160_21.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4838/ind._161_21.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4840/ind._162_21.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4841/ind._163_21.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4842/ind._164_21.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4843/ind._165_21.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4844/ind._166_21.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4845/ind._167_21.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4850/ind._168_21.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4854/ind._169_21.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4855/ind._170_21.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4856/ind._171_21.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4857/ind._172_21.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4858/ind._173_21.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4859/ind._174_21.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4860/ind._175_21.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4861/ind._176_21.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4862/ind._177_21.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4866/ind._178_21.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4867/ind._179_21.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4871/ind._180_21.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4872/ind._181_21.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4873/ind._182_21.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4878/ind._183_21.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4881/ind._184_21.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4884/ind._185_21.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4885/ind._186_21.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4887/ind._187_21.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4889/ind._188_21.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4899/ind._189_21.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4910/ind._190_21.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4911/ind._191_21.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4912/ind._192_21.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4913/ind._193_21.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4914/ind._194_21.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4915/ind_195.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4916/ind._196_21.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4917/ind._197_21.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4918/ind._198_21.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4919/ind._199_21.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4921/ind._200_21.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4922/ind._201_21.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4938/ind._202_21.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4939/ind._203_21.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4940/ind._204_21.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4941/ind._205_21.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4942/ind._206_21.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4943/ind._207_21.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4944/ind._208_21.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4945/ind._209_21.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4946/ind._210_21.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4947/ind._211_21.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4953/ind._212_21.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4963/ind._213_21.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4964/ind._214_21.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4965/ind._215_21.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4976/ind._216_21.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4977/ind._217_21.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4989/ind._218_21.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4990/ind._219_21.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4992/ind_220_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4993/ind_221_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5003/ind_222_2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5004/ind_223_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5008/ind_224_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5012/ind_225_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5013/ind_226_21.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5014/ind_227_21.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5015/ind_228_21.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5016/ind_229_21.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5017/ind_230.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5018/ind_231_21.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5022/ind_232_21.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5024/ind_233_21.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5025/ind_234_21.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5026/ind_235_21.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5027/ind_236_21.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5028/ind_237_21.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5029/ind_238_21.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5032/ind_239_21.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5035/ind_240_21.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5036/ind_241_21.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5038/ind_242_21.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5039/ind_243_21.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5040/ind_244_21.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5041/ind_245_21.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5046/ind__246_21.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5050/ind_247_21.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5051/ind_248_21.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5071/ind_249_21.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5072/ind_250_21.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5073/ind_251_21.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5074/ind_252_21.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5081/ind_253_21.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5082/ind_254_21.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5083/ind_255_21.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5084/ind_256_21.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5085/ind_257_21.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5093/ind_258_21.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5096/ind_259_21.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5097/ind_260_21.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5098/ind_261_21.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5099/ind_262_21.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5100/ind_263_21.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5101/ind_264_21.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5102/ind_265_21.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5107/ind_266_21.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5111/ind_267_21.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5118/ind_268_21.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5119/ind_269_21.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5120/ind_270_21.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5122/ind_271_21.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5125/ind_272.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5126/ind_273.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5127/ind_274_21.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5128/ind_275_21.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5129/ind_276_21.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5130/ind_277_21.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5131/ind_278.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5132/ind_279_21.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5133/ind_280_21.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5134/ind_281_21.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5135/ind_282_21.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5139/ind_283_21.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5150/ind_284_21.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5151/ind_285_21.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5152/ind_286_21.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5153/ind_287_21.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5154/ind_288_21.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5155/ind_289_21.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5156/ind_290_21.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5157/ind_291_21.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5158/ind_292_21.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5159/ind_293_21.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5160/ind_294_21.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5161/ind_295_21.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5170/ind_296_21.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5171/ind_297_21.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5172/ind_298_21.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5173/ind_299_21.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5178/ind_300_21.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5179/ind_301.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5188/ind_302_21.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5195/ind_303_21.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5196/ind_304_21.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5200/ind_305_21.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5201/ind_306_21.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5202/ind_307_21.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5203/ind_308_21.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5204/ind_309_21.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5205/ind_310_21.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5206/ind_311_21.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5221/ind_312_21.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5222/ind_313_21.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5223/ind_314_21.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5224/ind_315_21.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5225/ind_316_21.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5226/ind_317_21.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5227/ind_318_21.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5228/ind_319_21.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5229/ind_320_21.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5230/ind_321_21.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5231/ind_322_21.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5232/ind_323_21.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5233/ind_324_21.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5234/ind_325_21.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5244/ind_326_21.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5245/ind_327_21.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5247/ind_328_21.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5248/ind_329_21.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5260/ind_330_21.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5262/ind_331_21.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5263/ind_332_21.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5272/ind_333_21.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5277/ind_334_21.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5278/ind_335_21.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5279/ind_336_21.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5280/ind_337_21.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5281/ind_338_21.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5283/ind_339_21.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5295/ind_340_21.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5298/ind_341_21.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4771/mocao1_21.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4812/moc_02_21.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4813/moc_03_21.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4847/moc_4.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4848/moc_05.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4879/moc_06_21.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4880/mocao_07_21.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4888/moc_08_21.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4903/moc__09_21.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4952/moc_10_21.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4966/moc_11_21.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4991/moc_12_2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5023/moc_13_2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5110/moc_14_21.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5116/moc_15_21.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5117/moc_16_21.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5121/moc_17_21.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5124/moc_18_21.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5189/moc_19_21.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5207/moc_20_21.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5243/moc_21_21.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5249/moc_22_21.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5253/moc_23_21.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5284/moc_24_21.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4677/parecer01_21.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4678/parecer02_21.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4679/parecer03_21.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4751/parecer04_21.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4752/parecer_05_21.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4753/parecer06_21.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4778/parecer_07_21.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4783/parecer08_21.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4784/parecer09_21.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4785/parecer_10_21.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4786/parecer11_21.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4787/parecer_12_21.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4789/parecer13_2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4790/parecer14_2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4827/parecer_15_21.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4828/parecer16_2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4863/parecer_17_21.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4864/parecer18_21.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4865/parecer_19_21.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4869/parecer20_21.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4870/parecer21_21.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4874/parecer_22_21.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4900/parecer23_21.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4901/parecer24__21.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4902/parecer25_21.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4925/parecer26_21.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4926/parecer27_21.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4927/parecer_28_21.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4933/parecer29_21.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4934/parecer30_21.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4954/parecer_31_21.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4955/parecer32_21.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4956/parecer33_21.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4959/parecer34_21.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4968/parecer35_21.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4969/parecer36_21.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4974/parecer37_21.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4982/parecer38_21.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5000/parecer39_21.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5001/parecer40_21.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5002/parecer41_21.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5011/parecer_42_21.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5034/parecer_43_21.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5043/parecer_44.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5047/parecer45_21.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5048/parecer46_21.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5089/parecer47_21.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5090/par_48.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5091/par_49.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5092/par_50.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5140/parecer_51.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5141/parecer_52.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5142/parecer_53.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5143/parecer_54.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5168/parecer55_21.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5169/parecer56_21.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5182/parecer57_21..pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5183/par_58_21.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5184/parecer59_21.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5185/par_60_21.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5186/parecer61_21.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5191/parecer62_21.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5192/parecer63_21.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5214/parecer_64_2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5215/parecer65_21.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5216/par_66_21.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5217/par_67_21.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5239/par_68_21.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5240/parecer69_21.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5250/par_70_21.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5251/par_71_21.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5264/par_72_21.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5265/par_73_21.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5266/parecer74_21.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5267/parecer752021.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5268/parecer76_21.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5286/par_77_21.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5287/par_78_21.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5288/par_79_21.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5289/par_80_21.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5290/parecer81_21.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5297/par_82_21.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5303/parecer83_21.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5304/par_84_2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5305/par_85_21.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5306/par_86_2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5307/parecer87_21.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5311/par_88_2021.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5312/par_89_21.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5323/parecer90_21.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5328/parecer_92_21.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2023/6636/925368_-_parecer_favoravel_as_contas_pm_2021.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4748/pdl01_21.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4962/pdl_02_21_precedido_de__relatorio_da_cof.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5237/pdl03_21.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5238/pdl_04_21.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5254/pdl_05_21.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5255/pdl_06_21.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5256/pdl_07_21.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5257/pdl_08_2021.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5285/pdl_09_21.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5291/pdl_10_21.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5005/plc_01_21.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5075/plc_02_21.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5177/plc03_21__-_cargos_monitor_de_alunos.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5258/plc_04_21.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5270/plc_05_2021.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5271/plc_06_2021.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5299/plc_07_21.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5308/plc_08_21.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4555/projeto_01_2021.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4556/projeto_02_2021.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4557/projeto_03_2021.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4632/pl_04_21.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4633/pl_05_21.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4634/pl_06_21.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4738/pl07_21.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4749/pl08_21.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4761/pl0_9-21.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4819/projeto_10_21.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4820/pl_11_21.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4821/pl_12_21.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4830/pl_13_21.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4835/pl14_21_-_denominacao_reginalva.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4836/pl_15_2021.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4839/pl16_21.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4849/pl_17_2021.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4875/pl18_21.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4876/pl19_21.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4877/pl20_21.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4893/pl21_21.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4894/pl22_22.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4895/pl23_21.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4932/pl24_21.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4935/pl25_21.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4957/pl26_21.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4958/pl27_21.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4970/pl_28_21_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4981/projeto_lei_29_21.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5006/plo_30_21.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5010/plo_31_21.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5049/pl_32_2021.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5053/pl33_21.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5068/pl34_21.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5069/pl_35.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5076/plo_36_21.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5077/plo_37_21.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5078/plo_38_21.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5079/plo_39_21.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5094/plo_40_21.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5095/plo_41_21.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5109/pl42_21.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5114/pl43_21.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5123/pl44_21.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5174/pl45_21_ppa.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5175/pl46_-_ldo2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5176/loa_2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5193/pl_48_21.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5199/plo_49_21.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5242/plo_50_21.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5259/plo_51_21.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5269/plo_52_21.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5293/plo_53_21.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5320/plo_54_21.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5325/plo_55_21.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5326/plo_56_21.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4754/pr_01_21.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4928/pr_02_21.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4975/pr03_21.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5042/pr4_2021.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5180/pr05_21.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4782/rf_02_21.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4814/ref._final03_21.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4983/rf05_21.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4999/red_fin_06.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5181/rf07_21.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5198/rf_08_21.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5282/red._final09_21.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5296/rf_10_21.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5309/red.final11_21.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5321/rf_12_21.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5322/rf_13_21.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5330/rf14_21.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5331/rf15_21.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4695/req._01_21.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4696/req._02_21.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4697/req_03_21.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4698/req_04_21.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4699/req_05_21.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4700/req_06_21.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4702/req_07_2021.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4703/req_08_21.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4705/req_10_21.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4706/req_11_21.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4707/req_12_21.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4708/req_13_21.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4709/req_14_21.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4710/req_15_21.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4711/req_16_21.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4712/req_17_21.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4713/req_18_21.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4714/req_19_21.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4715/req_20_21.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4716/req_21_21.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4717/req_22_21.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4718/req_23_21.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4719/req_24_21.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4720/req_25_21.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4721/req_26_21.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4722/req_27_21.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4723/req_28_21.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4724/req_29_21.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4725/req_30_21.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4726/req_31_21.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4727/req_32_21.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4728/req_33_21.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4729/req_34_21.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4730/req_35_21.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4731/req_36_21.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4735/requ372021_1.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4744/requ382021.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4745/requ392021.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4750/req_40_21.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4755/req_41_21.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4756/req_42_21.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4757/req_43_21.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4758/req_44_21.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4759/req_45_21.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4760/req_46_21.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4762/req_47_21.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4763/req_48_21.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4764/req_49_21.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4765/req_50_21.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4766/req_51_21.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4767/req_52_21.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4768/req_53_21.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4769/req_54_21.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4773/req_55_21.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4774/req_56_21.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4775/req_57_21.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4776/req_58_21.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4777/req_59_21.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4780/req_60_21.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4781/req_61_21.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4791/req_62_21.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4792/req_63_21.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4793/req_64_21.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4794/req_65_21.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4795/req_66_21.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4796/req_67_21.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4797/req_68_21.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4798/req_69_21.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4799/req_70_21.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4822/req_71_21.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4823/req_72_21.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4824/req_73.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4825/req_74_21.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4826/req_75_21.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4829/req_76_21.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4831/req_77_21.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4846/req_78_21_2.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4851/req_79_21.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4852/req_80_21.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4853/req_81_21.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4868/req_82_21.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4890/req_83_21.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4891/req_84_21.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4892/req_85_21.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4896/req_86_21.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4897/req_87_21.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4898/req_88_21.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4904/req_89_21.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4905/req_90_21.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4906/req_91_21.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4907/req_92_21.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4908/req_93_21.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4909/req_94_21.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4923/req_95_21.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4924/req_96_21.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4936/req_97_21.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4937/req_98_21.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4948/req_99_21.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4949/req_100.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4950/req_101_21.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4951/req_102_21.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4960/req_103_21.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4978/req_104_21.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4979/req_105_21.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4980/req_106_21.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4984/req_107_21.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4985/req_108_21.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4986/req_109_21.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4987/req_110_21.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4988/req_111_21.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4994/req_112_2021.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4995/req_113_2021.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4996/req_114_2021.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4997/req_115_2021.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4998/req_116_2021.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5019/req_117_2021.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5020/req_118_2021.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5021/req_119_2021.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5030/req_120_2021.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5031/req_121_2021.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5033/req_122_2021.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5037/req_123_21.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5044/req_124_21.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5045/req_125_21.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5052/req_126_21.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5054/req_127_21.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5055/req_128_21.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5056/req_129_21.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5057/req_130_21.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5058/req_131_21.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5059/req_132_21.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5060/req_133_21.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5061/req_134_21.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5062/req_135_21.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5063/req_136_21.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5064/req_137_21.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5065/req_138_21.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5066/req_139_21.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5067/req_140_21.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5070/req_141_21.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5080/req_142_21.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5086/req_143_21.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5087/req_144_21.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5088/req_145_21.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5103/req_146_21.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5104/req_147_21.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5105/req_148_21.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5106/req_149_21.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5108/req_150_21.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5112/req_151_2021.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5136/req_152_21.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5137/req_153_21.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5138/req_154_21.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5145/req_155_21.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5146/req_156_21.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5147/req_157_21.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5163/req_158_21.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5164/req_159_21.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5165/req_160_21.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5166/req_161_21.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5167/req_162_21.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5187/req_163_21.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5194/req_164_21.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5197/req_165_21.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5208/req_166_21.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5209/req_167_21.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5210/req_168_21.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5211/req_169_21.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5212/req_170_21.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5213/req_171_21.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5218/req_172_21.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5219/req_173_21.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5220/req_174_21.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5235/req__175_21.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5236/req_176_21.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5241/req_177_21.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5246/req_178.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5275/req_179_21.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5276/req_180_21.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5292/req_181_21.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5294/req_182_21.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4788/substitutivo_pl_082021.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4882/substitutivo2.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5333/substitutivo032021.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4920/verto_parcial_pl15_21.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5007/vt_02_21.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4676/emenda01_21.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4737/emenda_0221.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4929/emenda03_21.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4930/emenda04_21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4961/emenda05_21.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4967/emenda06_21.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4971/emenda07_21.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4972/emenda08_21.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4973/emenda09_21.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5115/emenda10_21.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5144/emenda11_21.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5148/emenda_12_21.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5149/emenda_13_21.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5190/emenda14_21.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5252/emenda_15_21.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5261/emenda_16_21.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5273/emenda_17_21.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5300/emenda18_21.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5301/emenda19_21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5302/emenda20_21.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5310/emenda_21_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5313/emenda22_21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5314/emenda_23_21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5315/emenda24_21.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5316/emenda25_21.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5317/emenda_26_21.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5318/emenda_27_21.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5319/emenda_28_21.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5329/emenda30_21.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4558/ind._01_21.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4559/ind._02_21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4560/ind._03_21.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4561/ind._04_21.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4562/ind._05_21.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4563/ind._06_21.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4564/ind._07_21.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4565/ind._08_21.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4566/ind._09_21.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4567/ind._10_21.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4568/ind_11_21.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4569/ind._12_21.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4570/ind._13_21.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4571/ind._14_21.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4572/ind._15_21.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4573/ind._16_21.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4574/ind._17_21.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4575/ind._18_21.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4576/ind_19_22.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4577/ind._20_21.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4578/ind._21_21.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4579/ind._22_21.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4580/ind._23_21.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4581/ind._24_21.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4582/ind._25_21.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4583/ind._26_21.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4584/ind._27_21.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4585/ind._28_21.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4586/ind._29_21.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4587/ind_230_21.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4588/ind._31_21.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4589/ind._32_21.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4590/ind._33_21.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4591/ind._34_21.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4592/ind._35_21.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4593/ind._36_21.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4594/ind._37_21.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4595/ind._38_21.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4596/ind._39_21.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4597/ind._40_21.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4598/ind._41_21.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4599/ind._42_21.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4600/ind._43_21.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4601/ind._44_21.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4602/ind._45_21.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4603/ind._46_21.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4604/ind._47_21.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4605/ind._48_21.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4606/ind._49_21.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4607/ind._50_21.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4608/ind._51_21.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4609/ind._52_21.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4610/ind._53_21.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4611/ind._54_21.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4612/ind._55_21.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4615/ind._56_21.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4616/ind._57_21.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4617/ind._58_21.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4618/ind._59_21.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4619/ind._60_21.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4620/ind._61_21.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4621/ind._62_21.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4622/ind_63_22.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4623/ind._64_21.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4624/ind._65_21.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4625/ind._66_21.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4626/ind._67_21.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4627/ind._68_21.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4628/ind._69_21.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4629/ind._70_21.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4630/ind._71_21.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4631/ind._72_21.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4635/ind._73_21.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4636/ind.74_21.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4637/ind._75_21.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4638/ind._76_21.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4639/ind._77_21.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4640/ind._78_21.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4641/ind._79_21.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4642/ind._80_21.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4643/ind._81_21.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4644/ind._82_21.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4645/ind._83_21.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4646/ind._84_21.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4647/ind._85_21.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4648/ind._86_21.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4649/ind._87_21.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4650/ind._88_21.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4651/ind._89_21.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4652/ind._90_21.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4653/ind._91_21.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4654/ind._92_21.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4655/ind._93_21.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4656/ind._94_21.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4657/ind._95_21.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4658/ind._96_21.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4659/ind._97_21.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4660/ind._98_21.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4661/ind._99_21.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4662/ind._100_21.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4663/ind._101_21.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4664/ind._102_21.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4665/ind._103_21.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4666/ind._104_21.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4667/ind._105_21.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4668/ind._106_21.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4669/ind._107_21.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4670/ind._108_21.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4671/ind._109_21.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4672/ind._110_21.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4673/ind._111_21.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4674/ind._112_21.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4680/ind._113_21.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4681/ind._114_21.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4682/ind._115_21.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4683/ind._116_21.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4684/ind._117_21.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4685/ind._118_21.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4686/ind._119_21.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4687/ind._120_21.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4688/ind._121_21.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4689/ind._122_21.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4690/ind._123_21.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4691/ind._124_21.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4692/ind._125_21.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4693/ind._126_21.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4694/ind._127_21.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4732/ind._128_21.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4734/ind._129_21.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4736/ind_130_21.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4739/ind_131_21.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4740/ind_132_21.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4741/ind_133_21.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4742/ind_134_21.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4743/ind_135_21.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4746/ind_136_21.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4747/ind_137_21.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4770/ind_138_21.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4772/ind_139_21.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4779/ind_140_21.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4800/ind_141_21.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4801/ind_142_21.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4802/ind_143_21.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4803/ind_144_21.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4804/ind_145_21.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4805/ind_146_21.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4806/ind_147_21.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4807/ind_148_21.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4808/ind_149_21.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4809/ind_150_21.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4810/ind_151_21.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4811/ind_152_21.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4815/ind_153_21.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4816/ind_154_21.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4817/ind_155_21.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4818/ind_156_21.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4832/ind._157_21.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4833/ind._158_21.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4834/ind._159_21.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4837/ind._160_21.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4838/ind._161_21.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4840/ind._162_21.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4841/ind._163_21.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4842/ind._164_21.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4843/ind._165_21.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4844/ind._166_21.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4845/ind._167_21.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4850/ind._168_21.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4854/ind._169_21.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4855/ind._170_21.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4856/ind._171_21.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4857/ind._172_21.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4858/ind._173_21.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4859/ind._174_21.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4860/ind._175_21.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4861/ind._176_21.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4862/ind._177_21.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4866/ind._178_21.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4867/ind._179_21.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4871/ind._180_21.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4872/ind._181_21.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4873/ind._182_21.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4878/ind._183_21.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4881/ind._184_21.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4884/ind._185_21.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4885/ind._186_21.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4887/ind._187_21.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4889/ind._188_21.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4899/ind._189_21.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4910/ind._190_21.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4911/ind._191_21.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4912/ind._192_21.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4913/ind._193_21.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4914/ind._194_21.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4915/ind_195.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4916/ind._196_21.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4917/ind._197_21.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4918/ind._198_21.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4919/ind._199_21.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4921/ind._200_21.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4922/ind._201_21.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4938/ind._202_21.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4939/ind._203_21.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4940/ind._204_21.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4941/ind._205_21.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4942/ind._206_21.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4943/ind._207_21.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4944/ind._208_21.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4945/ind._209_21.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4946/ind._210_21.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4947/ind._211_21.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4953/ind._212_21.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4963/ind._213_21.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4964/ind._214_21.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4965/ind._215_21.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4976/ind._216_21.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4977/ind._217_21.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4989/ind._218_21.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4990/ind._219_21.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4992/ind_220_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4993/ind_221_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5003/ind_222_2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5004/ind_223_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5008/ind_224_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5012/ind_225_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5013/ind_226_21.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5014/ind_227_21.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5015/ind_228_21.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5016/ind_229_21.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5017/ind_230.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5018/ind_231_21.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5022/ind_232_21.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5024/ind_233_21.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5025/ind_234_21.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5026/ind_235_21.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5027/ind_236_21.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5028/ind_237_21.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5029/ind_238_21.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5032/ind_239_21.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5035/ind_240_21.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5036/ind_241_21.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5038/ind_242_21.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5039/ind_243_21.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5040/ind_244_21.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5041/ind_245_21.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5046/ind__246_21.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5050/ind_247_21.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5051/ind_248_21.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5071/ind_249_21.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5072/ind_250_21.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5073/ind_251_21.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5074/ind_252_21.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5081/ind_253_21.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5082/ind_254_21.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5083/ind_255_21.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5084/ind_256_21.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5085/ind_257_21.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5093/ind_258_21.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5096/ind_259_21.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5097/ind_260_21.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5098/ind_261_21.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5099/ind_262_21.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5100/ind_263_21.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5101/ind_264_21.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5102/ind_265_21.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5107/ind_266_21.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5111/ind_267_21.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5118/ind_268_21.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5119/ind_269_21.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5120/ind_270_21.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5122/ind_271_21.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5125/ind_272.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5126/ind_273.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5127/ind_274_21.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5128/ind_275_21.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5129/ind_276_21.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5130/ind_277_21.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5131/ind_278.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5132/ind_279_21.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5133/ind_280_21.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5134/ind_281_21.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5135/ind_282_21.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5139/ind_283_21.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5150/ind_284_21.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5151/ind_285_21.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5152/ind_286_21.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5153/ind_287_21.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5154/ind_288_21.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5155/ind_289_21.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5156/ind_290_21.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5157/ind_291_21.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5158/ind_292_21.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5159/ind_293_21.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5160/ind_294_21.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5161/ind_295_21.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5170/ind_296_21.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5171/ind_297_21.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5172/ind_298_21.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5173/ind_299_21.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5178/ind_300_21.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5179/ind_301.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5188/ind_302_21.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5195/ind_303_21.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5196/ind_304_21.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5200/ind_305_21.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5201/ind_306_21.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5202/ind_307_21.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5203/ind_308_21.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5204/ind_309_21.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5205/ind_310_21.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5206/ind_311_21.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5221/ind_312_21.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5222/ind_313_21.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5223/ind_314_21.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5224/ind_315_21.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5225/ind_316_21.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5226/ind_317_21.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5227/ind_318_21.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5228/ind_319_21.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5229/ind_320_21.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5230/ind_321_21.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5231/ind_322_21.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5232/ind_323_21.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5233/ind_324_21.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5234/ind_325_21.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5244/ind_326_21.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5245/ind_327_21.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5247/ind_328_21.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5248/ind_329_21.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5260/ind_330_21.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5262/ind_331_21.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5263/ind_332_21.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5272/ind_333_21.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5277/ind_334_21.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5278/ind_335_21.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5279/ind_336_21.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5280/ind_337_21.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5281/ind_338_21.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5283/ind_339_21.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5295/ind_340_21.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5298/ind_341_21.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4771/mocao1_21.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4812/moc_02_21.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4813/moc_03_21.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4847/moc_4.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4848/moc_05.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4879/moc_06_21.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4880/mocao_07_21.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4888/moc_08_21.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4903/moc__09_21.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4952/moc_10_21.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4966/moc_11_21.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4991/moc_12_2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5023/moc_13_2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5110/moc_14_21.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5116/moc_15_21.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5117/moc_16_21.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5121/moc_17_21.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5124/moc_18_21.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5189/moc_19_21.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5207/moc_20_21.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5243/moc_21_21.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5249/moc_22_21.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5253/moc_23_21.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5284/moc_24_21.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4677/parecer01_21.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4678/parecer02_21.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4679/parecer03_21.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4751/parecer04_21.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4752/parecer_05_21.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4753/parecer06_21.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4778/parecer_07_21.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4783/parecer08_21.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4784/parecer09_21.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4785/parecer_10_21.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4786/parecer11_21.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4787/parecer_12_21.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4789/parecer13_2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4790/parecer14_2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4827/parecer_15_21.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4828/parecer16_2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4863/parecer_17_21.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4864/parecer18_21.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4865/parecer_19_21.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4869/parecer20_21.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4870/parecer21_21.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4874/parecer_22_21.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4900/parecer23_21.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4901/parecer24__21.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4902/parecer25_21.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4925/parecer26_21.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4926/parecer27_21.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4927/parecer_28_21.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4933/parecer29_21.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4934/parecer30_21.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4954/parecer_31_21.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4955/parecer32_21.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4956/parecer33_21.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4959/parecer34_21.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4968/parecer35_21.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4969/parecer36_21.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4974/parecer37_21.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4982/parecer38_21.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5000/parecer39_21.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5001/parecer40_21.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5002/parecer41_21.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5011/parecer_42_21.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5034/parecer_43_21.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5043/parecer_44.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5047/parecer45_21.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5048/parecer46_21.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5089/parecer47_21.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5090/par_48.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5091/par_49.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5092/par_50.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5140/parecer_51.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5141/parecer_52.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5142/parecer_53.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5143/parecer_54.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5168/parecer55_21.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5169/parecer56_21.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5182/parecer57_21..pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5183/par_58_21.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5184/parecer59_21.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5185/par_60_21.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5186/parecer61_21.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5191/parecer62_21.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5192/parecer63_21.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5214/parecer_64_2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5215/parecer65_21.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5216/par_66_21.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5217/par_67_21.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5239/par_68_21.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5240/parecer69_21.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5250/par_70_21.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5251/par_71_21.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5264/par_72_21.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5265/par_73_21.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5266/parecer74_21.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5267/parecer752021.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5268/parecer76_21.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5286/par_77_21.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5287/par_78_21.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5288/par_79_21.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5289/par_80_21.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5290/parecer81_21.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5297/par_82_21.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5303/parecer83_21.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5304/par_84_2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5305/par_85_21.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5306/par_86_2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5307/parecer87_21.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5311/par_88_2021.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5312/par_89_21.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5323/parecer90_21.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5328/parecer_92_21.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2023/6636/925368_-_parecer_favoravel_as_contas_pm_2021.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4748/pdl01_21.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4962/pdl_02_21_precedido_de__relatorio_da_cof.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5237/pdl03_21.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5238/pdl_04_21.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5254/pdl_05_21.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5255/pdl_06_21.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5256/pdl_07_21.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5257/pdl_08_2021.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5285/pdl_09_21.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5291/pdl_10_21.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5005/plc_01_21.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5075/plc_02_21.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5177/plc03_21__-_cargos_monitor_de_alunos.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5258/plc_04_21.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5270/plc_05_2021.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5271/plc_06_2021.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5299/plc_07_21.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5308/plc_08_21.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4555/projeto_01_2021.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4556/projeto_02_2021.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4557/projeto_03_2021.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4632/pl_04_21.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4633/pl_05_21.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4634/pl_06_21.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4738/pl07_21.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4749/pl08_21.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4761/pl0_9-21.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4819/projeto_10_21.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4820/pl_11_21.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4821/pl_12_21.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4830/pl_13_21.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4835/pl14_21_-_denominacao_reginalva.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4836/pl_15_2021.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4839/pl16_21.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4849/pl_17_2021.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4875/pl18_21.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4876/pl19_21.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4877/pl20_21.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4893/pl21_21.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4894/pl22_22.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4895/pl23_21.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4932/pl24_21.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4935/pl25_21.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4957/pl26_21.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4958/pl27_21.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4970/pl_28_21_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4981/projeto_lei_29_21.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5006/plo_30_21.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5010/plo_31_21.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5049/pl_32_2021.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5053/pl33_21.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5068/pl34_21.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5069/pl_35.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5076/plo_36_21.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5077/plo_37_21.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5078/plo_38_21.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5079/plo_39_21.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5094/plo_40_21.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5095/plo_41_21.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5109/pl42_21.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5114/pl43_21.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5123/pl44_21.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5174/pl45_21_ppa.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5175/pl46_-_ldo2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5176/loa_2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5193/pl_48_21.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5199/plo_49_21.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5242/plo_50_21.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5259/plo_51_21.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5269/plo_52_21.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5293/plo_53_21.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5320/plo_54_21.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5325/plo_55_21.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5326/plo_56_21.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4754/pr_01_21.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4928/pr_02_21.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4975/pr03_21.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5042/pr4_2021.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5180/pr05_21.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4782/rf_02_21.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4814/ref._final03_21.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4983/rf05_21.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4999/red_fin_06.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5181/rf07_21.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5198/rf_08_21.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5282/red._final09_21.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5296/rf_10_21.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5309/red.final11_21.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5321/rf_12_21.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5322/rf_13_21.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5330/rf14_21.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5331/rf15_21.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4695/req._01_21.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4696/req._02_21.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4697/req_03_21.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4698/req_04_21.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4699/req_05_21.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4700/req_06_21.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4702/req_07_2021.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4703/req_08_21.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4705/req_10_21.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4706/req_11_21.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4707/req_12_21.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4708/req_13_21.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4709/req_14_21.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4710/req_15_21.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4711/req_16_21.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4712/req_17_21.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4713/req_18_21.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4714/req_19_21.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4715/req_20_21.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4716/req_21_21.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4717/req_22_21.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4718/req_23_21.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4719/req_24_21.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4720/req_25_21.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4721/req_26_21.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4722/req_27_21.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4723/req_28_21.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4724/req_29_21.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4725/req_30_21.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4726/req_31_21.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4727/req_32_21.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4728/req_33_21.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4729/req_34_21.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4730/req_35_21.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4731/req_36_21.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4735/requ372021_1.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4744/requ382021.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4745/requ392021.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4750/req_40_21.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4755/req_41_21.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4756/req_42_21.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4757/req_43_21.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4758/req_44_21.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4759/req_45_21.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4760/req_46_21.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4762/req_47_21.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4763/req_48_21.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4764/req_49_21.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4765/req_50_21.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4766/req_51_21.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4767/req_52_21.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4768/req_53_21.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4769/req_54_21.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4773/req_55_21.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4774/req_56_21.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4775/req_57_21.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4776/req_58_21.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4777/req_59_21.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4780/req_60_21.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4781/req_61_21.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4791/req_62_21.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4792/req_63_21.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4793/req_64_21.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4794/req_65_21.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4795/req_66_21.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4796/req_67_21.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4797/req_68_21.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4798/req_69_21.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4799/req_70_21.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4822/req_71_21.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4823/req_72_21.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4824/req_73.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4825/req_74_21.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4826/req_75_21.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4829/req_76_21.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4831/req_77_21.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4846/req_78_21_2.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4851/req_79_21.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4852/req_80_21.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4853/req_81_21.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4868/req_82_21.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4890/req_83_21.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4891/req_84_21.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4892/req_85_21.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4896/req_86_21.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4897/req_87_21.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4898/req_88_21.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4904/req_89_21.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4905/req_90_21.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4906/req_91_21.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4907/req_92_21.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4908/req_93_21.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4909/req_94_21.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4923/req_95_21.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4924/req_96_21.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4936/req_97_21.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4937/req_98_21.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4948/req_99_21.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4949/req_100.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4950/req_101_21.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4951/req_102_21.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4960/req_103_21.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4978/req_104_21.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4979/req_105_21.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4980/req_106_21.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4984/req_107_21.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4985/req_108_21.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4986/req_109_21.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4987/req_110_21.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4988/req_111_21.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4994/req_112_2021.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4995/req_113_2021.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4996/req_114_2021.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4997/req_115_2021.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4998/req_116_2021.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5019/req_117_2021.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5020/req_118_2021.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5021/req_119_2021.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5030/req_120_2021.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5031/req_121_2021.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5033/req_122_2021.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5037/req_123_21.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5044/req_124_21.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5045/req_125_21.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5052/req_126_21.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5054/req_127_21.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5055/req_128_21.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5056/req_129_21.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5057/req_130_21.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5058/req_131_21.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5059/req_132_21.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5060/req_133_21.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5061/req_134_21.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5062/req_135_21.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5063/req_136_21.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5064/req_137_21.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5065/req_138_21.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5066/req_139_21.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5067/req_140_21.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5070/req_141_21.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5080/req_142_21.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5086/req_143_21.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5087/req_144_21.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5088/req_145_21.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5103/req_146_21.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5104/req_147_21.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5105/req_148_21.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5106/req_149_21.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5108/req_150_21.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5112/req_151_2021.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5136/req_152_21.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5137/req_153_21.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5138/req_154_21.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5145/req_155_21.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5146/req_156_21.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5147/req_157_21.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5163/req_158_21.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5164/req_159_21.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5165/req_160_21.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5166/req_161_21.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5167/req_162_21.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5187/req_163_21.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5194/req_164_21.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5197/req_165_21.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5208/req_166_21.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5209/req_167_21.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5210/req_168_21.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5211/req_169_21.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5212/req_170_21.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5213/req_171_21.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5218/req_172_21.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5219/req_173_21.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5220/req_174_21.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5235/req__175_21.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5236/req_176_21.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5241/req_177_21.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5246/req_178.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5275/req_179_21.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5276/req_180_21.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5292/req_181_21.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5294/req_182_21.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4788/substitutivo_pl_082021.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4882/substitutivo2.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5333/substitutivo032021.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/4920/verto_parcial_pl15_21.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2021/5007/vt_02_21.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H771"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="201.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="119.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="118.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>