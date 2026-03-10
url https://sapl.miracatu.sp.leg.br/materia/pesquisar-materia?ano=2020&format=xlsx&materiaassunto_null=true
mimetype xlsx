--- v0 (2025-10-17)
+++ v1 (2026-03-10)
@@ -54,2989 +54,2989 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4374</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Mesa</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4374/emenda_a_lom_01_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4374/emenda_a_lom_01_20.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT DO  ARTIGO 13  DA LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
     <t>4280</t>
   </si>
   <si>
     <t>EP</t>
   </si>
   <si>
     <t>Emendas a Projetos</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4280/emenda_01_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4280/emenda_01_20.pdf</t>
   </si>
   <si>
     <t>ADITIVA AO PARÁGRAFO UNICO DO ART.5º DO PL 34/19</t>
   </si>
   <si>
     <t>4310</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Tiemi</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4310/emenda02_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4310/emenda02_20.pdf</t>
   </si>
   <si>
     <t>Aditiva a redação do Capítulo II - do Zoneamento  do PLC 05/18</t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Prof. Edithe</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4347/emenda_03_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4347/emenda_03_20.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO ANEXO I DO PROJETO DE LEI COMPLEMENTAR Nº 01/20</t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Jair Silva</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4354/emenda04_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4354/emenda04_20.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO ARTIGO 4º DO PROJETO DE LEI COMPLEMENTAR Nº 01/20</t>
   </si>
   <si>
     <t>4380</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4380/emenda05_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4380/emenda05_20.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA-SE O § 5º DO ART. 46 DO PROJETO DE LEI COMPLEMENTAR  LEI Nº 05/2018</t>
   </si>
   <si>
     <t>4396</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4396/emenda06_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4396/emenda06_20.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA AO ARTIGO 3º DO PROJETO DE LEI 12/10</t>
   </si>
   <si>
     <t>4397</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4397/emenda07_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4397/emenda07_20.pdf</t>
   </si>
   <si>
     <t>ADITIVA AO PROJETO DE LEI 12/20</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Pablo Pereira</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4417/emenda08_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4417/emenda08_20.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA A REDAÇÃO DO ARTIGO 1º DO PROJETO DE LEI Nº 13/20</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4418/emenda9_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4418/emenda9_20.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA A REDAÇÃO DO ARTIGO 2º DO PROJETO DE LEI Nº 13/20</t>
   </si>
   <si>
     <t>4424</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Comissão de Planejamento, Uso, Ocupação e Parcelamento  solo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4424/emenda_10_20_-_modifica_anexo_iv_do_plc_pdd.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4424/emenda_10_20_-_modifica_anexo_iv_do_plc_pdd.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA A REDAÇÃO DO ANEXO IV DO SUBSTITUTIVO DO PROJETO DE LEI COMPLEMENTAR Nº 05/18</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4432/emenda11.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4432/emenda11.pdf</t>
   </si>
   <si>
     <t>Substitutiva a redação do art. 22 da Proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4433</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4433/emenda12.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4433/emenda12.pdf</t>
   </si>
   <si>
     <t>Substitutiva a redação do Art. 24 da proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4434</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4434/emenda13.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4434/emenda13.pdf</t>
   </si>
   <si>
     <t>Substitutiva a redação do art. 42 da Proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4435/emenda14.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4435/emenda14.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA A REDAÇÃO DO ART. 45 da Proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4454/emenda15_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4454/emenda15_20.pdf</t>
   </si>
   <si>
     <t>ADITIVA A REDAÇÃO DO ART. 24 DA PROPOSTA DE EMENDA A LOM  1/18</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4455/emenda16_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4455/emenda16_20.pdf</t>
   </si>
   <si>
     <t>ADITIVA A REDAÇÃO DO ART. 25 DA PROPOSTA DE EMENDA A LOM  1/18</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4456/emenda17.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4456/emenda17.pdf</t>
   </si>
   <si>
     <t>ADITIVA A REDAÇÃO DO ART. 28 DA PROPOSTA DE EMENDA A LOM  1/18</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4457/emenda18_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4457/emenda18_20.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA A REDAÇÃO DO § 1º DO ART. 36 DA PROPOSTA DE EMENDA A LOM  1/18</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4475/emenda19_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4475/emenda19_20.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA A REDAÇÃO DA EMENTA AO PROJETO DE LEI  Nº 17/20</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4489/emenda20_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4489/emenda20_20.pdf</t>
   </si>
   <si>
     <t>Modifica a redação da ementa do PL 18/20</t>
   </si>
   <si>
     <t>4262</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Américo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4262/ind_01_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4262/ind_01_20.pdf</t>
   </si>
   <si>
     <t>limpeza do Ribeirão da Vila Formosa</t>
   </si>
   <si>
     <t>4263</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4263/ind_02_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4263/ind_02_20.pdf</t>
   </si>
   <si>
     <t>manutenção em Estradas</t>
   </si>
   <si>
     <t>4264</t>
   </si>
   <si>
     <t>Barney</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4264/ind_03_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4264/ind_03_20.pdf</t>
   </si>
   <si>
     <t>elevar o nível da Estrada do Biguazinho</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
     <t>Pastor José Fanes</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4265/ind_04_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4265/ind_04_20.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada do Sam Remo</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4266/ind_05_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4266/ind_05_20.pdf</t>
   </si>
   <si>
     <t>remoção de carreta abandonada - Jardim Yolanda</t>
   </si>
   <si>
     <t>4283</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4283/ind_06_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4283/ind_06_20.pdf</t>
   </si>
   <si>
     <t>implantação de faixa de pedestre - Bairro Oliveira Barros</t>
   </si>
   <si>
     <t>4284</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4284/ind_07_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4284/ind_07_20.pdf</t>
   </si>
   <si>
     <t>implantação de lombada na Rua 2, Bairro de Oliveira Barros</t>
   </si>
   <si>
     <t>4285</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4285/ind_08_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4285/ind_08_20.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada da AABB</t>
   </si>
   <si>
     <t>4286</t>
   </si>
   <si>
     <t>Gilberto</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4286/ind_09_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4286/ind_09_20.pdf</t>
   </si>
   <si>
     <t>manutenção na Rua Marc Farlane</t>
   </si>
   <si>
     <t>4287</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4287/ind_10_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4287/ind_10_20.pdf</t>
   </si>
   <si>
     <t>colocação de lixeira em frente à Escola Poeta Domingos Bauer Leite</t>
   </si>
   <si>
     <t>4288</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4288/ind_11_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4288/ind_11_20.pdf</t>
   </si>
   <si>
     <t>construção de abrigo para passageiros de ônibus  em frente a nova UBS</t>
   </si>
   <si>
     <t>4289</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4289/ind_12_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4289/ind_12_20.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA VILA MATSUDA</t>
   </si>
   <si>
     <t>4290</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4290/ind_13_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4290/ind_13_20.pdf</t>
   </si>
   <si>
     <t>estudos para cobrança de ISS para empresas de internet</t>
   </si>
   <si>
     <t>4291</t>
   </si>
   <si>
     <t>Moysés, Barney, Pablo Pereira, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4291/ind_14_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4291/ind_14_20.pdf</t>
   </si>
   <si>
     <t>manutenção na estrada próximo a ponte da Divisa de Miracatu/Juquiá</t>
   </si>
   <si>
     <t>4292</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4292/ind_15_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4292/ind_15_20.pdf</t>
   </si>
   <si>
     <t>transporte escolar para alunos</t>
   </si>
   <si>
     <t>4294</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4294/ind_16_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4294/ind_16_20.pdf</t>
   </si>
   <si>
     <t>manutenção em toda extensão da Rua Nova Araribá</t>
   </si>
   <si>
     <t>4295</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4295/ind_17_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4295/ind_17_20.pdf</t>
   </si>
   <si>
     <t>transporte escolar</t>
   </si>
   <si>
     <t>4296</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4296/ind_18_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4296/ind_18_20.pdf</t>
   </si>
   <si>
     <t>solicita atendimento aos moradores do Bairro Brangel para que o caminhão do lixo faça a coleta</t>
   </si>
   <si>
     <t>4297</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4297/ind_19_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4297/ind_19_20.pdf</t>
   </si>
   <si>
     <t>manutenção - cemitério da Vila Formosa</t>
   </si>
   <si>
     <t>4311</t>
   </si>
   <si>
     <t>Pablo Pereira, Barney, Moysés, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4311/ind_20_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4311/ind_20_20.pdf</t>
   </si>
   <si>
     <t>construção de abrigo para passageiros de ônibus- Bairro Santa Rita</t>
   </si>
   <si>
     <t>4312</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4312/ind_21_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4312/ind_21_20.pdf</t>
   </si>
   <si>
     <t>reforma do abrigo de passageiros de ônibus, Bairro Engenho Km 375</t>
   </si>
   <si>
     <t>4313</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4313/ind_22_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4313/ind_22_20.pdf</t>
   </si>
   <si>
     <t>reforma do abrigo de passageiros de ônibus - Bairro Engenho</t>
   </si>
   <si>
     <t>4314</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4314/ind_23_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4314/ind_23_20.pdf</t>
   </si>
   <si>
     <t>implantação de rampa de acessibilidade - Posto de Saúde de Pedro Barros</t>
   </si>
   <si>
     <t>4315</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4315/ind_24_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4315/ind_24_20.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada do Engenho</t>
   </si>
   <si>
     <t>4316</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4316/ind_25_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4316/ind_25_20.pdf</t>
   </si>
   <si>
     <t>colocação de guard rail na curva que sobe a Serra do Moraes</t>
   </si>
   <si>
     <t>4322</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4322/ind_26_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4322/ind_26_20.pdf</t>
   </si>
   <si>
     <t>solicitando que notifique a Empresa G.Energy para falta de iluminação na Rua Projeta E- Vila São José</t>
   </si>
   <si>
     <t>4323</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4323/ind_27_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4323/ind_27_20.pdf</t>
   </si>
   <si>
     <t>solicitando a colocação de manilhas , Rua Projetada C, Vila São Jose</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4341/ind_28_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4341/ind_28_20.pdf</t>
   </si>
   <si>
     <t>serviço urgente de manutenção no playground da Praça Julia Athayde e de roçada</t>
   </si>
   <si>
     <t>4342</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4342/ind_29_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4342/ind_29_20.pdf</t>
   </si>
   <si>
     <t>Indica proibição de estacionamento de carretas nas imediações da Praça Joaquim Policarpo Faula</t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Junior Baiano</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4350/ind_30_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4350/ind_30_20.pdf</t>
   </si>
   <si>
     <t>implantação de uma lixeira no Èden do Vale - próximo a Fábrica de Blocos Godek</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4351/ind_31_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4351/ind_31_20.pdf</t>
   </si>
   <si>
     <t>solicita a higienização de espaços públicos das ruas do centro</t>
   </si>
   <si>
     <t>4360</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4360/ind_32_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4360/ind_32_20.pdf</t>
   </si>
   <si>
     <t>manutenção no rebaixamento das ruas que dão acesso à Avenida da Saudade</t>
   </si>
   <si>
     <t>4361</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4361/ind_33_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4361/ind_33_20.pdf</t>
   </si>
   <si>
     <t>utilização de paralelepípedos em ruas</t>
   </si>
   <si>
     <t>4362</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4362/ind_34_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4362/ind_34_20.pdf</t>
   </si>
   <si>
     <t>roçada e limpeza de córrego de Oliveira Barros</t>
   </si>
   <si>
     <t>4363</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4363/ind_35_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4363/ind_35_20.pdf</t>
   </si>
   <si>
     <t>denominação de nome em locais e logradouros</t>
   </si>
   <si>
     <t>4364</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4364/ind_36_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4364/ind_36_20.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada do Divisor de Iguape</t>
   </si>
   <si>
     <t>4365</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4365/ind_37_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4365/ind_37_20.pdf</t>
   </si>
   <si>
     <t>estudar a possibilidade de atender as demandas dos produtores rurais</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Moysés</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4395/ind_38_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4395/ind_38_20.pdf</t>
   </si>
   <si>
     <t>manutenção na rede de esgoto na Rua 2, Bairro Oliveira Barros</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4398/ind_39_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4398/ind_39_20.pdf</t>
   </si>
   <si>
     <t>substituições de lâmpadas queimadas na Rua Orlando Silva, Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4399/ind_40_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4399/ind_40_20.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada de Musácea sentido Porto de Areia</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4400/ind_41_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4400/ind_41_20.pdf</t>
   </si>
   <si>
     <t>manutenção em estradas</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4401/ind_42_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4401/ind_42_20.pdf</t>
   </si>
   <si>
     <t>manutenção e limpeza do córrego da Rua Santa Rita- Vila Ubirajara</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4402/ind_43_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4402/ind_43_20.pdf</t>
   </si>
   <si>
     <t>instalação de luminárias na Rua Juriti com a Siriema- Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4403/ind_44_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4403/ind_44_20.pdf</t>
   </si>
   <si>
     <t>instalação de luminárias na Rua Alvorada e Rua Benedito Martins- Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4404</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4404/ind_45_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4404/ind_45_20.pdf</t>
   </si>
   <si>
     <t>instalação de quatro luminárias nas vielas do Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4405</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4405/ind_46_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4405/ind_46_20.pdf</t>
   </si>
   <si>
     <t>manutenção nas luminárias da Praça e do campo - Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4406/ind_47_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4406/ind_47_20.pdf</t>
   </si>
   <si>
     <t>construção de abrigo para passageiros de ônibus, Bairro Biguá - sentido Curitiba/São Paulo</t>
   </si>
   <si>
     <t>4407</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4407/ind_48_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4407/ind_48_20.pdf</t>
   </si>
   <si>
     <t>construção de abrigo de passageiro de ônibus , Bairro Vila Batista, sentido Curitiba/São Paulo</t>
   </si>
   <si>
     <t>4408</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4408/ind_49_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4408/ind_49_20.pdf</t>
   </si>
   <si>
     <t>construção de dois abrigos de passageiro de ônibus - viaduto do Bairro de Oliveira Barros</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4412/ind_50_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4412/ind_50_20.pdf</t>
   </si>
   <si>
     <t>serviço de manutenção na Estrada do Biguazinho</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4421/ind_51_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4421/ind_51_20.pdf</t>
   </si>
   <si>
     <t>Implantação de Serviço Cata Treco</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4422/ind_52_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4422/ind_52_20.pdf</t>
   </si>
   <si>
     <t>Fiscalização na Rua Ataulfo Alves, Jardim Yolanda</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4429/ind_53_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4429/ind_53_20.pdf</t>
   </si>
   <si>
     <t>manutenção e substituição de tampas das caixas de bueiros na Rua Benedito Martins, Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4439/ind_54_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4439/ind_54_20.pdf</t>
   </si>
   <si>
     <t>manutenção na Rua Vinícius de Moraes</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4440/ind_55_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4440/ind_55_20.pdf</t>
   </si>
   <si>
     <t>manutenção nas ruas e no retorno da Pedra do Largo</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4441/ind_56_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4441/ind_56_20.pdf</t>
   </si>
   <si>
     <t>solicita instalação de sete luminárias  no Bairro Vila Batista</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4442/ind_57_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4442/ind_57_20.pdf</t>
   </si>
   <si>
     <t>instalação de manilhas e boca de lobo  - Rua Maximino Rufino (Rua 9)</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4443/ind_58_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4443/ind_58_20.pdf</t>
   </si>
   <si>
     <t>colocação de linha de bueiro e limpeza de vala</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4444/ind_59_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4444/ind_59_20.pdf</t>
   </si>
   <si>
     <t>reparos no guard-rail da ponte da Vila São José</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4445/ind_60_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4445/ind_60_20.pdf</t>
   </si>
   <si>
     <t>instalação de linha de bueiro na Rua Beija-Flor - Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4446/ind_61_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4446/ind_61_20.pdf</t>
   </si>
   <si>
     <t>solicita a retomada de horário de ônibus para o Bairro do Fau</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Barney, Moysés, Pablo Pereira, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4453/ind_62_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4453/ind_62_20.pdf</t>
   </si>
   <si>
     <t>instalação de uma luminária na Rua Dois, Bairro Vila Batista</t>
   </si>
   <si>
     <t>4458</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4458/ind_63_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4458/ind_63_20.pdf</t>
   </si>
   <si>
     <t>manutenção na Rua 2 (Araribá 2) , Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4463/ind_64_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4463/ind_64_20.pdf</t>
   </si>
   <si>
     <t>poda de árvores no Bairro Santa Rita</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4464/ind_65_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4464/ind_65_20.pdf</t>
   </si>
   <si>
     <t>manutenção no bueiro localizado na Rua Paraná, bairro Santa Rita</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4472/ind_66_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4472/ind_66_20.pdf</t>
   </si>
   <si>
     <t>instalação de uma luminária na Rua Luiz 1, Bairro de Biguá</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4473/ind_67_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4473/ind_67_20.pdf</t>
   </si>
   <si>
     <t>reparação em boca de bueiro, Vila Matsuda</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4476/ind_68_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4476/ind_68_2020.pdf</t>
   </si>
   <si>
     <t>limpeza de córrego que passa por baixo da Rodoviária</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4477/ind_69_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4477/ind_69_2020.pdf</t>
   </si>
   <si>
     <t>solicita estudos para adequação de carga horária dos servidores do Centro de Reabilitação (CREAS)</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4491/ind_70_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4491/ind_70_2020.pdf</t>
   </si>
   <si>
     <t>solicita a retomada de horário de ônibus para o Bairro do Kiri</t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4492/ind_71_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4492/ind_71_2020.pdf</t>
   </si>
   <si>
     <t>cumprimento do ARTIGO 67 da Lei Orgânica</t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4499/ind_72_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4499/ind_72_20.pdf</t>
   </si>
   <si>
     <t>limpeza e implantação de passagem de pedestre no Rio Sitio Bardini, Bairro Oliveira Barros</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4503/ind_73_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4503/ind_73_20.pdf</t>
   </si>
   <si>
     <t>manutenção e limpeza de valas próximo ao Viaduto de Oliveira Barros</t>
   </si>
   <si>
     <t>4507</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4507/ind_74_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4507/ind_74_2020.pdf</t>
   </si>
   <si>
     <t>4508</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4508/ind_75_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4508/ind_75_2020.pdf</t>
   </si>
   <si>
     <t>manutenção nas luminárias da Praça de Santa Rita</t>
   </si>
   <si>
     <t>4509</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4509/ind_76_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4509/ind_76_2020.pdf</t>
   </si>
   <si>
     <t>limpeza na Rua Brasília, Bairro Santa Rita</t>
   </si>
   <si>
     <t>4510</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4510/ind_77_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4510/ind_77_2020.pdf</t>
   </si>
   <si>
     <t>limpeza na lixeira localizada na entrada da Estrada do Kiri,  Bairro Pedra do Largo</t>
   </si>
   <si>
     <t>4511</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4511/ind_78_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4511/ind_78_2020.pdf</t>
   </si>
   <si>
     <t>solicita que o caminhão do lixo faça a coleta uma vez por semana na Estrada do Sítio Veneza, Bairro Santa Rita</t>
   </si>
   <si>
     <t>4516</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4516/ind_79_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4516/ind_79_2020.pdf</t>
   </si>
   <si>
     <t>solicita atendimento dentário para o Posto de Saúde do Bairro Ribeirão Bonito</t>
   </si>
   <si>
     <t>4523</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4523/ind_80_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4523/ind_80_20.pdf</t>
   </si>
   <si>
     <t>solicita manutenção nos brinquedos e bebedouro na Praça Joaquim Policarpo Faúla</t>
   </si>
   <si>
     <t>4524</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4524/ind_81_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4524/ind_81_20.pdf</t>
   </si>
   <si>
     <t>manutenção entorno do Campo dos Trabalhadores</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4525/ind_82_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4525/ind_82_20.pdf</t>
   </si>
   <si>
     <t>solicitando a colocação de manilhas na Rua Projetada C- Vila São José</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4526/ind_83_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4526/ind_83_20.pdf</t>
   </si>
   <si>
     <t>fornecimento de EPI´S para os funcionários</t>
   </si>
   <si>
     <t>4527</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4527/ind_84_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4527/ind_84_2020.pdf</t>
   </si>
   <si>
     <t>instalação de duas luminárias na esquina da Rua Bahia com a Rua São Paulo</t>
   </si>
   <si>
     <t>4528</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Tiemi, Barney, Moysés, Pablo Pereira, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4528/ind_85_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4528/ind_85_2020.pdf</t>
   </si>
   <si>
     <t>verificação de eventual troca de poste de energia elétrica</t>
   </si>
   <si>
     <t>4529</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4529/ind_86_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4529/ind_86_2020.pdf</t>
   </si>
   <si>
     <t>verificação para colocação de uma lombada na Avenida Washington Luiz, Bairro Vila Formosa</t>
   </si>
   <si>
     <t>4381</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4381/moc_01_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4381/moc_01_20.pdf</t>
   </si>
   <si>
     <t>moção de congratulações à Igreja PreSbiteriana Independente de Miracatu/SP</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4382/moc_02_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4382/moc_02_20.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à Familia Sioia, pelo falecimento do Dr. Hikohaku Shyoia, ocorrido no dia 05 de maio de 2020.</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4383/moc_03_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4383/moc_03_20.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR à Família Tavares de Mendonça, pelo falecimento do dr. Adilson Tavares de Mendonça, ocorrido no dia 17 de maio de 2020.</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4384/moc_04_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4384/moc_04_20.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos ao Reverendo Manoel Vicente dos Santos Neto pelo Jubilamento como Pastor da Igreja Presbiteriana Independente</t>
   </si>
   <si>
     <t>4414</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4414/moc_05_20_2.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4414/moc_05_20_2.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar às famílias enlutadas pelo falecimento de amigos, vítimas da Pandemia do Corona Vírus - Covid 19, em nosso Município</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
     <t>Jair Silva, Américo, Junior Baiano, Pastor José Fanes, Prof. Edithe, Zezeco</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4430/moc_06_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4430/moc_06_20.pdf</t>
   </si>
   <si>
     <t>moção de congratulações ao Grupo Votorantim  pelas doações para enfrentamento à Pandemia causada pelo COVID-19</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4431/moc_07_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4431/moc_07_20.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO GRUPO AUTOPISTA REGIS BITTENCOURT PELAS DOAÇÕES PARA O ENFRENTAMENTO À PANDEMIA CAUSADA PELA COVID-19</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4436/moc_08_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4436/moc_08_20.pdf</t>
   </si>
   <si>
     <t>Congratulações a e aplauso a APAE pelo passagem de aniversário</t>
   </si>
   <si>
     <t>4461</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4461/moc_09_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4461/moc_09_20.pdf</t>
   </si>
   <si>
     <t>moção de pesar à Família Correia e Lara, pelo falecimento da Sra. Marinilda Aparecida e Lara, ocorrido dia 11 de agosto de 2020.</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4474/moc_10_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4474/moc_10_2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à Família Pereira, pelo falecimento do Senhor José Pereira da Silva, ocorrido no dia 13 de agosto de 2020.</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4484/moc_11_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4484/moc_11_20.pdf</t>
   </si>
   <si>
     <t>moção de congratulações e aplausos aos Policiais Militares lotados em Miracatu</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4270/parecer_01_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4270/parecer_01_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 02/20</t>
   </si>
   <si>
     <t>4271</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4271/parecer_02_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4271/parecer_02_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 03/20</t>
   </si>
   <si>
     <t>4272</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4272/parecer_03_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4272/parecer_03_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 04/2020</t>
   </si>
   <si>
     <t>4273</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4273/parecer_04_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4273/parecer_04_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 09/19</t>
   </si>
   <si>
     <t>4274</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4274/parecer_05_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4274/parecer_05_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 32/19</t>
   </si>
   <si>
     <t>4276</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4276/parecer_06_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4276/parecer_06_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 33/19</t>
   </si>
   <si>
     <t>4277</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4277/parecer_07_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4277/parecer_07_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 34/19, com Emenda</t>
   </si>
   <si>
     <t>4278</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4278/parecer_08_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4278/parecer_08_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 29/19</t>
   </si>
   <si>
     <t>4279</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4279/parecer_09_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4279/parecer_09_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 30/19</t>
   </si>
   <si>
     <t>4281</t>
   </si>
   <si>
     <t>Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4281/parecer_10_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4281/parecer_10_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 03/2020</t>
   </si>
   <si>
     <t>4282</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4282/parecer_11_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4282/parecer_11_20.pdf</t>
   </si>
   <si>
     <t>4298</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, Comissão de Orçamento, Finanças e Contabilidade, Comissão de Saúde, Educação, Cultura, Lazer e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4298/parecer_12_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4298/parecer_12_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 01/2020</t>
   </si>
   <si>
     <t>4299</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4299/parecer_13_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4299/parecer_13_2020.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 05/2020</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4300/parecer14_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4300/parecer14_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 01/20</t>
   </si>
   <si>
     <t>4301</t>
   </si>
   <si>
     <t>Comissão de Saúde, Educação, Cultura, Lazer e Turismo, Comissão de Obras e Serviços Publicos</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4301/parecer_15_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4301/parecer_15_20.pdf</t>
   </si>
   <si>
     <t>4302</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4302/parecer_16_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4302/parecer_16_20.pdf</t>
   </si>
   <si>
     <t>4303</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4303/parecer_17_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4303/parecer_17_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 02/2020</t>
   </si>
   <si>
     <t>4304</t>
   </si>
   <si>
     <t>Comissão de Obras e Serviços Publicos</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4304/parecer_18_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4304/parecer_18_20.pdf</t>
   </si>
   <si>
     <t>4306</t>
   </si>
   <si>
     <t>Comissão de Orçamento, Finanças e Contabilidade, Comissão de Saúde, Educação, Cultura, Lazer e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4306/parecer_19_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4306/parecer_19_20.pdf</t>
   </si>
   <si>
     <t>4307</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4307/parecer_20_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4307/parecer_20_20.pdf</t>
   </si>
   <si>
     <t>4308</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4308/parecer_21_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4308/parecer_21_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 34/19</t>
   </si>
   <si>
     <t>4309</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4309/parecer_22_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4309/parecer_22_20.pdf</t>
   </si>
   <si>
     <t>4327</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4327/parecer_23_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4327/parecer_23_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 05/18</t>
   </si>
   <si>
     <t>4331</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4331/parecer_24_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4331/parecer_24_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PlC 01/20</t>
   </si>
   <si>
     <t>4355</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4355/parecer_25_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4355/parecer_25_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 06/20</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4356/parecer_26_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4356/parecer_26_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 09/20</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4357/parecer_27_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4357/parecer_27_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 10/20</t>
   </si>
   <si>
     <t>4358</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4358/parecer_28_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4358/parecer_28_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 02/20</t>
   </si>
   <si>
     <t>4376</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4376/parecer29_30.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4376/parecer29_30.pdf</t>
   </si>
   <si>
     <t>DESFAVORÁVEL  AO PLC 02/20</t>
   </si>
   <si>
     <t>4377</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4377/parecer30_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4377/parecer30_20.pdf</t>
   </si>
   <si>
     <t>DESFAVORÁVEL AO PLC 03/20</t>
   </si>
   <si>
     <t>4378</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4378/parecer31.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4378/parecer31.pdf</t>
   </si>
   <si>
     <t>DESFAVORÁVEL AO PL 07/20</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4389/parecer32_20_2.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4389/parecer32_20_2.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL ao Projeto de Resolução nº 03/20.</t>
   </si>
   <si>
     <t>4390</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4390/parecer33_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4390/parecer33_20.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL a Proposta de Emenda nº 01/20.</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4391/parecer34_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4391/parecer34_20.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL ao projeto, com emendas.</t>
   </si>
   <si>
     <t>4392</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4392/parecer_aopl_11_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4392/parecer_aopl_11_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 11/20</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4415/parecer36_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4415/parecer36_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 12/19</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4416/parecer_37_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4416/parecer_37_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 13/20</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4425/parecer38_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4425/parecer38_20.pdf</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4451/parecer39_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4451/parecer39_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 04/20</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4468/parecer40_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4468/parecer40_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 14/20</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4469/parecer41_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4469/parecer41_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 15/20</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4470/parecer_42_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4470/parecer_42_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 16/20</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4471/parecer_43_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4471/parecer_43_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 17/20</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4481/parecer44_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4481/parecer44_20.pdf</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4488/parecer45_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4488/parecer45_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 18/20</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4490/parecer_46_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4490/parecer_46_20.pdf</t>
   </si>
   <si>
     <t>4495</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4495/parecer_47_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4495/parecer_47_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 19/20</t>
   </si>
   <si>
     <t>4496</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4496/parecer_48_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4496/parecer_48_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 20/20</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4512/parecer_49_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4512/parecer_49_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 05/20</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4513/parecer_50_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4513/parecer_50_20.pdf</t>
   </si>
   <si>
     <t>Favoravel ao PL 18/20</t>
   </si>
   <si>
     <t>4514</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4514/parecer_51_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4514/parecer_51_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 19</t>
   </si>
   <si>
     <t>4520</t>
   </si>
   <si>
     <t>Comissão de Orçamento, Finanças e Contabilidade, Comissão de Obras e Serviços Publicos, Comissão de Saúde, Educação, Cultura, Lazer e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4520/parecer_52_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4520/parecer_52_20.pdf</t>
   </si>
   <si>
     <t>4521</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4521/parecer53_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4521/parecer53_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 22/20</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4522/parecer_54_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4522/parecer_54_20.pdf</t>
   </si>
   <si>
     <t>Faovorável ao PL 23</t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4541/parecer_55_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4541/parecer_55_20.pdf</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4548/parecer56_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4548/parecer56_20.pdf</t>
   </si>
   <si>
     <t>Favoravel ao PL 21/20</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4549/parecer57_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4549/parecer57_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 24/20</t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4550/parecer58_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4550/parecer58_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 06/20</t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Favorável ao PR 07/20</t>
   </si>
   <si>
     <t>4553</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4553/parecer60_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4553/parecer60_20.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 20/20, com ressalvas</t>
   </si>
   <si>
     <t>5867</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>TCESP</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/5867/parecer_tce_3129_contas.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/5867/parecer_tce_3129_contas.pdf</t>
   </si>
   <si>
     <t>EMENTA: CONTAS ANUAIS. PREFEITURA. DÉFICITS ORÇAMENTÁRIO E FINANCEIRO. FALTA DE LIQUIDEZ PARA AS DESPESAS DE CURTO PRAZO. RECOLHIMENTO PARCIAL DAS CONTRIBUIÇÕES PREVIDENCIÁRIAS RELATIVAS AO INSS. PARCELAMENTO DA DÍVIDA NO EXERCÍCIO SEGUINTE. FALTA_x000D_
 DE APLICAÇÃO DA PARCELA DIFERIDA DO FUNDEB NO  PRIMEIRO TRIMESTRE DO EXERCÍCIO SEGUINTE. PARECER DESFAVORÁVEL.</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4547/pdl01_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4547/pdl01_20.pdf</t>
   </si>
   <si>
     <t>DECLARA INSERVÍVEIS OS BENS QUE ESPECIFICA DO PATRIMÔNIO DO PODER LEGISLATIVO</t>
   </si>
   <si>
     <t>4257</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Ezigomar Pessoa Junior</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4257/plc_01_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4257/plc_01_2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal Complementar nº  01/2010 - PLANO DE CARREIRA E REMUNERAÇÃO E O ESTATUTO DO MAGISTÉRIO PÚBLICO DE MIRACATU</t>
   </si>
   <si>
     <t>4329</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4329/plc_02_20_-_cria_cargos.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4329/plc_02_20_-_cria_cargos.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 007/2012 - ESTRUTURAÇÃO DO QUADRO GERAL E DO PLANO DE CARREIRA E EVOLUÇÃO FUNCIONAL DOS SERVIDORES PÚBLICOS DA PREFEITURA DE MIRACATU</t>
   </si>
   <si>
     <t>4330</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4330/plc_03_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4330/plc_03_20.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL COMPLEMENTAR Nº 001/2010 - PLANO DE CARREIRA E O ESTATUTO DO MAGISTÉRIO PÚBLICO DE MIRACATU</t>
   </si>
   <si>
     <t>4258</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4258/plo_01_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4258/plo_01_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre extinção de Cargos de Confiança criados na Lei Complementar nº 42/2016</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4259/plo_02_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4259/plo_02_20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Adicional Suplementar e Dá Outras Providências - valor R$ 5.080.207,06</t>
   </si>
   <si>
     <t>4260</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4260/plo_03_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4260/plo_03_20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar e Dá Outras Providências - valor de R$ 346.974,59</t>
   </si>
   <si>
     <t>4261</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4261/plo_04_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4261/plo_04_20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional e dá outras providências - R$ 1.000.010,73</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4269/plo_05_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4269/plo_05_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>4321</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4321/pl_06_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4321/pl_06_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DESCONTO MENSAL DE PARCELAS DE PLANO E/OU SERVIÇOS DE SAÚDE EM FOLHA DE PAGAMENTO DO SERVIDOR</t>
   </si>
   <si>
     <t>4328</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4328/pl07_psicopedagogo.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4328/pl07_psicopedagogo.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1389, DE 11 DE ABRIL DE 2007</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4343/pl_08_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4343/pl_08_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LIMPEZA DE TERRENOS BALDIOS DE PARTICULARES.</t>
   </si>
   <si>
     <t>4345</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4345/pl_09_-_rua_antonio_luque.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4345/pl_09_-_rua_antonio_luque.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA “ANTÔNIO JOSÉ LUQUE”</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4346/pl_10_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4346/pl_10_2020.pdf</t>
   </si>
   <si>
     <t>ATUALIZA O PISO SALARIAL DOS AGENTES COMUNITÁRIOS DE SAÚDE - ACS E DOS AGENTES DE COMBATE A ENDEMIAS  - ACE, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4348/ldo2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4348/ldo2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL PARA O EXERCÍCIO DE 2021</t>
   </si>
   <si>
     <t>4359</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4359/pl_12_20_-_publicacao_despesas_covid_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4359/pl_12_20_-_publicacao_despesas_covid_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PUBLICAÇÃO DE INFORMAÇÕES REFERENTES A DESPESAS DE ENFRENTAMENTO À COVID 19 NO SITE DA TRANSPARÊNCIA MUNICIPAL</t>
   </si>
   <si>
     <t>4373</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4373/pl_13_20_-_inauguracao_de_obras.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4373/pl_13_20_-_inauguracao_de_obras.pdf</t>
   </si>
   <si>
     <t>PROÍBE A INAUGURAÇÃO E A ENTREGA DE OBRAS PUBLICAS INCOMPLETAS</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4447/plo_14_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4447/plo_14_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS - R$ 518.130,00</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4448/plo_15_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4448/plo_15_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DO CAMPO DE FUTEBOL LOCALIZADO  NO BAIRRO DE OLIVEIRA BARROS - RENAN THIBES BARDUCO</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4449/plo_16_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4449/plo_16_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA LOCALIZADA NO BAIRRO DE OLIVEIRA BARROS - RUA RICARDO BATISTA</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4450/plo_17_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4450/plo_17_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA LOCALIZADA NO BAIRRO DE OLIVEIRA BARROS - RUA ARLINDO PEDRO</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4467/pl18_20_funtur.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4467/pl18_20_funtur.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 1885/2018 que criou o Conselho Municipal de Turismo -COMTUR e dá outras providências</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4483/pl19_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4483/pl19_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIA - R$ 100.000,00</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4485/pl20_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4485/pl20_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4504</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4504/pl_21_-_loa2021.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4504/pl_21_-_loa2021.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MIRACATU PARA O EXERCÍCIO FINANCEIRO DE 2021</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4515/pl22_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4515/pl22_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA LOCALIZADA NO BAIRRO DE OLIVEIRA BARROS/ABRÃO PEREIRA DE LIMA</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4518/pl_23_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4518/pl_23_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4542/pl_24_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4542/pl_24_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE ESTRADA MUNICIPAL LOCALIZADA NO BAIRRO DE OLIVEIRA BARROS - KASPAR HAUNHOLTER</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4545/pl25_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4545/pl25_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA CONCESSÃO DE BENEFÍCIOS EVENTUAIS NO ÂMBITO DA POLÍTICA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4546/pl_26_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4546/pl_26_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA FAMÍLIA ACOLHEDORA, QUE VISA O ACOLHIMENTO PROVISÓRIO DE CRIANÇAS E ADOLESCENTES EM SITUAÇÃO DE RISCO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4552</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4552/pl27_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4552/pl27_20.pdf</t>
   </si>
   <si>
     <t>ORGANIZA E ESTRUTURA O DEPARTAMENTO JURÍDICO DE MIRACATU, DEFINE ATRIBUIÇÕES E A CARREIRA JURÍDICA</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4268/pr_01_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4268/pr_01_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUXÍLIO ALIMENTAÇÃO AOS SERVIDORES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4344/pr_02_licenca.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4344/pr_02_licenca.pdf</t>
   </si>
   <si>
     <t>LICENÇA SAÚDE AO VEREADOR  JOSÉ LUIZ ZEZECO DA SILVA</t>
   </si>
   <si>
     <t>4375</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4375/pr_03_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4375/pr_03_20.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 4º DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4426/pr04_20_-_orcamentocm.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4426/pr04_20_-_orcamentocm.pdf</t>
   </si>
   <si>
     <t>“APROVA A PROPOSTA ORÇAMENTÁRIA DA CÂMARA MUNICIPAL PARA O EXERCÍCIO FINANCEIRO DE 2021”</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
     <t>Tiemi, Pablo Pereira, Prof. Edithe</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4480/pr05_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4480/pr05_20.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS INCISOS DO ARTIGO 74 E DO ARTIGO 76, TODOS DO REGIMENTO INTERNO</t>
   </si>
   <si>
     <t>4540</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4540/pr_06_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4540/pr_06_20.pdf</t>
   </si>
   <si>
     <t>LICENÇA SAÚDE AO VER. JOSE FANES DOS SANTOS</t>
   </si>
   <si>
     <t>4543</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4543/pr07_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4543/pr07_20.pdf</t>
   </si>
   <si>
     <t>Institui a TABELA DE TEMPORALIDADE DOCUMENTAL DA CÂMARA MUNICIPAL DE MIRACATU</t>
   </si>
   <si>
     <t>4332</t>
   </si>
   <si>
     <t>RF</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4332/rf_01_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4332/rf_01_20.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Miracatu, Estado de São Paulo o “DIA MUNICIPAL DA FIBROMIALGIA, FILAS PREFERENCIAIS E VAGAS DE ESTACIONAMENTO PREFERENCIAL”.</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4388/rf_02_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4388/rf_02_20.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI MUNICIPAL COMPLEMENTAR Nº 01/2010 - PLANO DE CARREIRA E REMUNERAÇÃO E O ESTATUTO DO MAGISTÉRIO PÚBLICO DE MIRACATU</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4423/rf03_20_publ_contas_covid.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4423/rf03_20_publ_contas_covid.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PUBLICAÇÃO DE INFORMAÇÕES REFERENTES A DESPESAS DE ENFRENTAMENTO A COVID 19 NO SITE DA TRANSPARÊNCIA MUNICIPAL</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4478/redfinal_plano_diretor.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4478/redfinal_plano_diretor.pdf</t>
   </si>
   <si>
     <t>PLANO DIRETOR</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4479/red.final05_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4479/red.final05_20.pdf</t>
   </si>
   <si>
     <t>PROIBE A INAUGURAÇÃO E A ENTREGA DE OBRAS PUBLICAS INCOMPLETAS</t>
   </si>
   <si>
     <t>4493</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4493/redacaofinal_lom.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4493/redacaofinal_lom.pdf</t>
   </si>
   <si>
     <t>Redação Final da Proposta de Emenda a Lei Orgânica nº 01/18</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4494/rf07_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4494/rf07_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA LOCALIZADA NA VILA SÃO PEDRO</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4519/rf_08_-_funtur.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4519/rf_08_-_funtur.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL  DE TURISMO – COMTUR E DO FUNDO MUNICIPAL DE TURISMO – FUNTUR E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>4326</t>
   </si>
   <si>
     <t>REL</t>
   </si>
   <si>
     <t>Relatório</t>
   </si>
   <si>
     <t>CEI - Comissão Especial de Inquerito 3</t>
   </si>
   <si>
     <t>OF.CEI 09/2020 - RELATÓRIO FINAL DA CEI INSS, voto vencido do Ver. Américo</t>
   </si>
   <si>
     <t>4505</t>
   </si>
   <si>
     <t>CEI 4 - Comissão Especial de Inquerito</t>
   </si>
   <si>
     <t>CEI 04/2019.VOTO DO RELATOR APROVADO.VOTAÇÃO PARCIAL. INCIDENTE DE APRESENTAÇÃO DE RAZÕES EM MOMENTO POSTERIOR. APROVADA.CONCLUSÃO QUANTO EXISTÊNCIA E AUTORIA NA FORMA DO VOTO DO RELATOR.  Razões do voto em anexo</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4267/req_01_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4267/req_01_20.pdf</t>
   </si>
   <si>
     <t>solicita retirada ou mudança de lugar de poste</t>
   </si>
   <si>
     <t>4293</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4293/req_02_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4293/req_02_20.pdf</t>
   </si>
   <si>
     <t>prorrogação de prazo da CEI</t>
   </si>
   <si>
     <t>4305</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4305/req_03_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4305/req_03_20.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca do pagamento do piso salarial aos Agentes Comunitários lotados nesta Municipalidade</t>
   </si>
   <si>
     <t>4317</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4317/req_04_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4317/req_04_20.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo informações acerca de reivindicações dos moradores dos Bairros San Remo, Mono, Vale dos Lagos I e II e Fazenda São João</t>
   </si>
   <si>
     <t>4318</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4318/req_05_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4318/req_05_20.pdf</t>
   </si>
   <si>
     <t>solicita informações acerca da construção da cobertura da Quadra da Escola Municipal de Santa Rita</t>
   </si>
   <si>
     <t>4319</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4319/req_06_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4319/req_06_20.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre iluminação da Praça de Santa Rita</t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4320/req_07_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4320/req_07_20.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre colocação de internet na Praça de Santa Rita</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
     <t>Zezeco</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4324/req_08_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4324/req_08_20.pdf</t>
   </si>
   <si>
     <t>solicitamos informações da concessionária ARTERIS S/A  acerca da falta de manutenção na Rodovia</t>
   </si>
   <si>
     <t>4325</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4325/req_09_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4325/req_09_20.pdf</t>
   </si>
   <si>
     <t>solicita que faça gestão junto à Defesa Civil do  Estado de São Paulo</t>
   </si>
   <si>
     <t>4333</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4333/req_10_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4333/req_10_20.pdf</t>
   </si>
   <si>
     <t>solicita do executivo providências urgentes para a entrega de EPI'S aos servidores municipais que trabalham no Departamento de Obras e serviços públicos e informações pertinentes</t>
   </si>
   <si>
     <t>4334</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4334/req_11_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4334/req_11_20.pdf</t>
   </si>
   <si>
     <t>solicita informações acerca da arrecadação (transferência) por parte do Pedágio</t>
   </si>
   <si>
     <t>4335</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4335/req_12_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4335/req_12_20.pdf</t>
   </si>
   <si>
     <t>solicita informações acerca da extensão de rede na Rua Vinícius de Moraes, Jardim Yolanda</t>
   </si>
   <si>
     <t>4336</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4336/req_13_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4336/req_13_20.pdf</t>
   </si>
   <si>
     <t>solicita manutenção na rede de telefone localizada na Rua Alvorada nº 425, Bairro Jardim Alvorada, Miracatu(sp)</t>
   </si>
   <si>
     <t>4337</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4337/req_14_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4337/req_14_20.pdf</t>
   </si>
   <si>
     <t>solicita do executivo providências urgentes para que os munícipes idosos e deficientes que se servem do transporte coletivo Transcontilha tenha seus direitos garantidos.</t>
   </si>
   <si>
     <t>4338</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4338/req_15_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4338/req_15_20.pdf</t>
   </si>
   <si>
     <t>solicita do executivo informações acerca do transporte de entrega de pães para as Creches e Escolas Municipais nos Bairros</t>
   </si>
   <si>
     <t>4339</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4339/req_16_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4339/req_16_20.pdf</t>
   </si>
   <si>
     <t>solicita do executivo informações acerca de arborização da Cidade</t>
   </si>
   <si>
     <t>4340</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4340/req_17_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4340/req_17_20.pdf</t>
   </si>
   <si>
     <t>solicita do executivo informações acerca da construção de uma marginal ligando o bairro Pacoval a entrada da Cidade</t>
   </si>
   <si>
     <t>4349</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4349/req_18_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4349/req_18_20.pdf</t>
   </si>
   <si>
     <t>Retirada do Projeto de Lei nº 35/19</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4352/req_19_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4352/req_19_20.pdf</t>
   </si>
   <si>
     <t>solicitando que as Audiências Públicas sejam feitas via virtual</t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4353/req_20_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4353/req_20_20.pdf</t>
   </si>
   <si>
     <t>solicitando que as sessões ordinárias sejam realizadas presencialmente com os devidos cuidados.</t>
   </si>
   <si>
     <t>4366</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4366/req_21_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4366/req_21_20.pdf</t>
   </si>
   <si>
     <t>solicitar a reabertura de todas as igrejas</t>
   </si>
   <si>
     <t>4367</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4367/req_22_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4367/req_22_20.pdf</t>
   </si>
   <si>
     <t>solicitando tempo de tramitação dos projetos</t>
   </si>
   <si>
     <t>4368</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4368/req_23_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4368/req_23_20.pdf</t>
   </si>
   <si>
     <t>notificação para Sabesp - rede coletora de esgoto</t>
   </si>
   <si>
     <t>4369</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4369/req_24_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4369/req_24_20.pdf</t>
   </si>
   <si>
     <t>implantação de disciplina no currículo da Rede Municipal de Ensino</t>
   </si>
   <si>
     <t>4370</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4370/req_25_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4370/req_25_20.pdf</t>
   </si>
   <si>
     <t>notificação à Sabesp - reposição asfáltica</t>
   </si>
   <si>
     <t>4371</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4371/req_26_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4371/req_26_20.pdf</t>
   </si>
   <si>
     <t>retirada do Projeto de Lei nº 08/2020</t>
   </si>
   <si>
     <t>4372</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4372/req_27_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4372/req_27_20.pdf</t>
   </si>
   <si>
     <t>Encaminha minuta de Projeto de Lei que "Dispõe sobre a limpeza de terrenos baldios de particulares"</t>
   </si>
   <si>
     <t>4379</t>
   </si>
   <si>
     <t>Jair Silva, Américo, Junior Baiano, Zezeco</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4379/req_28_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4379/req_28_20.pdf</t>
   </si>
   <si>
     <t>solicitando informações referente ao Projeto Lei Complementar - Plano Diretor de Miracatu</t>
   </si>
   <si>
     <t>4385</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4385/req_29_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4385/req_29_20.pdf</t>
   </si>
   <si>
     <t>retirada do Projeto de Lei Complementar nº 02/2020</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4386/req_30_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4386/req_30_20.pdf</t>
   </si>
   <si>
     <t>retirada do Projeto de Lei Complementar nº 03/20</t>
   </si>
   <si>
     <t>4387</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4387/req_31_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4387/req_31_20.pdf</t>
   </si>
   <si>
     <t>retirada do Projeto de Lei Ordinária nº 07/20</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
     <t>Zezeco, Américo, Barney, Jair Silva, Junior Baiano, Moysés, Pablo Pereira, Pastor José Fanes, Prof. Edithe, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4393/req_32_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4393/req_32_20.pdf</t>
   </si>
   <si>
     <t>Solicita informações da Empresa Vivo sobre projeto de expansão no Município de Miracatu</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4394/req_33_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4394/req_33_20.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre recurso para concretagem de estradas rurais.</t>
   </si>
   <si>
     <t>4409</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4409/req_34_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4409/req_34_20.pdf</t>
   </si>
   <si>
     <t>informações sobre a inauguração (abertura) da Unidade de Saúde Familiar - Jardim Alvorada</t>
   </si>
   <si>
     <t>4410</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4410/req_35_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4410/req_35_20.pdf</t>
   </si>
   <si>
     <t>informações sobre a entrega de enxovais</t>
   </si>
   <si>
     <t>4411</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4411/req_36_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4411/req_36_20.pdf</t>
   </si>
   <si>
     <t>informações acerca da construção de abrigos de passageiros de ônibus ao longo da Rodovia Régis Bittencourt</t>
   </si>
   <si>
     <t>4413</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4413/req_37_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4413/req_37_20.pdf</t>
   </si>
   <si>
     <t>solicitando a derrubada de árvore seca junto ao D.E.R</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4419/req_38_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4419/req_38_20.pdf</t>
   </si>
   <si>
     <t>Solicita cumprimento do Código de Postura, quanto a proibição de queimada</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
     <t>Jair Silva, Américo, Junior Baiano, Pastor José Fanes, Zezeco</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4427/req_39_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4427/req_39_20.pdf</t>
   </si>
   <si>
     <t>solicitando informações sobre serviços de iluminação pública</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4428/req_40_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4428/req_40_20.pdf</t>
   </si>
   <si>
     <t>encaminha minuta de projeto de lei que "institui o programa municipal de abertura, conservação e manutenção de estradas municipais rurais e dá outras providências"</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4437/req_41_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4437/req_41_20.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo informações acerca de consultas junto ao Setor de Psiquiatria do Município</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4438/req_42_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4438/req_42_20.pdf</t>
   </si>
   <si>
     <t>solicita ao executivo informações acerca da obra do Velório de Santa Rita</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4452/req_43_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4452/req_43_20.pdf</t>
   </si>
   <si>
     <t>solicita à sabesp manutenção nas Unidades de Saneamento Individual - USI no Bairro Vila Batista</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4459/req_44_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4459/req_44_20.pdf</t>
   </si>
   <si>
     <t>informações sobre a campanha de vacinação antirrábica</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4460/req_45_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4460/req_45_20.pdf</t>
   </si>
   <si>
     <t>regularização de rede de água da rua paralela a Rua Dois do Bairro Serra do Cafezal</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4462/req_46_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4462/req_46_20.pdf</t>
   </si>
   <si>
     <t>manutenção em rede de esgoto entupida</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4466/req_47_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4466/req_47_20.pdf</t>
   </si>
   <si>
     <t>Retirada do Projeto de Resolução 01/18</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4482/req_48_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4482/req_48_2020.pdf</t>
   </si>
   <si>
     <t>informações sobre o Projeto de Lei nº 14/2020</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4486/req_49_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4486/req_49_20.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INFORMAÇÕES ACERCA DO ADITIVO Nº 51/2020</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4487/req_50_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4487/req_50_20.pdf</t>
   </si>
   <si>
     <t>atestado de óbito para justificação de falta na sessão ordinária realizada em 08/09/2020</t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4497/req_51_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4497/req_51_20.pdf</t>
   </si>
   <si>
     <t>retirada da Proposta de Emenda à Lei Orgânica nº 01/20</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4501/req_52_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4501/req_52_20.pdf</t>
   </si>
   <si>
     <t>informações sobre relatórios preliminares do Tribunal de Contas do Estado de São Paulo referente às contas da Câmara</t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4502/req_53_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4502/req_53_20.pdf</t>
   </si>
   <si>
     <t>informações sobre uso do veículo da Câmara</t>
   </si>
   <si>
     <t>4506</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4506/req_54_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4506/req_54_20.pdf</t>
   </si>
   <si>
     <t>pedido de retirada do Requerimento 53/2020</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4517/req_55_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4517/req_55_2020.pdf</t>
   </si>
   <si>
     <t>Solicita prorrogação de prazo para apreciação do PR 05/20</t>
   </si>
   <si>
     <t>4530</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4530/req_56_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4530/req_56_2020.pdf</t>
   </si>
   <si>
     <t>Prorrogação de prazo da LOA</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4531/req_57_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4531/req_57_2012.pdf</t>
   </si>
   <si>
     <t>prorrogação de prazo da COF para apreciação do Projeto de Lei nº 22/2020</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4544/req_58_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4544/req_58_20.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca da celebração do Aditivo 51/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3343,67 +3343,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4374/emenda_a_lom_01_20.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4280/emenda_01_20.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4310/emenda02_20.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4347/emenda_03_20.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4354/emenda04_20.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4380/emenda05_20.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4396/emenda06_20.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4397/emenda07_20.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4417/emenda08_20.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4418/emenda9_20.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4424/emenda_10_20_-_modifica_anexo_iv_do_plc_pdd.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4432/emenda11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4433/emenda12.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4434/emenda13.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4435/emenda14.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4454/emenda15_20.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4455/emenda16_20.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4456/emenda17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4457/emenda18_20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4475/emenda19_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4489/emenda20_20.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4262/ind_01_20.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4263/ind_02_20.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4264/ind_03_20.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4265/ind_04_20.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4266/ind_05_20.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4283/ind_06_20.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4284/ind_07_20.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4285/ind_08_20.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4286/ind_09_20.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4287/ind_10_20.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4288/ind_11_20.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4289/ind_12_20.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4290/ind_13_20.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4291/ind_14_20.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4292/ind_15_20.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4294/ind_16_20.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4295/ind_17_20.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4296/ind_18_20.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4297/ind_19_20.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4311/ind_20_20.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4312/ind_21_20.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4313/ind_22_20.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4314/ind_23_20.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4315/ind_24_20.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4316/ind_25_20.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4322/ind_26_20.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4323/ind_27_20.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4341/ind_28_20.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4342/ind_29_20.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4350/ind_30_20.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4351/ind_31_20.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4360/ind_32_20.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4361/ind_33_20.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4362/ind_34_20.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4363/ind_35_20.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4364/ind_36_20.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4365/ind_37_20.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4395/ind_38_20.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4398/ind_39_20.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4399/ind_40_20.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4400/ind_41_20.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4401/ind_42_20.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4402/ind_43_20.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4403/ind_44_20.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4404/ind_45_20.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4405/ind_46_20.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4406/ind_47_20.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4407/ind_48_20.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4408/ind_49_20.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4412/ind_50_20.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4421/ind_51_20.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4422/ind_52_20.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4429/ind_53_20.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4439/ind_54_20.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4440/ind_55_20.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4441/ind_56_20.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4442/ind_57_20.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4443/ind_58_20.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4444/ind_59_20.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4445/ind_60_20.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4446/ind_61_20.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4453/ind_62_20.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4458/ind_63_20.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4463/ind_64_20.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4464/ind_65_20.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4472/ind_66_20.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4473/ind_67_20.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4476/ind_68_2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4477/ind_69_2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4491/ind_70_2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4492/ind_71_2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4499/ind_72_20.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4503/ind_73_20.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4507/ind_74_2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4508/ind_75_2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4509/ind_76_2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4510/ind_77_2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4511/ind_78_2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4516/ind_79_2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4523/ind_80_20.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4524/ind_81_20.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4525/ind_82_20.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4526/ind_83_20.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4527/ind_84_2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4528/ind_85_2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4529/ind_86_2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4381/moc_01_20.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4382/moc_02_20.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4383/moc_03_20.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4384/moc_04_20.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4414/moc_05_20_2.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4430/moc_06_20.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4431/moc_07_20.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4436/moc_08_20.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4461/moc_09_20.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4474/moc_10_2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4484/moc_11_20.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4270/parecer_01_20.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4271/parecer_02_20.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4272/parecer_03_20.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4273/parecer_04_20.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4274/parecer_05_20.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4276/parecer_06_20.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4277/parecer_07_20.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4278/parecer_08_20.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4279/parecer_09_20.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4281/parecer_10_20.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4282/parecer_11_20.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4298/parecer_12_20.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4299/parecer_13_2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4300/parecer14_20.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4301/parecer_15_20.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4302/parecer_16_20.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4303/parecer_17_20.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4304/parecer_18_20.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4306/parecer_19_20.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4307/parecer_20_20.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4308/parecer_21_20.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4309/parecer_22_20.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4327/parecer_23_20.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4331/parecer_24_20.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4355/parecer_25_20.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4356/parecer_26_20.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4357/parecer_27_20.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4358/parecer_28_20.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4376/parecer29_30.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4377/parecer30_20.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4378/parecer31.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4389/parecer32_20_2.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4390/parecer33_20.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4391/parecer34_20.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4392/parecer_aopl_11_20.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4415/parecer36_20.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4416/parecer_37_20.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4425/parecer38_20.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4451/parecer39_20.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4468/parecer40_20.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4469/parecer41_20.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4470/parecer_42_20.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4471/parecer_43_20.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4481/parecer44_20.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4488/parecer45_20.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4490/parecer_46_20.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4495/parecer_47_20.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4496/parecer_48_20.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4512/parecer_49_20.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4513/parecer_50_20.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4514/parecer_51_20.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4520/parecer_52_20.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4521/parecer53_20.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4522/parecer_54_20.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4541/parecer_55_20.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4548/parecer56_20.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4549/parecer57_20.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4550/parecer58_20.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4553/parecer60_20.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/5867/parecer_tce_3129_contas.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4547/pdl01_20.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4257/plc_01_2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4329/plc_02_20_-_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4330/plc_03_20.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4258/plo_01_2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4259/plo_02_20.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4260/plo_03_20.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4261/plo_04_20.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4269/plo_05_2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4321/pl_06_2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4328/pl07_psicopedagogo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4343/pl_08_20.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4345/pl_09_-_rua_antonio_luque.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4346/pl_10_2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4348/ldo2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4359/pl_12_20_-_publicacao_despesas_covid_19.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4373/pl_13_20_-_inauguracao_de_obras.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4447/plo_14_20.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4448/plo_15_20.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4449/plo_16_20.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4450/plo_17_20.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4467/pl18_20_funtur.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4483/pl19_20.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4485/pl20_20.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4504/pl_21_-_loa2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4515/pl22_20.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4518/pl_23_20.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4542/pl_24_20.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4545/pl25_20.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4546/pl_26_20.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4552/pl27_20.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4268/pr_01_2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4344/pr_02_licenca.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4375/pr_03_20.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4426/pr04_20_-_orcamentocm.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4480/pr05_20.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4540/pr_06_20.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4543/pr07_20.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4332/rf_01_20.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4388/rf_02_20.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4423/rf03_20_publ_contas_covid.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4478/redfinal_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4479/red.final05_20.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4493/redacaofinal_lom.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4494/rf07_20.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4519/rf_08_-_funtur.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4267/req_01_20.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4293/req_02_20.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4305/req_03_20.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4317/req_04_20.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4318/req_05_20.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4319/req_06_20.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4320/req_07_20.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4324/req_08_20.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4325/req_09_20.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4333/req_10_20.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4334/req_11_20.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4335/req_12_20.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4336/req_13_20.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4337/req_14_20.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4338/req_15_20.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4339/req_16_20.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4340/req_17_20.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4349/req_18_20.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4352/req_19_20.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4353/req_20_20.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4366/req_21_20.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4367/req_22_20.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4368/req_23_20.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4369/req_24_20.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4370/req_25_20.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4371/req_26_20.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4372/req_27_20.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4379/req_28_20.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4385/req_29_20.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4386/req_30_20.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4387/req_31_20.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4393/req_32_20.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4394/req_33_20.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4409/req_34_20.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4410/req_35_20.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4411/req_36_20.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4413/req_37_20.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4419/req_38_20.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4427/req_39_20.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4428/req_40_20.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4437/req_41_20.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4438/req_42_20.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4452/req_43_20.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4459/req_44_20.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4460/req_45_20.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4462/req_46_20.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4466/req_47_20.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4482/req_48_2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4486/req_49_20.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4487/req_50_20.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4497/req_51_20.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4501/req_52_20.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4502/req_53_20.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4506/req_54_20.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4517/req_55_2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4530/req_56_2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4531/req_57_2012.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4544/req_58_20.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4374/emenda_a_lom_01_20.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4280/emenda_01_20.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4310/emenda02_20.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4347/emenda_03_20.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4354/emenda04_20.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4380/emenda05_20.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4396/emenda06_20.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4397/emenda07_20.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4417/emenda08_20.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4418/emenda9_20.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4424/emenda_10_20_-_modifica_anexo_iv_do_plc_pdd.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4432/emenda11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4433/emenda12.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4434/emenda13.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4435/emenda14.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4454/emenda15_20.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4455/emenda16_20.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4456/emenda17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4457/emenda18_20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4475/emenda19_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4489/emenda20_20.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4262/ind_01_20.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4263/ind_02_20.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4264/ind_03_20.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4265/ind_04_20.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4266/ind_05_20.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4283/ind_06_20.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4284/ind_07_20.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4285/ind_08_20.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4286/ind_09_20.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4287/ind_10_20.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4288/ind_11_20.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4289/ind_12_20.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4290/ind_13_20.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4291/ind_14_20.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4292/ind_15_20.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4294/ind_16_20.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4295/ind_17_20.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4296/ind_18_20.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4297/ind_19_20.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4311/ind_20_20.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4312/ind_21_20.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4313/ind_22_20.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4314/ind_23_20.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4315/ind_24_20.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4316/ind_25_20.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4322/ind_26_20.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4323/ind_27_20.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4341/ind_28_20.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4342/ind_29_20.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4350/ind_30_20.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4351/ind_31_20.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4360/ind_32_20.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4361/ind_33_20.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4362/ind_34_20.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4363/ind_35_20.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4364/ind_36_20.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4365/ind_37_20.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4395/ind_38_20.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4398/ind_39_20.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4399/ind_40_20.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4400/ind_41_20.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4401/ind_42_20.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4402/ind_43_20.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4403/ind_44_20.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4404/ind_45_20.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4405/ind_46_20.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4406/ind_47_20.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4407/ind_48_20.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4408/ind_49_20.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4412/ind_50_20.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4421/ind_51_20.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4422/ind_52_20.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4429/ind_53_20.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4439/ind_54_20.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4440/ind_55_20.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4441/ind_56_20.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4442/ind_57_20.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4443/ind_58_20.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4444/ind_59_20.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4445/ind_60_20.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4446/ind_61_20.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4453/ind_62_20.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4458/ind_63_20.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4463/ind_64_20.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4464/ind_65_20.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4472/ind_66_20.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4473/ind_67_20.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4476/ind_68_2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4477/ind_69_2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4491/ind_70_2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4492/ind_71_2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4499/ind_72_20.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4503/ind_73_20.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4507/ind_74_2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4508/ind_75_2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4509/ind_76_2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4510/ind_77_2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4511/ind_78_2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4516/ind_79_2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4523/ind_80_20.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4524/ind_81_20.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4525/ind_82_20.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4526/ind_83_20.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4527/ind_84_2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4528/ind_85_2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4529/ind_86_2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4381/moc_01_20.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4382/moc_02_20.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4383/moc_03_20.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4384/moc_04_20.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4414/moc_05_20_2.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4430/moc_06_20.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4431/moc_07_20.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4436/moc_08_20.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4461/moc_09_20.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4474/moc_10_2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4484/moc_11_20.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4270/parecer_01_20.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4271/parecer_02_20.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4272/parecer_03_20.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4273/parecer_04_20.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4274/parecer_05_20.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4276/parecer_06_20.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4277/parecer_07_20.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4278/parecer_08_20.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4279/parecer_09_20.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4281/parecer_10_20.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4282/parecer_11_20.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4298/parecer_12_20.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4299/parecer_13_2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4300/parecer14_20.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4301/parecer_15_20.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4302/parecer_16_20.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4303/parecer_17_20.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4304/parecer_18_20.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4306/parecer_19_20.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4307/parecer_20_20.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4308/parecer_21_20.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4309/parecer_22_20.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4327/parecer_23_20.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4331/parecer_24_20.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4355/parecer_25_20.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4356/parecer_26_20.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4357/parecer_27_20.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4358/parecer_28_20.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4376/parecer29_30.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4377/parecer30_20.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4378/parecer31.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4389/parecer32_20_2.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4390/parecer33_20.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4391/parecer34_20.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4392/parecer_aopl_11_20.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4415/parecer36_20.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4416/parecer_37_20.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4425/parecer38_20.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4451/parecer39_20.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4468/parecer40_20.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4469/parecer41_20.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4470/parecer_42_20.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4471/parecer_43_20.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4481/parecer44_20.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4488/parecer45_20.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4490/parecer_46_20.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4495/parecer_47_20.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4496/parecer_48_20.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4512/parecer_49_20.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4513/parecer_50_20.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4514/parecer_51_20.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4520/parecer_52_20.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4521/parecer53_20.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4522/parecer_54_20.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4541/parecer_55_20.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4548/parecer56_20.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4549/parecer57_20.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4550/parecer58_20.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4553/parecer60_20.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/5867/parecer_tce_3129_contas.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4547/pdl01_20.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4257/plc_01_2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4329/plc_02_20_-_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4330/plc_03_20.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4258/plo_01_2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4259/plo_02_20.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4260/plo_03_20.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4261/plo_04_20.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4269/plo_05_2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4321/pl_06_2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4328/pl07_psicopedagogo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4343/pl_08_20.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4345/pl_09_-_rua_antonio_luque.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4346/pl_10_2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4348/ldo2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4359/pl_12_20_-_publicacao_despesas_covid_19.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4373/pl_13_20_-_inauguracao_de_obras.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4447/plo_14_20.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4448/plo_15_20.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4449/plo_16_20.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4450/plo_17_20.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4467/pl18_20_funtur.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4483/pl19_20.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4485/pl20_20.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4504/pl_21_-_loa2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4515/pl22_20.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4518/pl_23_20.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4542/pl_24_20.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4545/pl25_20.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4546/pl_26_20.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4552/pl27_20.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4268/pr_01_2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4344/pr_02_licenca.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4375/pr_03_20.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4426/pr04_20_-_orcamentocm.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4480/pr05_20.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4540/pr_06_20.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4543/pr07_20.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4332/rf_01_20.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4388/rf_02_20.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4423/rf03_20_publ_contas_covid.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4478/redfinal_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4479/red.final05_20.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4493/redacaofinal_lom.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4494/rf07_20.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4519/rf_08_-_funtur.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4267/req_01_20.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4293/req_02_20.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4305/req_03_20.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4317/req_04_20.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4318/req_05_20.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4319/req_06_20.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4320/req_07_20.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4324/req_08_20.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4325/req_09_20.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4333/req_10_20.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4334/req_11_20.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4335/req_12_20.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4336/req_13_20.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4337/req_14_20.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4338/req_15_20.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4339/req_16_20.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4340/req_17_20.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4349/req_18_20.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4352/req_19_20.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4353/req_20_20.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4366/req_21_20.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4367/req_22_20.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4368/req_23_20.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4369/req_24_20.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4370/req_25_20.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4371/req_26_20.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4372/req_27_20.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4379/req_28_20.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4385/req_29_20.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4386/req_30_20.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4387/req_31_20.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4393/req_32_20.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4394/req_33_20.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4409/req_34_20.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4410/req_35_20.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4411/req_36_20.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4413/req_37_20.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4419/req_38_20.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4427/req_39_20.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4428/req_40_20.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4437/req_41_20.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4438/req_42_20.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4452/req_43_20.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4459/req_44_20.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4460/req_45_20.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4462/req_46_20.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4466/req_47_20.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4482/req_48_2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4486/req_49_20.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4487/req_50_20.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4497/req_51_20.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4501/req_52_20.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4502/req_53_20.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4506/req_54_20.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4517/req_55_2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4530/req_56_2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4531/req_57_2012.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2020/4544/req_58_20.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H286"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="137.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="252.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>