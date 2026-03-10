--- v0 (2025-10-16)
+++ v1 (2026-03-10)
@@ -51,5317 +51,5317 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4124</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/</t>
   </si>
   <si>
     <t>DENUNCIA - PRATICA DE INFRAÇÃO POLÍTICO ADMINISTRATIVA PELO SR. EZIGOMAR PESSOA JUNIOR, PREFEITO DO MUNICÍPIO DE MIRACATU/SP, NOS TERMOS DO DECRETO LEI 201, DE 27 DE FEVEREIRO DE 1967</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
     <t>EP</t>
   </si>
   <si>
     <t>Emendas a Projetos</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3875/emenda_01_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3875/emenda_01_19.pdf</t>
   </si>
   <si>
     <t>ADITIVA A REDAÇÃO DO PROJETO DE RESOLUÇÃO Nº 09/2018</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Tiemi</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3894/emenda_02_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3894/emenda_02_19.pdf</t>
   </si>
   <si>
     <t>Substitutiva a redação do artigo 1º do Projeto de Decreto Legislativo 08/18</t>
   </si>
   <si>
     <t>3898</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Pablo Pereira</t>
   </si>
   <si>
     <t>SUBSTITUTIVA A REDAÇÃO DO § 1º DO ARTIGO 3º DO PROJETO DE RESOLUÇÃO Nº 02/19</t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>SUBSTITUTIVA A REDAÇÃO DO ARTIGO 4º DO PROJETO DE RESOLUÇÃO Nº 02/19</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3909/emenda_05_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3909/emenda_05_19.pdf</t>
   </si>
   <si>
     <t>Substitutiva a redação do artigo 1º do Projeto de Lei nº 03/19</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3930/emenda_06_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3930/emenda_06_19.pdf</t>
   </si>
   <si>
     <t>altera o  provimento de função em confiança para provimento efetivo</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3931/emenda_07_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3931/emenda_07_19.pdf</t>
   </si>
   <si>
     <t>Substitutiva ao art. 1º do PLC (fixa a referência 11 em lugar  da referência 17)</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3941/emenda_08_-_plc_02_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3941/emenda_08_-_plc_02_19.pdf</t>
   </si>
   <si>
     <t>modificativa a redação do artigo 2º do Projeto de Lei Complementar nº 02/19</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3943/emenda_09_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3943/emenda_09_19.pdf</t>
   </si>
   <si>
     <t>Aditiva a redação do Projeto de Lei Complementar 05/18 (Seção IV- Das áreas de risco)</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3944/emenda_10_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3944/emenda_10_19.pdf</t>
   </si>
   <si>
     <t>Substitutiva a Redação do Anexo I do Projeto de Lei Complementar 05/18</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3952/emenda_11_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3952/emenda_11_19.pdf</t>
   </si>
   <si>
     <t>Supressiva a redação do artigo 43 da Proposta de Emenda a LOM</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3953/emenda_12_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3953/emenda_12_19.pdf</t>
   </si>
   <si>
     <t>Supressiva a redação do artigo 47 da Proposta de Emenda a LOM</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3959/emenda_13_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3959/emenda_13_19.pdf</t>
   </si>
   <si>
     <t>Substitutiva a redação do Art. 1º do PLC  02/19 (02 vagas para Professor de Educação Fundamental, 02 vagas para Professor de Educação Infantil e 02  vagas para Professor de Educação Física)</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3960/emenda_14_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3960/emenda_14_19.pdf</t>
   </si>
   <si>
     <t>Substitutiva a redação do artigo 3º do PLC 02/19 (03 vagas para Professor de Artes)</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Comissão de Saúde, Educação, Cultura, Lazer e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3964/emenda_15_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3964/emenda_15_19.pdf</t>
   </si>
   <si>
     <t>Acrescenta-se ao substitutivo nº 03/19 um artigo com exigência de Normal Superior ou Pedagogia</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3975/emenda_16_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3975/emenda_16_19.pdf</t>
   </si>
   <si>
     <t>Substitutiva ao art. 3º do PR 03/19</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3976/emenda_17_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3976/emenda_17_19.pdf</t>
   </si>
   <si>
     <t>Substitutiva ao artigo 1º do PLC 27/18 (exclui o termo "de confiança)</t>
   </si>
   <si>
     <t>3990</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3990/emenda_18_19_ckT77r5.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3990/emenda_18_19_ckT77r5.pdf</t>
   </si>
   <si>
     <t>Adiciona inciso ao PL 13/19 (expansão de rede de iluminação publica)</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4027/emenda_19_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4027/emenda_19_19.pdf</t>
   </si>
   <si>
     <t>supressiva a redação do inciso XXVI do artigo 96 da proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4028/emenda_20_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4028/emenda_20_19.pdf</t>
   </si>
   <si>
     <t>Modificativa a redação do artigo 99 da proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4029/emenda_21_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4029/emenda_21_19.pdf</t>
   </si>
   <si>
     <t>substitutiva  a redação dos incisos I,II e III do artigo 128 da proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4030/emenda_22_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4030/emenda_22_19.pdf</t>
   </si>
   <si>
     <t>supressiva a redação do inciso IX do artigo 185 da proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4031/emenda_23_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4031/emenda_23_19.pdf</t>
   </si>
   <si>
     <t>modificativa a redação do Inciso I do artigo 194 da proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4032/emenda_24_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4032/emenda_24_19.pdf</t>
   </si>
   <si>
     <t>supressiva a redação do inciso VIII do artigo 194 da proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4033/emenda_25_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4033/emenda_25_19.pdf</t>
   </si>
   <si>
     <t>substitutiva a redação do inciso VII do artigo 194 da proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4034/emenda_26_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4034/emenda_26_19.pdf</t>
   </si>
   <si>
     <t>supressiva a redação do § 3º do artigo 194 da proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4035/emenda_27_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4035/emenda_27_19.pdf</t>
   </si>
   <si>
     <t>supressiva  a redação do §4º do artigo 194 da proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4036/emenda_28_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4036/emenda_28_19.pdf</t>
   </si>
   <si>
     <t>substitutiva a redação do artigo 199 da proposta de Emenda a LOM 01/18</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4037/emenda_29_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4037/emenda_29_19.pdf</t>
   </si>
   <si>
     <t>supressiva ao inciso V do artigo 135 do Substitutivo do Plano Diretor - PLC 05/2018</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4038/emenda_30_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4038/emenda_30_19.pdf</t>
   </si>
   <si>
     <t>substitutiva a redação do inciso VII do artigo 135 do Substitutivo do Plano Diretor- PLC 05/2018</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4039/emenda_31_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4039/emenda_31_19.pdf</t>
   </si>
   <si>
     <t>aditiva a redação do inciso VIII do artigo 135 do Substitutivo do Plano Diretor - PLC 05/2018</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4040/emenda_32_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4040/emenda_32_19.pdf</t>
   </si>
   <si>
     <t>substitutiva a redação do inciso IX do artigo 135 do Substitutivo do Plano Diretor - PLC 05/2018</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4041/emenda_33_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4041/emenda_33_19.pdf</t>
   </si>
   <si>
     <t>substitutiva a redação do inciso XI do artigo 135 do Substitutivo do Plano Diretor- PLC 05/2018</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4042/emenda_34_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4042/emenda_34_19.pdf</t>
   </si>
   <si>
     <t>supressiva do inciso XII do artigo 135 do Substitutivo do Plano Diretor- PLC 05/2018</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4043/emenda_35_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4043/emenda_35_19.pdf</t>
   </si>
   <si>
     <t>supressiva do inciso I do artigo 136 do Substitutivo do Plano Diretor - PLC 05/2018</t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4044/emenda_36_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4044/emenda_36_19.pdf</t>
   </si>
   <si>
     <t>substitutiva a redação do inciso IV do artigo 136 do Substitutivo do Plano Diretor- PLC 05/2018</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4045/emenda_37_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4045/emenda_37_19.pdf</t>
   </si>
   <si>
     <t>supressiva do inciso III do artigo 141 do Substitutivo do Plano Diretor- PLC 05/2018</t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4046/emenda_38_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4046/emenda_38_19.pdf</t>
   </si>
   <si>
     <t>supressão do inciso IV, alíneas "a à c" do artigo 143 do Substitutivo do Plano Diretor - PLC 05/2018</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4047/emenda_39_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4047/emenda_39_19.pdf</t>
   </si>
   <si>
     <t>supressiva a alínea "f", do inciso X do artigo 143 do Substitutivo do Plano Diretor- PLC 05/2018</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4053/emenda_40_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4053/emenda_40_19.pdf</t>
   </si>
   <si>
     <t>supressiva aos incisos III e IV do §3º do artigo 147 do Substitutivo do Plano Diretor- PLC 05/2018</t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4049/emenda_41_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4049/emenda_41_19.pdf</t>
   </si>
   <si>
     <t>supressiva ao inciso VIII do artigo 150 do Substitutivo do Plano Diretor- PLC 05/2018</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4050/emenda_42_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4050/emenda_42_19.pdf</t>
   </si>
   <si>
     <t>supressiva aos incisos XI, XII e XIII do artigo 153 do Substitutivo do Plano Diretor- PLC 05/2018</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4059/emenda_43_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4059/emenda_43_19.pdf</t>
   </si>
   <si>
     <t>Subemenda a Emenda 08/19_x000D_
 "suprima-se a expressão "Educação Infantil" contante da alínea "d", inciso I, artigo 7º - PLC 02/2019</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4060/emenda_44_19_fSV03xk.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4060/emenda_44_19_fSV03xk.pdf</t>
   </si>
   <si>
     <t>supressiva a  redação do artigo 1º do Projeto de Lei Complementar 02/19</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4061/emeda_45_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4061/emeda_45_19.pdf</t>
   </si>
   <si>
     <t>substitutiva a redação do artigo 3º do Projeto de Lei Complementar nº 02/19</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4121/emenda_46_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4121/emenda_46_19.pdf</t>
   </si>
   <si>
     <t>substitutiva a redação do Parágrafo  único do artigo 2º do Projeto de Decreto Legislativo nº 09/19</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4173/emenda_47_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4173/emenda_47_19.pdf</t>
   </si>
   <si>
     <t>Aditiva a redação do artigo 5º do Projeto de Lei nº 23/19</t>
   </si>
   <si>
     <t>4174</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4174/emenda_48_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4174/emenda_48_19.pdf</t>
   </si>
   <si>
     <t>Substitutiva a redação do § 1º artigo 5º do Projeto de Lei nº 23/19</t>
   </si>
   <si>
     <t>4199</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4199/emenda_49_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4199/emenda_49_19.pdf</t>
   </si>
   <si>
     <t>modificativa a redação do §1º do artigo 4º do Projeto de Lei nº 24/19</t>
   </si>
   <si>
     <t>4202</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4202/emenda_50_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4202/emenda_50_19.pdf</t>
   </si>
   <si>
     <t>Substitutiva a redação do artigo 1º do Projeto de Lei nº 16/19</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Prof. Carlinhos</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3731/ind_012019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3731/ind_012019.pdf</t>
   </si>
   <si>
     <t>placas de identificação</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3732/ind_022019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3732/ind_022019.pdf</t>
   </si>
   <si>
     <t>reconstrução do muro do centro comunitário do Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3733/indicacao_2019_003.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3733/indicacao_2019_003.pdf</t>
   </si>
   <si>
     <t>acesso à internet no salto de biguá</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3734/ind_042019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3734/ind_042019.pdf</t>
   </si>
   <si>
     <t>faixa de pedestre na avenida da saudade no entroncamento com a Igreja  Assembléia de Deus Ministério de Santos</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3735/ind_052019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3735/ind_052019.pdf</t>
   </si>
   <si>
     <t>implantação de faixa amarela em frente a Igreja Assembléia de Deus</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3736/ind_062019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3736/ind_062019.pdf</t>
   </si>
   <si>
     <t>roçada e limpeza na Rua Wilson Simonal Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3737/ind_072019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3737/ind_072019.pdf</t>
   </si>
   <si>
     <t>roçada e limpeza da quadra de futevôlei e do campo - bairro jardim yolanda</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3738/ind_082019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3738/ind_082019.pdf</t>
   </si>
   <si>
     <t>tapa buracos e raspa de asfalto nas ruas adoniran barbosa e wilson simonal</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>Pastor José Fanes</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3742/ind_092019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3742/ind_092019.pdf</t>
   </si>
   <si>
     <t>construção de dois abrigo de passageiro de ônibus - Bairro Musácea</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3743/ind_102019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3743/ind_102019.pdf</t>
   </si>
   <si>
     <t>colocação de lixeira na unidade básica de saúde - bairro de musácea</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3746/ind_112019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3746/ind_112019.pdf</t>
   </si>
   <si>
     <t>manutenção nas valas que dão acesso à Avenida da Saudade</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3747/ind_122019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3747/ind_122019.pdf</t>
   </si>
   <si>
     <t>manutenção na rua que dá acesso à Igreja católica- Bairro Musácea</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3748/ind_132019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3748/ind_132019.pdf</t>
   </si>
   <si>
     <t>manutenção e tapa buraco na Rua Antonio Barbosa de Araújo</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3749/ind_142019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3749/ind_142019.pdf</t>
   </si>
   <si>
     <t>manutenção na quadra de esporte da escola de musácea</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3750/ind_152019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3750/ind_152019.pdf</t>
   </si>
   <si>
     <t>manutenção na estrada da vista grande</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>Tiemi, Moysés, Pablo Pereira, Pastor José Fanes, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3761/ind_162019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3761/ind_162019.pdf</t>
   </si>
   <si>
     <t>serviço de manutenção na Estrada do Ribeirão do Júlio, serviço de tapa buracos, limpeza de bueiro d´agua, construção de um ponto para a coleta de lixo e retirada de lixos e entulhos</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3762/ind_172019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3762/ind_172019.pdf</t>
   </si>
   <si>
     <t>serviço de manutenção no Posto de Saúde do Bairro Serra do Cafezal</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3763/ind_182019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3763/ind_182019.pdf</t>
   </si>
   <si>
     <t>serviço de manutenção nas ruas do bairro serra do cafezal</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>Silmara</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3764/ind_192019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3764/ind_192019.pdf</t>
   </si>
   <si>
     <t>limpeza de caixa d´água e do telhado do antigo prédio da câmara municipal</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
     <t>Moysés, Pablo Pereira, Pastor José Fanes, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3765/ind_202019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3765/ind_202019.pdf</t>
   </si>
   <si>
     <t>manutenção na estrada e nas ruas - bairro oliveira barros</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>Pablo Pereira, Moysés, Pastor José Fanes, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3766/ind_212019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3766/ind_212019.pdf</t>
   </si>
   <si>
     <t>manutenção no acesso da aldeia djaiko-aty</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3767/ind_222019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3767/ind_222019.pdf</t>
   </si>
   <si>
     <t>manutenção no acesso da amba porã</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3768/ind_232019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3768/ind_232019.pdf</t>
   </si>
   <si>
     <t>poda de árvores na estrada da serra do moraes</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3769/ind_242019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3769/ind_242019.pdf</t>
   </si>
   <si>
     <t>manutenção na estrada do san remo/mono</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3770/ind_252019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3770/ind_252019.pdf</t>
   </si>
   <si>
     <t>manutenção nas ruas do bairro de santa rita</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3771/ind_262019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3771/ind_262019.pdf</t>
   </si>
   <si>
     <t>poda de árvores- bairro biguazinho</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3772/ind_272019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3772/ind_272019.pdf</t>
   </si>
   <si>
     <t>poda de árvores na rua 12, bairro santa rita</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3773/ind_282019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3773/ind_282019.pdf</t>
   </si>
   <si>
     <t>solicita atendimento aos moradores do estirão para que o caminhão do lixo faça a coleta</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3775/ind_292019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3775/ind_292019.pdf</t>
   </si>
   <si>
     <t>manutenção na rua cândido coelho da silva- vila kamaite</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
     <t>Américo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3777/ind_302019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3777/ind_302019.pdf</t>
   </si>
   <si>
     <t>roçada e manutenção- Estrada do Fau</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3784/ind_312019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3784/ind_312019.pdf</t>
   </si>
   <si>
     <t>construção de novo abrigo de passageiro de ônibus- Bairro Biguá</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
     <t>Gilberto</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3785/ind_322019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3785/ind_322019.pdf</t>
   </si>
   <si>
     <t>manutenção e canalização de águas pluviais Rua 9 - Bairro Oliveira Barros</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3786/ind_332019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3786/ind_332019.pdf</t>
   </si>
   <si>
     <t>manutenção, tapa buraco e retirada de poste Rua Antonio Marcos- Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3787/ind_342019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3787/ind_342019.pdf</t>
   </si>
   <si>
     <t>limpeza e desentupimento de bueiro</t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
     <t>Pastor José Fanes, Moysés, Pablo Pereira, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3788/ind_352019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3788/ind_352019.pdf</t>
   </si>
   <si>
     <t>manutenção na Concha acústica</t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3789/ind_362019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3789/ind_362019.pdf</t>
   </si>
   <si>
     <t>reconstrução de dois abrigos de ônibus no Bairro de Oliveira Barros</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3790/ind_372019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3790/ind_372019.pdf</t>
   </si>
   <si>
     <t>construção de abrigo de ônibus no Bairro Vila Batista</t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
     <t>Moysés, Pablo Pereira, Pastor José Fanes, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3791/ind_382019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3791/ind_382019.pdf</t>
   </si>
   <si>
     <t>pedido de alteração do nome de rua</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3799/ind_392019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3799/ind_392019.pdf</t>
   </si>
   <si>
     <t>pintura de lombada- rua orlando silva bairro jardim yolanda</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3800/ind_402019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3800/ind_402019.pdf</t>
   </si>
   <si>
     <t>manutenção na rua dalva de oliveira- jardim yolanda</t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3801/ind_412019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3801/ind_412019.pdf</t>
   </si>
   <si>
     <t>manutenção nos bueiros da avenida washington luis</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3809/ind_422019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3809/ind_422019.pdf</t>
   </si>
   <si>
     <t>manutenção na Rua Juscelino Kubistschek</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3810/ind_432019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3810/ind_432019.pdf</t>
   </si>
   <si>
     <t>manutenção na estrada do tacanje que dá acesso ao ranário</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3814/ind_442019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3814/ind_442019.pdf</t>
   </si>
   <si>
     <t>manutenção de rua, poda de árvores - Bairro Biguá</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3815/ind_452019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3815/ind_452019.pdf</t>
   </si>
   <si>
     <t>implantação de lombada no cruzamento da Avenida Washington Luiz com a Rua Martin Luther King</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3816/ind_462019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3816/ind_462019.pdf</t>
   </si>
   <si>
     <t>manutenção na Rua Projeta - Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3835/ind_472019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3835/ind_472019.pdf</t>
   </si>
   <si>
     <t>troca de poste de energia elétrica que se encontra com a madeira podre prestes a ruir</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3836/ind_482019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3836/ind_482019.pdf</t>
   </si>
   <si>
     <t>adequação nos tamanhos das pias e vasos sanitários junto a EMEI da Vila São José</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3837/ind_492019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3837/ind_492019.pdf</t>
   </si>
   <si>
     <t>alinhamento de poste de energia elétrica na vila são josé</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
     <t>Moysés, Pablo Pereira, Pastor José Fanes, Prof. Carlinhos, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3838/ind_502019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3838/ind_502019.pdf</t>
   </si>
   <si>
     <t>manutenção em linha de bueiro</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Moysés</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3839/ind_512019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3839/ind_512019.pdf</t>
   </si>
   <si>
     <t>manutenção e tapa buracos estrada samba biguazinho</t>
   </si>
   <si>
     <t>3846</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Prof. Edithe</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3846/ind_522019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3846/ind_522019.pdf</t>
   </si>
   <si>
     <t>manutenção na Rua Coronel Diogo Júnior</t>
   </si>
   <si>
     <t>3847</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3847/ind_532019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3847/ind_532019.pdf</t>
   </si>
   <si>
     <t>manutenção na Rua Capitão José da Silva Leite</t>
   </si>
   <si>
     <t>3848</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3848/ind_542019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3848/ind_542019.pdf</t>
   </si>
   <si>
     <t>manutenção entorno do campo dos trabalhadores</t>
   </si>
   <si>
     <t>3850</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>manutenção e raspa de asfalto na Estrada da Vila São Pedro</t>
   </si>
   <si>
     <t>3851</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3851/ind_562019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3851/ind_562019.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada do Bairro Panelas</t>
   </si>
   <si>
     <t>3852</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3852/ind_572019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3852/ind_572019.pdf</t>
   </si>
   <si>
     <t>solicita a roçada e manutenção - Campo do Bairro Mutuca</t>
   </si>
   <si>
     <t>3853</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3853/ind_582019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3853/ind_582019.pdf</t>
   </si>
   <si>
     <t>manutenção, raspa de asfalto e tapa buracos na estrada que liga Vila Batista à Oliveira Barros</t>
   </si>
   <si>
     <t>3854</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3854/ind_592019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3854/ind_592019.pdf</t>
   </si>
   <si>
     <t>operação cidade limpa bairro jardim yolanda</t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3872/ind_602019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3872/ind_602019.pdf</t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3873/ind_612019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3873/ind_612019.pdf</t>
   </si>
   <si>
     <t>retirada da placa de sinalização a Câmara Municipal no endereço antigo</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3876/ind_622019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3876/ind_622019.pdf</t>
   </si>
   <si>
     <t>manutenção e roçada  na Estrada da Braterra</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Vinícius, Moysés, Pablo Pereira, Pastor José Fanes, Tiemi</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3877/ind_632019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3877/ind_632019.pdf</t>
   </si>
   <si>
     <t>manutenção das estradas e serviço de roçada: Teagem I e II</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3878/ind_642019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3878/ind_642019.pdf</t>
   </si>
   <si>
     <t>manutenção da Rua Araribá, na Vila Aurora</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3886/ind_652019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3886/ind_652019.pdf</t>
   </si>
   <si>
     <t>operação cidade limpa nos Bairros: Biguá, Oliveira Barros, Vila São José e Jardim Alvorada</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3887/ind_662019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3887/ind_662019.pdf</t>
   </si>
   <si>
     <t>reutilizar paralelepípedos retirados da Rua Prefeito Sylas Baltazar de Araújo</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3888/ind_672019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3888/ind_672019.pdf</t>
   </si>
   <si>
     <t>reparos na boca de lobo na Rua George Wolpert, Bairro Oliveira Barros</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3889/ind_682019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3889/ind_682019.pdf</t>
   </si>
   <si>
     <t>retirada de poste de energia pertencente ao Departamento de Obras</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3893/ind_692019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3893/ind_692019.pdf</t>
   </si>
   <si>
     <t>reforma no centro de convivência dos idosos- CCI</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Moysés, Barney, Pablo Pereira, Pastor José Fanes, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3928/ind_702019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3928/ind_702019.pdf</t>
   </si>
   <si>
     <t>implantação de lombadas na Rua Projetada - Vila São José</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Barney</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3929/ind_712019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3929/ind_712019.pdf</t>
   </si>
   <si>
     <t>poda de árvore na Rua George Wolpert - Bairro Oliveira Barros</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3948/ind_722019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3948/ind_722019.pdf</t>
   </si>
   <si>
     <t>colocação de lixeira na rua coronel diogo ribeiro júnior</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3949/ind_732019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3949/ind_732019.pdf</t>
   </si>
   <si>
     <t>colocação de rachões para contenção das margens do Rio São Lourenço, próximo a ponte da Estrada do Fau</t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Tiemi, Barney, Moysés, Pablo Pereira, Pastor José Fanes, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3950/ind_742019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3950/ind_742019.pdf</t>
   </si>
   <si>
     <t>manutenção da Rua João Kowales, Vila Ubirajara</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3967/ind_752019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3967/ind_752019.pdf</t>
   </si>
   <si>
     <t>caminhão do lixo mude o percurso para atender os moradores do Bairro Ribeirão do Júlio</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3968/ind_762019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3968/ind_762019.pdf</t>
   </si>
   <si>
     <t>notificar a Empres G. Energy para disponibilizar um telefone fixo e fazer a vistoria noturna em todos o Bairro</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3969/ind_772019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3969/ind_772019.pdf</t>
   </si>
   <si>
     <t>manutenção das ruas do Bairro Parque Nova Miracatu e Vila Expedicionária</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3970/ind_782019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3970/ind_782019.pdf</t>
   </si>
   <si>
     <t>operação cidade limpa nos bairros: vila matsuda e balança</t>
   </si>
   <si>
     <t>3982</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Pastor José Fanes, Barney, Moysés, Pablo Pereira, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3982/ind_792019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3982/ind_792019.pdf</t>
   </si>
   <si>
     <t>Manutenção na Estrada da Barra Funda</t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3983/ind_802019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3983/ind_802019.pdf</t>
   </si>
   <si>
     <t>Manutenção na Estrada da Balança</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Prof. Edithe, Gilberto</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3997/ind_812019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3997/ind_812019.pdf</t>
   </si>
   <si>
     <t>pedido de alteração do artigo 7º da LC 10/012</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4001/ind_822019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4001/ind_822019.pdf</t>
   </si>
   <si>
     <t>substituição de lâmpadas queimadas Rua 11, Bairro Oliveira Barros</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4002/ind_832019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4002/ind_832019.pdf</t>
   </si>
   <si>
     <t>substituição de lâmpadas queimadas Rua 8, Bairro Oliveira Barros</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4003/ind_842019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4003/ind_842019.pdf</t>
   </si>
   <si>
     <t>reparos e manutenção na Estrada do Peniche</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4004/ind_852019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4004/ind_852019.pdf</t>
   </si>
   <si>
     <t>manutenção e tapa buracos na Estrada do Veneza - Santa Rita</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4005/ind_862019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4005/ind_862019.pdf</t>
   </si>
   <si>
     <t>manutenção no centro comunitário bairro jardim yolanda</t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4006/ind_872019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4006/ind_872019.pdf</t>
   </si>
   <si>
     <t>implantação de luminárias no sitio veneza - bairro santa rita</t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4009/ind_882019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4009/ind_882019.pdf</t>
   </si>
   <si>
     <t>serviço de manutenção e tapa buracos na Rua Governador Adhemar de Barros, no Morro da Sudelpa</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4016/ind_892019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4016/ind_892019.pdf</t>
   </si>
   <si>
     <t>Serviços de manutenção na estrada do Morro Grande ao Engenho</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4017/ind_902019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4017/ind_902019.pdf</t>
   </si>
   <si>
     <t>Serviço de manutenção na estrada do bairro Kiri e Pedra do Largo.</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4057/ind_912019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4057/ind_912019.pdf</t>
   </si>
   <si>
     <t>implantação de placa de identificação na Rua Josias Baltazar de Souto, Vila Kamaiti</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4058/ind_922019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4058/ind_922019.pdf</t>
   </si>
   <si>
     <t>implantação de lixeiras e lombadas no bairro do moraes</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4077/ind_932019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4077/ind_932019.pdf</t>
   </si>
   <si>
     <t>manutenção nos brinquedos do parquinho da Praça Antonio Moreira de Melo-Jardim Alvorada</t>
   </si>
   <si>
     <t>4078</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4078/ind_942019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4078/ind_942019.pdf</t>
   </si>
   <si>
     <t>implantação de luminárias e poda de árvores na Praça Pulquéria Maria Leite</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4079/ind_952019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4079/ind_952019.pdf</t>
   </si>
   <si>
     <t>manutenção e substituição de tampas das caixas de bueiros na Rua Benedito Martins- Jardim Alvorada</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4080/ind_962019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4080/ind_962019.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada do Ribeirão do Júlio</t>
   </si>
   <si>
     <t>4103</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4103/ind_972019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4103/ind_972019.pdf</t>
   </si>
   <si>
     <t>manutenção nas luminárias do campo e na Praça Antonio Moreira de Melo - Jardim Alvorada</t>
   </si>
   <si>
     <t>4104</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4104/ind_982019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4104/ind_982019.pdf</t>
   </si>
   <si>
     <t>manutenção em linha de bueiros- entrada do Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4105</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4105/ind_992019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4105/ind_992019.pdf</t>
   </si>
   <si>
     <t>substituição de lâmpadas queimadas Rua 14, Bairro Oliveira Barros</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4106/ind_1002019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4106/ind_1002019.pdf</t>
   </si>
   <si>
     <t>religação de água no Campo do Bairro de Oliveira Barros</t>
   </si>
   <si>
     <t>4107</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4107/ind_1012019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4107/ind_1012019.pdf</t>
   </si>
   <si>
     <t>manutenção na entrada da Escola Bairro de Biguá</t>
   </si>
   <si>
     <t>4108</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4108/ind_1022019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4108/ind_1022019.pdf</t>
   </si>
   <si>
     <t>manutenção e tapa buraco na Rua Beija-Flor, Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4109</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Gilberto, Barney</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4109/ind_1032019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4109/ind_1032019.pdf</t>
   </si>
   <si>
     <t>assinatura e liberação dos canais abertos digitais</t>
   </si>
   <si>
     <t>4110</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4110/ind_1042019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4110/ind_1042019.pdf</t>
   </si>
   <si>
     <t>distribuição de cereal matinal aos estudantes da rede municipal de ensino</t>
   </si>
   <si>
     <t>4111</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4111/ind_1052019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4111/ind_1052019.pdf</t>
   </si>
   <si>
     <t>aquisição de mudas e sementes de "crotalária juncea" e "alfavaca cravo"</t>
   </si>
   <si>
     <t>4112</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4112/ind_1062019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4112/ind_1062019.pdf</t>
   </si>
   <si>
     <t>operação cidade limpa no Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4113</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4113/ind_1072019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4113/ind_1072019.pdf</t>
   </si>
   <si>
     <t>instalação de braços e luminárias na Rua Projetada ou Rua 14, Bairro Oliveira Barros</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4114/ind_1082019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4114/ind_1082019.pdf</t>
   </si>
   <si>
     <t>limpeza do córrego e vala na Rua 11 de junho</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4133/ind_1092019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4133/ind_1092019.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada do Engenho sentido Aldeia Amba Porã até a Igrejinha e sentido Pedro Barros</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4134/ind_1102019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4134/ind_1102019.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada do Divisor de cima</t>
   </si>
   <si>
     <t>4146</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4146/ind_1112019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4146/ind_1112019.pdf</t>
   </si>
   <si>
     <t>colocação de alambrado na Escola Municipal do Jardim Yolanda</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4147/ind_1122019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4147/ind_1122019.pdf</t>
   </si>
   <si>
     <t>reparos no guard-rail da ponte da Vila São José</t>
   </si>
   <si>
     <t>4154</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4154/ind_1132019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4154/ind_1132019.pdf</t>
   </si>
   <si>
     <t>roçada e manutenção - Estrada do Fau</t>
   </si>
   <si>
     <t>4166</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4166/ind_1142019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4166/ind_1142019.pdf</t>
   </si>
   <si>
     <t>implantação de luminárias nos postes das Vielas do Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4167</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4167/ind_1152019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4167/ind_1152019.pdf</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4168/ind_1162019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4168/ind_1162019.pdf</t>
   </si>
   <si>
     <t>manutenção e tapa buracos em todas as ruas do Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4169/ind_1172019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4169/ind_1172019.pdf</t>
   </si>
   <si>
     <t>manutenção e tapa buracos na Estrada que liga Oliveira Barros à Vila Batista</t>
   </si>
   <si>
     <t>4170</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4170/ind_1182019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4170/ind_1182019.pdf</t>
   </si>
   <si>
     <t>manutenção, roçada e tapa buracos na estrada que liga Oliveira Barros ao Jardim Alvorada</t>
   </si>
   <si>
     <t>4171</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4171/ind_1192019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4171/ind_1192019.pdf</t>
   </si>
   <si>
     <t>implantação de luminárias no Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4172</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4172/ind_1202019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4172/ind_1202019.pdf</t>
   </si>
   <si>
     <t>placas de identificação em ruas do Jardim Alvorada</t>
   </si>
   <si>
     <t>4180</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4180/ind_1212019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4180/ind_1212019.pdf</t>
   </si>
   <si>
     <t>sistema de drenagem de água em frente o prédio da Câmara Municipal</t>
   </si>
   <si>
     <t>4189</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4189/ind_1222019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4189/ind_1222019.pdf</t>
   </si>
   <si>
     <t>4190</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4190/ind_1232019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4190/ind_1232019.pdf</t>
   </si>
   <si>
     <t>limpeza de valas no Jardim Alvorada</t>
   </si>
   <si>
     <t>4191</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4191/ind_1242019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4191/ind_1242019.pdf</t>
   </si>
   <si>
     <t>manutenção no velório de Oliveira Barros</t>
   </si>
   <si>
     <t>4192</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4192/ind_1252019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4192/ind_1252019.pdf</t>
   </si>
   <si>
     <t>colocação de linha de bueiro e limpeza de vala</t>
   </si>
   <si>
     <t>4193</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4193/ind_1262019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4193/ind_1262019.pdf</t>
   </si>
   <si>
     <t>retirada de pinheiro da Rua 4, Bairro de Oliveira Barros</t>
   </si>
   <si>
     <t>4194</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4194/ind_1272019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4194/ind_1272019.pdf</t>
   </si>
   <si>
     <t>4195</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4195/ind_1282019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4195/ind_1282019.pdf</t>
   </si>
   <si>
     <t>fortalecimento do Comitê de Combate à Violência</t>
   </si>
   <si>
     <t>4203</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>manutenção na Estrada da Barra Funda ao Divisor</t>
   </si>
   <si>
     <t>4204</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4204/ind_1302019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4204/ind_1302019.pdf</t>
   </si>
   <si>
     <t>manutenção na Estrada da Barra Funda</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Pablo Pereira, Barney, Moysés, Pastor José Fanes, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4205/ind_1312019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4205/ind_1312019.pdf</t>
   </si>
   <si>
     <t>manutenção no Bairro Pedra do Largo</t>
   </si>
   <si>
     <t>4206</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4206/ind_1322019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4206/ind_1322019.pdf</t>
   </si>
   <si>
     <t>manutenção e vistorias na estrada do Kiri</t>
   </si>
   <si>
     <t>4207</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4207/ind_1332019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4207/ind_1332019.pdf</t>
   </si>
   <si>
     <t>implantação de luminárias na Estrada do Kiri, Bairro Pedra do Largo II</t>
   </si>
   <si>
     <t>4208</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4208/ind_1342019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4208/ind_1342019.pdf</t>
   </si>
   <si>
     <t>implantação de luminárias no Bairro Pedra do Largo</t>
   </si>
   <si>
     <t>4209</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4209/ind_1352019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4209/ind_1352019.pdf</t>
   </si>
   <si>
     <t>solicita vistoria da Defesa Civil</t>
   </si>
   <si>
     <t>4210</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4210/ind_1362019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4210/ind_1362019.pdf</t>
   </si>
   <si>
     <t>instalação de lixeiras ao longo do Centro da Cidade</t>
   </si>
   <si>
     <t>4211</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Moysés, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4211/ind_1372019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4211/ind_1372019.pdf</t>
   </si>
   <si>
     <t>canalização do córrego localizado entre as ruas Deputado Antonio Cunha Bueno e Av. da Saudade</t>
   </si>
   <si>
     <t>4228</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4228/ind_1382019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4228/ind_1382019.pdf</t>
   </si>
   <si>
     <t>implantação de lombada na Rua Lassalvia- Bairro Santa Rita</t>
   </si>
   <si>
     <t>4234</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4234/ind_1392019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4234/ind_1392019.pdf</t>
   </si>
   <si>
     <t>retirada urgente de um pé de coqueiro junto aos quiosques do Terminal Rodoviário</t>
   </si>
   <si>
     <t>4235</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4235/ind_1402019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4235/ind_1402019.pdf</t>
   </si>
   <si>
     <t>providenciar às merendeiras toucas descartáveis</t>
   </si>
   <si>
     <t>4236</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4236/ind_1412019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4236/ind_1412019.pdf</t>
   </si>
   <si>
     <t>providenciar junto à Arteris uma colocação de tela na Rodovia Régis Bittencourt, ao lado da Escola Municipal João Hirotaka Kayó</t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4248/ind_1422019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4248/ind_1422019.pdf</t>
   </si>
   <si>
     <t>manutenção e tapa buracos em várias ruas do Bairro Jardim Yolanda</t>
   </si>
   <si>
     <t>4249</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4249/ind_1432019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4249/ind_1432019.pdf</t>
   </si>
   <si>
     <t>manutenção e tapa buracos Estrada da Nossa Fazenda I e II</t>
   </si>
   <si>
     <t>4250</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4250/ind_1442019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4250/ind_1442019.pdf</t>
   </si>
   <si>
     <t>manutenção e tapa buracos na Estrada do Sertãozinho, Bairro Fau</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3751/moc_01_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3751/moc_01_2019.pdf</t>
   </si>
   <si>
     <t>moção de reconhecimento, congratulações e aplausos aos soldados da polícia militar de miracatu</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3752/moc_02_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3752/moc_02_2019.pdf</t>
   </si>
   <si>
     <t>moção de reconhecimento, congratulações e aplausos aos munícipes de miracatu</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3753/moc_03_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3753/moc_03_2019.pdf</t>
   </si>
   <si>
     <t>moção de apelo pela continuidade e manutenção das atividades regulares da UNESP- CAMPUS REGISTRO/SP</t>
   </si>
   <si>
     <t>3802</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3802/moc_04_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3802/moc_04_2019.pdf</t>
   </si>
   <si>
     <t>Moção de reconhecimento, congratulações e aplausos aos soldados bombeiros da Policia Militar de Registro</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3823/moc_05_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3823/moc_05_2019.pdf</t>
   </si>
   <si>
     <t>moção de reconhecimento, congratulações e aplausos a escola de samba do jardim yolanda.</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3828/moc_06_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3828/moc_06_2019.pdf</t>
   </si>
   <si>
     <t>moção de congratulações a kawany dias de fontes</t>
   </si>
   <si>
     <t>3855</t>
   </si>
   <si>
     <t>Zezeco</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3855/moc_07_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3855/moc_07_2019.pdf</t>
   </si>
   <si>
     <t>moção de repúdio à elektro eletricidade e serviços s/a</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4008/moc_08_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4008/moc_08_2019.pdf</t>
   </si>
   <si>
     <t>moção de reconhecimento, congratulações e aplausos aos membros da comissão da defesa civil e a todos os colaboradores e voluntários</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4010/moc_09_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4010/moc_09_2019.pdf</t>
   </si>
   <si>
     <t>moção de congratulações e reconhecimento à Sra. Policial Militar Renata Gomes de Souza</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4158/moc_10_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4158/moc_10_2019.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos aos atletas e Comissão Técnica da Equipe da Escola Poeta Domingos Bauer Leite</t>
   </si>
   <si>
     <t>4159</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4159/moc_11_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4159/moc_11_2019.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos ao atleta da equipe Zenith de Jiu-Jitsu Marlon Tanaka Fagundes</t>
   </si>
   <si>
     <t>4229</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4229/moc_12_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4229/moc_12_2019.pdf</t>
   </si>
   <si>
     <t>moção de congratulações e aplausos à Turma do Magistério de 1979, da EEPSG Professor Armando Gonçalves pelos 40 anos de formação acadêmica</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3778/parecer01_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3778/parecer01_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao Projeto de Decreto Legislativo nº 08/18</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3779/parecer_02_19_elnPJWG.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3779/parecer_02_19_elnPJWG.pdf</t>
   </si>
   <si>
     <t>Favorável ao Projeto de Lei 02/19</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3780/parecer_03_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3780/parecer_03_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao Projeto de Resolução 01/19</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3781/parecer_04_19_EEiMCD9.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3781/parecer_04_19_EEiMCD9.pdf</t>
   </si>
   <si>
     <t>Favorável ao Projeto de Lei nº 33/18</t>
   </si>
   <si>
     <t>3932</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3932/parecer_05.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3932/parecer_05.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 06/18</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3812/parecer0619.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3812/parecer0619.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 01/19</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3813/favoravel.substitutivo.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3813/favoravel.substitutivo.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 35/18 por meio do Substitutivo 01/19</t>
   </si>
   <si>
     <t>3861</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3861/parecer08_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3861/parecer08_19.pdf</t>
   </si>
   <si>
     <t>Favoravel ao PLC 05/18</t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, Comissão de Orçamento, Finanças e Contabilidade, Comissão de Saúde, Educação, Cultura, Lazer e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3862/parecer_09_19_fVIXg7a.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3862/parecer_09_19_fVIXg7a.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 01/19</t>
   </si>
   <si>
     <t>3863</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3863/parecer_10_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3863/parecer_10_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 05/18</t>
   </si>
   <si>
     <t>3864</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3864/parecer_11_19_HjxcNh1.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3864/parecer_11_19_HjxcNh1.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 08/18</t>
   </si>
   <si>
     <t>3865</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3865/parecer_12_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3865/parecer_12_19.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao PR 09/19, reconsiderando Parecer anterior</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
     <t>Favorável ao PR 02/19, com emendas</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3867/parecer_14_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3867/parecer_14_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 03/19</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
     <t>Pablo Pereira, Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3868/parecer_15_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3868/parecer_15_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 04/19</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
     <t>Deixa de opinar por ausência de informações e exaurimento de prazo</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3890/parecer17_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3890/parecer17_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 09/19</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3891/parecer_18_19_zF2xrxz.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3891/parecer_18_19_zF2xrxz.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 10/19</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3907/parecer_19_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3907/parecer_19_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 03/19, com emenda</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3908/parecer_20_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3908/parecer_20_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 06/19</t>
   </si>
   <si>
     <t>3915</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3915/parecer_21_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3915/parecer_21_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 03/19, com nova redação</t>
   </si>
   <si>
     <t>3916</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3916/parecer_22_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3916/parecer_22_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 07/19</t>
   </si>
   <si>
     <t>3917</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3917/parecer_23_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3917/parecer_23_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 11/19</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3918/parecer_24_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3918/parecer_24_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 12/19</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3919/parecer_25_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3919/parecer_25_19.pdf</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3933/parecer_26.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3933/parecer_26.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 02/19, com Emenda</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3934/parecer_27.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3934/parecer_27.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 04/19</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3935/parecer_28_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3935/parecer_28_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 05/19</t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3936/parecer_29.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3936/parecer_29.pdf</t>
   </si>
   <si>
     <t>Desfavorável  ao  Projeto de Lei Complementar nº 02/18, em sede de reanálise.</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3937/parecer_30.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3937/parecer_30.pdf</t>
   </si>
   <si>
     <t>Favorável  ao  PLC 03, com Emendas.</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3938/parecer_31_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3938/parecer_31_19.pdf</t>
   </si>
   <si>
     <t>Desfavorável  ao  PLC 06/18</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3939/parecer_32.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3939/parecer_32.pdf</t>
   </si>
   <si>
     <t>Desfavorável  ao  PL 03/19</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
     <t>Comissão de Orçamento, Finanças e Contabilidade, Comissão de Obras e Serviços Publicos</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3940/parcer_33.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3940/parcer_33.pdf</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4123/parecer34_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4123/parecer34_19.pdf</t>
   </si>
   <si>
     <t>Favorável a Proposta de Emenda a LOM</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3956/parecer_35_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3956/parecer_35_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao  PLC 05/18, na forma do Substitutivo da CCJ com emendas</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3957/parecer_36_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3957/parecer_36_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao  PLC 02/19, com emendas .</t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
     <t>Comissão de Orçamento, Finanças e Contabilidade, Comissão de Saúde, Educação, Cultura, Lazer e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3958/parecer_37_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3958/parecer_37_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao  PLC 03/19,  na forma do Substitutivo</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3951/parecer_38_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3951/parecer_38_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 03/19</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3962/parecer_39_19_KeM57jV.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3962/parecer_39_19_KeM57jV.pdf</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
     <t>Barney, Comissão de Obras e Serviços Publicos</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3963/parecer_40_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3963/parecer_40_19.pdf</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3979/parecer_41_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3979/parecer_41_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 14/19</t>
   </si>
   <si>
     <t>3984</t>
   </si>
   <si>
     <t>Comissão de Obras e Serviços Publicos</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3984/parecer_42_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3984/parecer_42_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao Substitutivo do  PLC 05/18  (Plano Diretor) e respectivas emendas</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3989/parecer_43_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3989/parecer_43_19.pdf</t>
   </si>
   <si>
     <t>Favoravel ao PL 13/19, com emenda</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3993/parecer_44_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3993/parecer_44_19.pdf</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4013/parecer_45_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4013/parecer_45_19.pdf</t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4022/parecer_46_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4022/parecer_46_19.pdf</t>
   </si>
   <si>
     <t>Favorável a  Proposta de Emenda a LOM, com as  emendas apresentadas por esta Comissão .</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, Comissão de Saúde, Educação, Cultura, Lazer e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4023/parecer_47_19_3gM88s9.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4023/parecer_47_19_3gM88s9.pdf</t>
   </si>
   <si>
     <t>Favorável ao  PDL 02/19</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4024/parecer_48_19_srzF3An.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4024/parecer_48_19_srzF3An.pdf</t>
   </si>
   <si>
     <t>Favorável ao  PDL 03/19</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4025/parecer_49_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4025/parecer_49_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao  PR 06/18</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4026/parecer_50_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4026/parecer_50_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao  Substitutivo do PLC 05/18, com acréscimos de emendas desta Comissão</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4051/parecer_51_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4051/parecer_51_19.pdf</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4052/parecer_52_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4052/parecer_52_19.pdf</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4054/parecer_53_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4054/parecer_53_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PLC 02/19, com emendas</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4062/parecer_54_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4062/parecer_54_19.pdf</t>
   </si>
   <si>
     <t>favoravél PL 06/2019</t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4075/parecer_55_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4075/parecer_55_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 15/19</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4090/parecer_56_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4090/parecer_56_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 16/19</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4091/parecer_57.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4091/parecer_57.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 05/19</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
     <t>Favorável ao PL 17/19</t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4093/parecer_59_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4093/parecer_59_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 18/19</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4076/parecer_60_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4076/parecer_60_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 07/19</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4081/parecer_61_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4081/parecer_61_19.pdf</t>
   </si>
   <si>
     <t>CONTRÁRIO ao VETO  TOTAL nº 02/19</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4086/parecer_62_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4086/parecer_62_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 06/19</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4087/parecer_63.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4087/parecer_63.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 07</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4088/parecer_64_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4088/parecer_64_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 08/19</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4089/parecer_65_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4089/parecer_65_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PR 08/19</t>
   </si>
   <si>
     <t>4094</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4094/parecer_66_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4094/parecer_66_19.pdf</t>
   </si>
   <si>
     <t>4099</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4099/parecer_67_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4099/parecer_67_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 09/19</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4125/parecer_68_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4125/parecer_68_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 10/19</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4126/parecer_69_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4126/parecer_69_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 11/19</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4127/parecer_70_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4127/parecer_70_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 12/19</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4128/parecer_71_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4128/parecer_71_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PDL 13/19</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4135/parecer_72_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4135/parecer_72_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 19</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4136/parecer_73_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4136/parecer_73_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 20/19</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4137/parecer_74_19_8TwZEoX.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4137/parecer_74_19_8TwZEoX.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 21/19</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4138/parecer_75_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4138/parecer_75_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao DL 09/19</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4139/parecer_76_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4139/parecer_76_19.pdf</t>
   </si>
   <si>
     <t>Desfavorável ao PDL 12/19</t>
   </si>
   <si>
     <t>4163</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4163/parecer_77_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4163/parecer_77_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 22/19</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
     <t>Comissão de Planejamento, Uso, Ocupação e Parcelamento  solo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4164/parecer_78_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4164/parecer_78_19.pdf</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4177/parecer_79_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4177/parecer_79_19.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL ao PL 23/19 com Emendas</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4181/parecer_80_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4181/parecer_80_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 24/19</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
     <t>CP - Comissão Processante</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4182/parecer-_comissao_processante.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4182/parecer-_comissao_processante.pdf</t>
   </si>
   <si>
     <t>Pelo arquivamento da Denuncia. Voto vencido do Ver. Moyses pelo prosseguimento da denúncia</t>
   </si>
   <si>
     <t>4184</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4184/parecer_82_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4184/parecer_82_19.pdf</t>
   </si>
   <si>
     <t>4185</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4185/parecer_83_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4185/parecer_83_19.pdf</t>
   </si>
   <si>
     <t>4186</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4187/parecer_85_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4187/parecer_85_19.pdf</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4188/parecer_86_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4188/parecer_86_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 23/19</t>
   </si>
   <si>
     <t>4201</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4201/parecer_87_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4201/parecer_87_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 27/19</t>
   </si>
   <si>
     <t>4221</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4221/parecer_88_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4221/parecer_88_19.pdf</t>
   </si>
   <si>
     <t>Desfavorável ao PL 26/19</t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4231/parecer_89.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4231/parecer_89.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 25/19</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4239/parecer_90_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4239/parecer_90_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 27/19, com recomendações</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
     <t>Desfavorável ao PL 28/19</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4241/parecer_92.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4241/parecer_92.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 29/19</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4242/parecer_93.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4242/parecer_93.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 30/19</t>
   </si>
   <si>
     <t>4243</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4243/parecer_94_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4243/parecer_94_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL 31/19</t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
     <t>Comissão de Saúde, Educação, Cultura, Lazer e Turismo, Comissão de Obras e Serviços Publicos</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4244/parecer_95_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4244/parecer_95_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao PL  27/19</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4254/parecer_96_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4254/parecer_96_19.pdf</t>
   </si>
   <si>
     <t>Favorável ao VETO 04</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4255/parecer_97_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4255/parecer_97_19.pdf</t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4256/parecer_98_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4256/parecer_98_19.pdf</t>
   </si>
   <si>
     <t>5385</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
     <t>TCESP</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/5385/parecer_4781.989.19.9_contas_pm_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/5385/parecer_4781.989.19.9_contas_pm_2019.pdf</t>
   </si>
   <si>
     <t>CONTAS ANUAIS.PREFEITURA.CUMPRIMENTO DOS LIMITES LEGAIS E CONSTITUCIONAIS DE DESPESAS COM ENSINO, FUNDEB, SAÚDE E PESSOAL. ASPECTOS ORÇAMENTÁRIOS E FINANCEIROS. FALTA DE FIDEDIGNIDADE. PRECATÓRIOS. NÃO CUMPRIMENTO DE ACORDO AMIGÁVEL. FALHAS BEM CARACTERIZADAS E SEM JUSTIFICATIVAS. DESFAVORÁVEL. ADVERTENCIA</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3808/pdl01_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3808/pdl01_19.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão do Prêmio "Excelência Mulher Miracatuense-2019" às Sras. ANGELICA FATIMA DE LARA, MARTA OLIVEIRA DA SILVA e MARIA DAS DORES SOARES FAÚLA</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3971/pdl_02_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3971/pdl_02_19.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Honorário Miracatuense ao Sr. FRANCISCO ETELVINO BIONDO</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3972/pdl_03_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3972/pdl_03_19.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão benemérito  Miracatuense  ao Sr. ALBERTO COELHO DA SILVA</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
     <t>Mesa</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4007/pdl_04_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4007/pdl_04_19.pdf</t>
   </si>
   <si>
     <t>aprova o parecer do tribunal de contas do estado de são  paulo, referente às contas da prefeitura de Municipal de Miracatu do exercício financeiro de 2016</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4011/pdl_05_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4011/pdl_05_19.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. SERGIO SOARES CARVALHO</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4071/pdl_no_06_19_-_titulo_isaac....pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4071/pdl_no_06_19_-_titulo_isaac....pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. ISAAC VIEIRA</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4072/pdl_no_07_19_-_titulo_arcenio....pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4072/pdl_no_07_19_-_titulo_arcenio....pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. ARCÊNIO PONTES</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4073/pdl_no_08_19_-_titulo_cleide....pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4073/pdl_no_08_19_-_titulo_cleide....pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ BENEMÉRITA MIRACATUENSE A SRª CLEIDE DA COSTA RIBEIRO</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4074/pdl_no_09_19_-_cria_medalha_eiji_nagata....pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4074/pdl_no_09_19_-_cria_medalha_eiji_nagata....pdf</t>
   </si>
   <si>
     <t>CRIA MEDALHA COMENDADOR EIJI NAGATA NO ÂMBITO DO MUNICÍPIO DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4084/pdl_10_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4084/pdl_10_19.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. ANTONIO MOREIRA DE MEL0</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4085/pdl_11_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4085/pdl_11_19.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. CARLOS ALBERTO FAVA</t>
   </si>
   <si>
     <t>4096</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4096/pdl_12_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4096/pdl_12_19.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORARIO MIRACATUENSE AO SR. GERALDO ALCKIMIN</t>
   </si>
   <si>
     <t>4097</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4097/pdl_13_19_chglJeX.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4097/pdl_13_19_chglJeX.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO MIRACATUENSE AO SR. OZIEL SILVA SANTOS</t>
   </si>
   <si>
     <t>4162</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4162/pdl_14_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4162/pdl_14_19.pdf</t>
   </si>
   <si>
     <t>Susta a aplicação do Comunicado Interno nº. 406 à 417/2019 e 420/2019, do Departamento de Administração do Município de Miracatu.</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Ezigomar Pessoa Junior</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3805/plc_01_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3805/plc_01_19.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL COMPLEMENTAR Nº 01/2010 - PLANO DE CARREIRA E REMUNERAÇÃO E O ESTATUTO DO MAGISTÉRIO PÚBLICO DE MIRACATU E SEUS ANEXOS</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3829/plc02_19criacargosprofessores.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3829/plc02_19criacargosprofessores.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL COMPLEMENTAR Nº 01/2010 - PLANO DE CARREIRA E REMUNERAÇÃO E O ESTATUTO DO MAGISTÉRIO PUBLICO DE MIRACATU E SEUS ANEXOS</t>
   </si>
   <si>
     <t>3900</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3900/plc_03_19_coordenador_de_creches.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3900/plc_03_19_coordenador_de_creches.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS I E IV DA LEI COMPLEMENTAR Nº 07 DE 09 DE ABRIL DE 2012- ESTRUTURAÇÃO DO QUADRO GERAL E DO PLANO DE CARREIRA E EVOLUÇÃO FUNCIONAL DOS SERVIDORES PÚBLICOS DA PREFEITURA MUNICIPAL DE MIRACATU.</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3728/pl_01_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3728/pl_01_19.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS INTERNAS E EXTERNAS NAS CRECHES MUNICIPAIS MANTIDAS PELA PREFEITURA MUNICIPAL"</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3730/pl_02_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3730/pl_02_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE  VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3776/pl_03_-_credito_agricultura.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3776/pl_03_-_credito_agricultura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS (R$ 821.200,00)</t>
   </si>
   <si>
     <t>3806</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3806/pl04_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3806/pl04_19.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.389 DE 11 DE ABRIL DE 2007</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3807/pl05_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3807/pl05_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUAS</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3830/pl06_19parcelainss.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3830/pl06_19parcelainss.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CONTRATAR REPARCELAMENTO DA DÍVIDA PARA COM O INSS - INSTITUTO NACIONAL DO SEGURO SOCIAL</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3831/pl07_19vencimentospj.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3831/pl07_19vencimentospj.pdf</t>
   </si>
   <si>
     <t>REALOCAÇÃO DE PADRÃO DE VENCIMENTOS DO CARGO DE PROCURADOR JURÍDICO DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3832/pl08_19suplementacao.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3832/pl08_19suplementacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, REDUÇÃO DO ORÇAMENTO DA CÂMARA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3834</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3834/pl09_19_ubsdrbazan.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3834/pl09_19_ubsdrbazan.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DA UBS LOCALIZADA NO BAIRRO ESTAÇÃO - UBS DR. MANOEL PEREZ BAZAN"</t>
   </si>
   <si>
     <t>3860</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3860/pl10_19_pracasuzane.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3860/pl10_19_pracasuzane.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE SUZANE DE OLIVEIRA GOMES A PRAÇA, SITO NA RUA SÃO PAULO, BAIRRO DE SANTA RITA DO RIBEIRA, NESTE MUNICÍPIO DE MIRACATU, ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3897/pl_11_19_-_credito_orcamentario.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3897/pl_11_19_-_credito_orcamentario.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3910/pl12_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3910/pl12_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3911/pl_13_2019_-_ldo_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3911/pl_13_2019_-_ldo_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE LEI DE DIRETRIZES ORÇAMENTÁRIAS  PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL PARA EXERCÍCIO FINANCEIRO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3914</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3914/pl_14_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3914/pl_14_19.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PRIORIDADE NO ATENDIMENTO PÚBLICOS E PRIVADOS AS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA - TEA</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3973/pl_15_19_-_credito_suplementar__343_mil.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3973/pl_15_19_-_credito_suplementar__343_mil.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3980</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3980/pl_13_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3980/pl_13_19.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4018/pl_17_19_abertura_de_credito.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4018/pl_17_19_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS, VALOR DE R$ 460.952,38</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4020/pl_18_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4020/pl_18_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROCEDIMENTOS PARA SE OBTER ACESSO À INFORMAÇÃO NO ÂMBITO DO MUNICÍPIO DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4100</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4100/pl_19_-_cia.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4100/pl_19_-_cia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA CARTEIRA DE IDENTIFICAÇÃO DO AUTISTA (CIA)</t>
   </si>
   <si>
     <t>4101</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4101/pl_20_19_-_denominacao_rua_maria_leonor.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4101/pl_20_19_-_denominacao_rua_maria_leonor.pdf</t>
   </si>
   <si>
     <t>Dá a denominação Rua MARIA LEONOR DE LIMA  a Rua Três, do Núcleo Éden do Vale, Vila Ubirajara, neste Município de Miracatu, Estado de São Paulo</t>
   </si>
   <si>
     <t>4102</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4102/pl_21_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4102/pl_21_19.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A PROIBIÇÃO DO CORTE DOS SERVIÇOS DE FORNECIMENTO DE ENERGIA ELÉTRICA E ÁGUA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4120/pl_22_-_eliminador_de_ar.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4120/pl_22_-_eliminador_de_ar.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE EQUIPAMENTO ELIMINADOR DE AR NA  TUBULAÇÃO DE ABASTECIMENTO DE  DO MUNICÍPIO DE MIRACATU.</t>
   </si>
   <si>
     <t>4129</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4129/pl_23_-_classifica_bens_inserviveis.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4129/pl_23_-_classifica_bens_inserviveis.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS E PROCEDIMENTOS RELATIVOS AO DESCARTE E BAIXA DE BENS MÓVEIS DO PATRIMÔNIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4151/pl_24_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4151/pl_24_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO, NAS ÁREAS PÚBLICAS DE USO PÚBLICO DESTINADAS AO LAZER OU À RECREAÇÃO, NO MUNICÍPIO DE MIRACATU,  DE BRINQUEDOS A SEREM USADOS PELA CRIANÇA COM DEFICIÊNCIA E/OU COM MOBILIDADE REDUZIDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4156/pl_25_19_-_loa_2020.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4156/pl_25_19_-_loa_2020.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MIRACATU PARA O EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>4157</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4157/pl_26_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4157/pl_26_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ENTREGA GRATUITA DE MEDICAMENTOS DE USO CONTÍNUO À PESSOA PORTADORA DE NECESSIDADE ESPECIAL E/OU IDOSA, E COM DIFICULDADE DE LOCOMOÇÃO. PROGRAMA REMÉDIO EM CASA NO ÂMBITO DO MUNICÍPIO DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4176/pl_27_-_credito__suplementar_dadetur.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4176/pl_27_-_credito__suplementar_dadetur.pdf</t>
   </si>
   <si>
     <t>4183</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4183/pl_28_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4183/pl_28_19.pdf</t>
   </si>
   <si>
     <t>DENOMINA TRECHO DA MARGINAL DA RODOVIA REGIS BITTENCOURT, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4223/pl_29_19_vmdIWLI.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4223/pl_29_19_vmdIWLI.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA "O BRASIL PARA CRISTO"</t>
   </si>
   <si>
     <t>4224</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4224/pl_30_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4224/pl_30_19.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA MAXIMINO RUFINO</t>
   </si>
   <si>
     <t>4230</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4230/pl31_19suplementacao.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4230/pl31_19suplementacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, VALOR DE R$ 1.084.709,00</t>
   </si>
   <si>
     <t>4245</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4245/pl_32_-programa_ambiental.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4245/pl_32_-programa_ambiental.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE SUSTENTABILIDADE AMBIENTAL NA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4246/pl_33_-_reciclarte.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4246/pl_33_-_reciclarte.pdf</t>
   </si>
   <si>
     <t>CRIA A SEMANA DA RECICLAGEM E MEIO AMBIENTE - RECICLARTE NAS ESCOLAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4247/pl_34_-_dia_fibromialgia.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4247/pl_34_-_dia_fibromialgia.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Miracatu, Estado de São Paulo o “DIA MUNICIPAL DA FIBROMIALGIA, FILAS PREFERENCIAIS E VAGAS DE ESTACIONAMENTO PREFERENCIAL"</t>
   </si>
   <si>
     <t>4251</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4251/pl_35_-_fogos.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4251/pl_35_-_fogos.pdf</t>
   </si>
   <si>
     <t>"PROÍBE A FABRICAÇÃO, A COMERCIALIZAÇÃO, O MANUSEIO, A UTILIZAÇÃO, A QUEIMA E A SOLTURA DE FOGOS DE ESTAMPIDOS E DE ARTIFÍCIOS, ASSIM COMO DE QUAISQUER ARTEFATOS PIROTÉCNICOS DE EFEITO SONORO RUIDOSO NO MUNICÍPIO DE MIRACATU, ESTADO DE SÃO PAULO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3729/proj_res_01_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3729/proj_res_01_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUXILIO ALIMENTAÇÃO AOS SERVIDORES DA CÂMARA</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3774/pr_02_19_-_uso_de_not_ymAvlu2.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3774/pr_02_19_-_uso_de_not_ymAvlu2.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O USO DE NOTEBOOKS POR VEREADORES DA CÂMARA MUNICIPAL DE MIRACATU, ESTADO DE SÃO PAULO</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3782/pr_03_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3782/pr_03_19.pdf</t>
   </si>
   <si>
     <t>CRIA O PROTOCOLO DE ATENDIMENTO REALIZADO PELOS VEREADORES DA CÂMARA MUNICIPAL DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3783/pr_04_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3783/pr_04_19.pdf</t>
   </si>
   <si>
     <t>INSTITUI NA CÂMARA MUNICIPAL DE MIRACATU, ESTADO DE SÃO PAULO, O PROJETO CÂMARA CIDADÃ E CONTEM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3912/pr_05_-_licenca_saude_silmara.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3912/pr_05_-_licenca_saude_silmara.pdf</t>
   </si>
   <si>
     <t>LICENÇA SAÚDE A VEREADORA  SILMARA DE SOUZA ROMERO</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3974/pr_06_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3974/pr_06_19.pdf</t>
   </si>
   <si>
     <t>“ALTERA A RESOLUÇÃO Nº 04/18 QUE ESTABELECE O USO DE UNIFORMES NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4055/pr_07_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4055/pr_07_2019.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO DE REPRESENTAÇÃO PARA PARTICIPAÇÃO EM CONGRESSO</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4083/pr_08_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4083/pr_08_19.pdf</t>
   </si>
   <si>
     <t>APROVA A PROPOSTA ORÇAMENTÁRIA DA CÂMARA MUNICIPAL PARA O EXERCÍCIO FINANCEIRO DE 2020</t>
   </si>
   <si>
     <t>4222</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4222/pr_09_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4222/pr_09_19.pdf</t>
   </si>
   <si>
     <t>“ESTABELECE A POLÍTICA DE GESTÃO DOCUMENTAL,  CRIA COMISSÃO PERMANENTE DE AVALIAÇÃO</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
     <t>RF</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3744/rf01_19_contr.internocm.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3744/rf01_19_contr.internocm.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A ARTIGOS QUE ESPECIFICA  DA LEI Nº 1735/14 QUE DISPÕE SOBRE A INSTITUIÇÃO DO CONTROLE INTERNO DA CÂMARA MUNICIPAL DE MIRACATU</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3804/rf02_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3804/rf02_19.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE COMBATE À OBESIDADE INFANTIL NO MUNICÍPIO (C.O.I.M )</t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3849/rf03_19_aopl35.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3849/rf03_19_aopl35.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE PRIORIZAÇÃO DAS VAGAS NOS SERVIÇOS DE CONVIVÊNCIA E FORTALECIMENTO DE VÍNCULOS OFERTADOS PELA ASSISTÊNCIA SOCIAL PARA CRIANÇAS E ADOLESCENTES VÍTIMAS DE ABUSO, VIOLÊNCIA E EXPLORAÇÃO SEXUAL OU FILHOS E FILHAS DE MULHERES VÍTIMAS OU DIRETAMENTE VITIMADOS EM CASOS DE VIOLÊNCIA DOMÉSTICA, E AINDA DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3904/ouvidoria_da_camara_rf.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3904/ouvidoria_da_camara_rf.pdf</t>
   </si>
   <si>
     <t>CRIA OUVIDORIA NA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3905/bens_inserviveis_rf.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3905/bens_inserviveis_rf.pdf</t>
   </si>
   <si>
     <t>DECLARA INSERVÍVEIS BENS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3954/rf_06_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3954/rf_06_19.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR (AGRICULTURA)</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3981/redacao_final_07_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3981/redacao_final_07_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGO, ALTERANDO O ANEXO I DA LEI COMPLEMENTAR Nº 07/2012.</t>
   </si>
   <si>
     <t>3985</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3985/redacao_final_08_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3985/redacao_final_08_19.pdf</t>
   </si>
   <si>
     <t>ao Pl 27/18  referente a atribuições do Coordenador do CAPS</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4021/rf_09_19_-_ldo.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4021/rf_09_19_-_ldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LDO 2020</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4065/redacao_final_10_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4065/redacao_final_10_19.pdf</t>
   </si>
   <si>
     <t>Cria o Protocolo de Atendimento realizado pelos Vereadores da Câmara Municipal de Miracatu e dá outras providências</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4066/redacao_final_11_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4066/redacao_final_11_19.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXOS I DA LEI COMPLEMENTAR Nº 07 DE 09 DE ABRIL DE 2012 - ESTRUTURAÇÃO DO QUADRO GERAL E DO PLANO DE CARREIRA E EVOLUÇÃO FUNCIONAL DOS SERVIDORES PÚBLICOS DA PREFEITURA MUNICIPAL DE MIRACATU</t>
   </si>
   <si>
     <t>4098</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4098/rf_12_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4098/rf_12_19.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL COMPLEMENTAR 01/2010 - PLANO DE CARREIRA E REMUNERAÇÃO E O ESTATUTO DO MAGISTÉRIO PÚBLICO DE MIRACATU E SEUS ANEXOS</t>
   </si>
   <si>
     <t>4161</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4161/rf_13_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4161/rf_13_19.pdf</t>
   </si>
   <si>
     <t>“Cria a Medalha COMENDADOR EIJI NAGATA no âmbito do Município de MIRACATU e dá outras providencias.”</t>
   </si>
   <si>
     <t>4218</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4218/rf_14_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4218/rf_14_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>4219</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4219/rf15_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4219/rf15_19.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS E PROCEDIMENTOS RELATIVOS AO DESCARTE E BAIXA DE BENS MÓVEIS DO PATRIMONIO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>4220</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4220/rf16_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4220/rf16_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO, NAS ÁREAS PÚBLICAS DE USO PÚBLICO DESTINADAS AO LAZER OU À RECREAÇÃO, NO MUNICÍPIO DE MIRACATU, DE BRINQUEDOS A SEREM USADOS PELA CRIANÇA COM MOBILIDADE REDUZIDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
     <t>REL</t>
   </si>
   <si>
     <t>Relatório</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4012/relatorio_01_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4012/relatorio_01_19.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO DA MESA DIRETORA REFERENTE  TC - 4205.989.16-3 - CONTAS PREFEITURA MUNICIPAL DE MIRACATU EXERCÍCIO DE 2016</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
     <t>CEI - Comissão Especial de Inquerito</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4122/relatorio_cei_asfalto_jd_alvorada.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4122/relatorio_cei_asfalto_jd_alvorada.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO DA COMISSÃO ESPECIAL DE INQUÉRITO CRIADA PARA INVESTIGAR IRREGULARIDADES NA LICITAÇÃO TOMADA DE PREÇOS Nº 06/18 E NA EXECUÇÃO DO CONTRATO ADMINISTRATIVO DELA DECORRENTE, AMBOS DA PREFEITURA MUNICIPAL DE MIRACATU.</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
     <t>CEI - Comissão Especial de Inquerito 2</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4200/relatorio_cei_carro.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4200/relatorio_cei_carro.pdf</t>
   </si>
   <si>
     <t>Relatorio Final da CEI - CARRO , com voto vencido do Ver. Vinicius Brandão</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Vinícius, Moysés, Pablo Pereira, Pastor José Fanes</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3739/req_01_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3739/req_01_2019.pdf</t>
   </si>
   <si>
     <t>requer formação de comissão especial de inquérito- CEI</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3740/req_02_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3740/req_02_2019.pdf</t>
   </si>
   <si>
     <t>requer informações sobre o antigo prédio do paço municipal</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3741/req_03_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3741/req_03_2019.pdf</t>
   </si>
   <si>
     <t>informações sobre licitações</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3745/req_04_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3745/req_04_2019.pdf</t>
   </si>
   <si>
     <t>reajuste no auxilio alimentação para os servidores municipais</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3754/req_05_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3754/req_05_2019.pdf</t>
   </si>
   <si>
     <t>solicita alteração de nome de rua</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3755/req_06_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3755/req_06_2019.pdf</t>
   </si>
   <si>
     <t>instalação de placas  de proibição de som alto próximos às creches</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3756/req_07_20.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3756/req_07_20.pdf</t>
   </si>
   <si>
     <t>levantamento de possíveis focos de criadouros de mosquitos no prédio do ginásio de esportes</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3757/req_08_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3757/req_08_2019.pdf</t>
   </si>
   <si>
     <t>informações acerca dos questionamentos abaixo relacionados, referente ao Portal do santo de Biguá</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3758/req_09_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3758/req_09_2019.pdf</t>
   </si>
   <si>
     <t>requer realização de reunião para composição das comissões permanentes- biênio 2019/2020 e dá outras providências</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3759/req_10_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3759/req_10_2019.pdf</t>
   </si>
   <si>
     <t>requer a anulação do ato da presidente nº 18/19- composição das comissões permanentes- biênio 2019/2020 e dá outras providências</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3760/req_11_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3760/req_11_2019.pdf</t>
   </si>
   <si>
     <t>reforma da ponte do Braço Grande</t>
   </si>
   <si>
     <t>3792</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3792/req_12_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3792/req_12_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre a reforma da quadra da EMEF Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3793/req_13_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3793/req_13_2019.pdf</t>
   </si>
   <si>
     <t>substituição de poste de madeira</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3794/req_14_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3794/req_14_2019.pdf</t>
   </si>
   <si>
     <t>informações sobre o asfalto do Moraes</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3795/req_15_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3795/req_15_2019.pdf</t>
   </si>
   <si>
     <t>solicita implantação de redutor de velocidade na faixa de desaceleração e colocação de guard-rail na entrada de Miracatu</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3796/req_16_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3796/req_16_2019.pdf</t>
   </si>
   <si>
     <t>esclarecimentos sobre indisponibilidade do nº 192</t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3797/req_17_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3797/req_17_2019.pdf</t>
   </si>
   <si>
     <t>informações sobre o telhado da Câmara Municipal</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3798/req_18_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3798/req_18_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre horário e itinerário de ônibus</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3803/req_19_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3803/req_19_2019.pdf</t>
   </si>
   <si>
     <t>encaminhar cópia das contas de energia elétrica e de água Ginásio de Esportes de Santa Rita</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3817/req_20_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3817/req_20_2019.pdf</t>
   </si>
   <si>
     <t>poda de árvores na extensão da estrada do bairro do fau</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3818/req_21_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3818/req_21_2019.pdf</t>
   </si>
   <si>
     <t>solicita que a empresa transcontilha faça a rota até o retorno do km 352</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3819/req_22_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3819/req_22_2019.pdf</t>
   </si>
   <si>
     <t>implantação de sistema de monitoramento por câmeras</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3820/req_23_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3820/req_23_2019.pdf</t>
   </si>
   <si>
     <t>inclusão no calendário de eventos do departamento de cultura 2019- carnaval fora de época</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3821/req_24_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3821/req_24_2019.pdf</t>
   </si>
   <si>
     <t>solicita a fixação de um limite de atestados médicos no regime jurídico único</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3822/req_25_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3822/req_25_2019.pdf</t>
   </si>
   <si>
     <t>informações sobre o pregão presencial nº 38/2018 - processo nº 216/2018</t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3824/req_26_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3824/req_26_2019.pdf</t>
   </si>
   <si>
     <t>substituição de poste de madeira- Bairro Vila Batista</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3825/req_27_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3825/req_27_2019.pdf</t>
   </si>
   <si>
     <t>solicita que notifique os proprietários dos terrenos vagos e que se cumpra o código de postura do município</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3826/req_28_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3826/req_28_2019.pdf</t>
   </si>
   <si>
     <t>solicita ao executivo remesso do cronograma de trabalho do departamento municipal de manutenção e serviços públicos</t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3827/req_29_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3827/req_29_2019.pdf</t>
   </si>
   <si>
     <t>solicita ao executivo remessa do cronograma de trabalho do departamento municipal de obras e planejamento urbano</t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3833/req_30_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3833/req_30_2019.pdf</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3840/req_31_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3840/req_31_2019.pdf</t>
   </si>
   <si>
     <t>solicita do executivo implantação de medidas emergenciais para abastecimento de água em comunidades rurais dos Bairros Motuca e Santa Rita do Ribeira e extensão de rede de água nos Bairros Teagem I e II, Vila Nova Miracatu e Pedra do Largo.</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3841/req_32_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3841/req_32_2019.pdf</t>
   </si>
   <si>
     <t>solicita do executivo informações acerca do contrato com a empresa Unyon</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3842/req_33_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3842/req_33_2019.pdf</t>
   </si>
   <si>
     <t>solicita do executivo a remessa de cópias das rescisões contratuais dos funcionários contratados  pela Empresa Terceirizada Instituto Social Saúde Resgate a Vida</t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3843/req_34_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3843/req_34_2019.pdf</t>
   </si>
   <si>
     <t>solicita  do executivo envio da cópia do Plano Operativo (anexo I)e anexos, da Empresa terceirizada Instituto de Saúde Santa Clara e, todos os relatórios circunstanciados emitidos pela Comissão de Acompanhamento, Avaliação do contrato</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3844/req_35_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3844/req_35_2019.pdf</t>
   </si>
   <si>
     <t>solicita do executivo informações acerca do transporte de universitários</t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3845/req_36_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3845/req_36_2019.pdf</t>
   </si>
   <si>
     <t>solicita do executivo informações do apontamento apresentado pelo Egrégio Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3856/req_37_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3856/req_37_2019.pdf</t>
   </si>
   <si>
     <t>solicita do executivo implementação de providências a serem tomadas junto ao Bairro de Pedro Barros</t>
   </si>
   <si>
     <t>3857</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3857/req_38_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3857/req_38_2019.pdf</t>
   </si>
   <si>
     <t>solicita do executivo informações acerca do contrato firmado sob nº 122/2018</t>
   </si>
   <si>
     <t>3858</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3858/req_39_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3858/req_39_2019.pdf</t>
   </si>
   <si>
     <t>solicita do executivo informações acerca dos contratos firmados sob nºs. 134 e 135/2018</t>
   </si>
   <si>
     <t>3859</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3859/req_40_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3859/req_40_2019.pdf</t>
   </si>
   <si>
     <t>requer a criação de comissão especial para reforma do regimento interno</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3869/req_41_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3869/req_41_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações do executivo acerca da contratação com a Desenvolve SP Agencia de Fomento do Estado de São Paulo</t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3870/req_42_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3870/req_42_2019.pdf</t>
   </si>
   <si>
     <t>solicita do executivo a remessa da proposta de preços expedida pela contratada que faz parte integrante do contrato nº 63/2018 e informações pertinentes</t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3871/req_43_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3871/req_43_2019.pdf</t>
   </si>
   <si>
     <t>solicita do executivo a remessa da proposta de preços expedida pela contratada que faz parte integrante do contrato nº 63/2018 e  informações pertinentes</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3879/req_44_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3879/req_44_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações do executivo acerca do veículo placa DJP 3017</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3880/req_45_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3880/req_45_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações do executivo acerca da obra da Praça de lazer no Bairro de Santa Rita do Ribeira</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3881/req_46_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3881/req_46_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações acerca da licitação para construção de quatro coberturas em quadras de esportes no Município</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3882/req_47_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3882/req_47_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações do executivo acerca da possibilidade de entrega de material para estradas rurais</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3884/req_48_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3884/req_48_2019.pdf</t>
   </si>
   <si>
     <t>levantamento e fornecimento de EPI´S conforme prevê a NR6</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
     <t>Vinícius, Moysés, Pastor José Fanes, Tiemi</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3892/req_49_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3892/req_49_2019.pdf</t>
   </si>
   <si>
     <t>REQUER FORMAÇÃO DE COMISSÃO ESPECIAL DE INQUÉRITO - CEI</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3895/req_50_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3895/req_50_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações do executivo, acerca da possibilidade de trocas das lâmpadas com maior potência e outras indagações pertinentes a Praça Julia Athayde de Barros</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3896/req_51_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3896/req_51_2019.pdf</t>
   </si>
   <si>
     <t>solicita do executivo envio de documentos abaixo relacionados ao contrato nº 39/2017</t>
   </si>
   <si>
     <t>3901</t>
   </si>
   <si>
     <t>Zezeco, Américo, Gilberto, Prof. Carlinhos, Prof. Edithe, Silmara</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3901/req_52_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3901/req_52_2019.pdf</t>
   </si>
   <si>
     <t>convoca vereadores para sessão extraordinária</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3902/req_53_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3902/req_53_2019.pdf</t>
   </si>
   <si>
     <t>retirada do projeto de resolução nº 02/2019</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3903/req_54_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3903/req_54_2019.pdf</t>
   </si>
   <si>
     <t>informações com relação ao auxílio transporte de universitários e técnicos profissionalizantes</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3906/req_55_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3906/req_55_2019.pdf</t>
   </si>
   <si>
     <t>prorrogação de prazo da COF para apreciação do Projeto de Lei Complementar  nº 06/2018</t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3913/req_56_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3913/req_56_2019.pdf</t>
   </si>
   <si>
     <t>prorrogação de prazo da CCJ para apreciação do Projeto de Lei Complementar nº 02/2019 e PL 04/2019</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3921/req_57_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3921/req_57_2019.pdf</t>
   </si>
   <si>
     <t>prorrogação de prazo da CEI</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3922/req_58_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3922/req_58_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações para regularização de ponto de ônibus</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3923/req_59_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3923/req_59_2019.pdf</t>
   </si>
   <si>
     <t>reforma da quadra de oliveira barros e reativação do uso</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3924/req_60_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3924/req_60_2019.pdf</t>
   </si>
   <si>
     <t>solicitamos encaminhamento ao exmo Deputado Estadual Sr. André do Prado para que estude a viabilidade de apresentar Emenda de Paula à Lei de Diretrizes orçamentárias -2020, em favor do Município de Miracatu/SP</t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3925/req_61_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3925/req_61_2019.pdf</t>
   </si>
   <si>
     <t>Solicitamos informações da concessionária arteris s/a acerca do procedimento para implantação de placas indicativas com nomes dos Bairros</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3926/req_62_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3926/req_62_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações ao Diretor de Saúde Municipal, se todos os funcionários sob sua responsabilidade ou da terceirizada estão recebendo o adicional de insalubridade</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3927/req_63_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3927/req_63_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações ao Diretor de Saúde e de serviços e obras públicas, acerca da dengue e chikungunya</t>
   </si>
   <si>
     <t>3942</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3942/req_64_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3942/req_64_2019.pdf</t>
   </si>
   <si>
     <t>Prorrogação de prazo da CCJ  para apreciação do Projeto de Lei nº 14/2019</t>
   </si>
   <si>
     <t>3945</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3945/req_65_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3945/req_65_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações e ações sobre o combate a proliferação do mosquito porvinha</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3946/req_66_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3946/req_66_2019.pdf</t>
   </si>
   <si>
     <t>solicita que notifique a empresa que administra a rodoviária municipal</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3947/req_67_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3947/req_67_2019.pdf</t>
   </si>
   <si>
     <t>criação de ponto de táxi em frente à nova UBS- Av. Getúlio Vargas, Bairro Estação</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3961/req_68_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3961/req_68_2019.pdf</t>
   </si>
   <si>
     <t>Prorrogação de prazo da COF para apreciação do PL 13/19</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3965/req_69_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3965/req_69_2019.pdf</t>
   </si>
   <si>
     <t>substituição ou manutenção de poste na Vila Matsuda</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3966/req_70_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3966/req_70_2019.pdf</t>
   </si>
   <si>
     <t>solicitamos informações acerca da Praça de Santa Rita</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3977/req_71_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3977/req_71_2019.pdf</t>
   </si>
   <si>
     <t>Retirada da Emenda 22/18</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3978/req_72_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3978/req_72_2019.pdf</t>
   </si>
   <si>
     <t>Prorrogação de prazo da CSE para apreciação Emenda a Lei Orgânica nº 01/2018</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3994/req_73_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3994/req_73_2019.pdf</t>
   </si>
   <si>
     <t>informações de quando será realizada a iluminação no campo dos trabalhadores</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3995/req_74_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3995/req_74_2019.pdf</t>
   </si>
   <si>
     <t>encaminha minuta de Projeto de Lei que "Dispõe sobre regulamentação da concessão de benefícios eventuais da política de assistência social"</t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3996/req_75_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3996/req_75_2019.pdf</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
     <t>Barney, Moysés</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3998/req_76_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3998/req_76_2019.pdf</t>
   </si>
   <si>
     <t>substituição de poste de madeira - Rua 9, Bairro Oliveira Barros</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3999/req_77_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3999/req_77_2019.pdf</t>
   </si>
   <si>
     <t>substituição de poste de madeira Rua 15, Bairro de Oliveira Barros</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4000/req_78_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4000/req_78_2019.pdf</t>
   </si>
   <si>
     <t>substituição de poste de madeira Rua 2, bairro Oliveira Barros</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
     <t>Vinícius, Barney, Moysés, Pablo Pereira</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4014/req_79_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4014/req_79_2019.pdf</t>
   </si>
   <si>
     <t>REQUER FORMAÇÃO DE COMISSÃO ESPECIAL DE INQUÉRITO PARA APURAÇÃO DO AUMENTO DA DIVIDA MUNICIPAL PARCELADA JUNTO AO INSS</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4015/req_80_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4015/req_80_2019.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a estrada do Tanaka, Vila Sol Nascente e Sitio Veneza</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4056/req_81_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4056/req_81_2019.pdf</t>
   </si>
   <si>
     <t>solicita sinal de internet no bairro de musácea</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4064/req_82_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4064/req_82_2019.pdf</t>
   </si>
   <si>
     <t>prorrogação de prazo da CPU para apreciação do Projeto de Lei Complementar nº 05/2018</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4067/req_83_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4067/req_83_2019.pdf</t>
   </si>
   <si>
     <t>solicita colocação de placas e pintura de faixa de sinalização na rotatória da entrada da Cidade de Miracatu</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4068/req_84_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4068/req_84_2019.pdf</t>
   </si>
   <si>
     <t>informações sobre a Campanha de vacinação antirrábica</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4069/req_85_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4069/req_85_2019.pdf</t>
   </si>
   <si>
     <t>informações sobre os ativos do uso dos postes municipais e cobrança de ISS</t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4070/req_86_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4070/req_86_2019.pdf</t>
   </si>
   <si>
     <t>informações sobre a quadra de santa rita</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4082/req_87_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4082/req_87_2019.pdf</t>
   </si>
   <si>
     <t>prorrogação de prazo da COS para apreciação da EMENDA A LEI ORGÂNICA - ELO 01/2018</t>
   </si>
   <si>
     <t>4095</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4095/req_88_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4095/req_88_2019.pdf</t>
   </si>
   <si>
     <t>encaminha oficio da AMABI solicitando melhorias no Bairro de Biguá</t>
   </si>
   <si>
     <t>4115</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4115/req_89_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4115/req_89_2019.pdf</t>
   </si>
   <si>
     <t>informações acerca de construção de casas populares no município de Miracatu</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4116/req_90_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4116/req_90_2019.pdf</t>
   </si>
   <si>
     <t>informações sobre atendimento para poda de árvores</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4117/req_91_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4117/req_91_2019.pdf</t>
   </si>
   <si>
     <t>informações sobre a Unidade Saúde Familiar - Bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>4118</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4118/req_92_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4118/req_92_2019.pdf</t>
   </si>
   <si>
     <t>informações sobre a falta de iluminação pública no Bairro do Jardim Alvorada</t>
   </si>
   <si>
     <t>4119</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4119/req_93_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4119/req_93_2019.pdf</t>
   </si>
   <si>
     <t>instalação de um radar redutor de velocidade e faixa de pedestre na Rodovia Casemiro Teixeira</t>
   </si>
   <si>
     <t>4130</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4130/req_94_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4130/req_94_2019.pdf</t>
   </si>
   <si>
     <t>reajuste no auxílio alimentação para os servidores municipais</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4131/req_95_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4131/req_95_2019.pdf</t>
   </si>
   <si>
     <t>solicita a substituição do brasão no Plenário da Câmara Municipal</t>
   </si>
   <si>
     <t>4132</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4132/req_96_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4132/req_96_2019.pdf</t>
   </si>
   <si>
     <t>encaminha minuta de Projeto de Lei sobre a propriedade Predial e Territorial Urbana Progressivo no Tempo  (IPTU- Progressivo)</t>
   </si>
   <si>
     <t>4140</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4140/req_97_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4140/req_97_2019.pdf</t>
   </si>
   <si>
     <t>informações referente impacto financeiro sobre o transporte escolar para o ano de 2020</t>
   </si>
   <si>
     <t>4141</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4141/req_98_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4141/req_98_2019.pdf</t>
   </si>
   <si>
     <t>solicita que seja encaminhada pelo executivo cópia do contrato de concessão com a Funerária Vale da Paz</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4142/req_99_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4142/req_99_2019.pdf</t>
   </si>
   <si>
     <t>solicita que informações urgentes acerca do transporte de pacientes</t>
   </si>
   <si>
     <t>4143</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4143/req_100_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4143/req_100_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações acerca de documentos necessários para eventual nova assinatura de convênio de construção do Velório no Bairro de Santa Rita do Ribeira</t>
   </si>
   <si>
     <t>4144</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4144/req_101_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4144/req_101_2019.pdf</t>
   </si>
   <si>
     <t>solicita que informações urgentes acerca dos veículos destinados à coleta de lixo</t>
   </si>
   <si>
     <t>4145</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4145/req_102_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4145/req_102_2019.pdf</t>
   </si>
   <si>
     <t>regulamentação da Feira do Produtor Rural</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4148/req_103_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4148/req_103_2019.pdf</t>
   </si>
   <si>
     <t>prorrogação de prazo da COF para apreciação do Projeto de Lei nº 15/2019</t>
   </si>
   <si>
     <t>4149</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4149/req_104_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4149/req_104_2019.pdf</t>
   </si>
   <si>
     <t>prorrogação de prazo da COF para apreciação do Projeto de Lei nº 16/2019</t>
   </si>
   <si>
     <t>4150</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4150/req_105_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4150/req_105_2019.pdf</t>
   </si>
   <si>
     <t>prorrogação de prazo da COF para apreciação do Projeto de Lei nº 17/2019</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4152/req_106_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4152/req_106_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações acerca das caçambas de lixo estocadas no Pátio do Departamento de Transporte Municipal</t>
   </si>
   <si>
     <t>4153</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4153/req_107_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4153/req_107_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações acerca da necessidade da criação do Fundo Municipal de Turismo - FUMTUR</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4155/req_108_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4155/req_108_2019.pdf</t>
   </si>
   <si>
     <t>prorrogação de prazo da CPU para apreciação da EMENDA A LEI ORGÂNICA- ELO 01/2018</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4160/req_109_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4160/req_109_2019.pdf</t>
   </si>
   <si>
     <t>Regulamentação do Conselho Municipal de Cultura</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4165/req_110_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4165/req_110_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações acerca do micro ônibus PLACA DJP 3017</t>
   </si>
   <si>
     <t>4175</t>
   </si>
   <si>
     <t>Pablo Pereira, Barney, Moysés, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4175/req_111_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4175/req_111_2019.pdf</t>
   </si>
   <si>
     <t>requer formação de Comissão Especial de Inquérito para apuração de compras efetuadas pelo Departamento de Educação junto à Empresa ABAETÉ LITORAL COMERCIAL LTDA</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4178/req_112_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4178/req_112_2019.pdf</t>
   </si>
   <si>
     <t>retirada do Projeto de Decreto Legislativo nº 14/19</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
     <t>CEI - Comissão Especial de Inquerito 3</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4179/req_113_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4179/req_113_2019.pdf</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4196/req_114_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4196/req_114_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações referente ao encaminhamento de Minuta de Projeto de Lei que "Dispõe sobre regulamentação da concessão e benefícios eventuais da política de Assistência Social</t>
   </si>
   <si>
     <t>4197</t>
   </si>
   <si>
     <t>Pablo Pereira, Barney, Moysés, Tiemi, Zezeco</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4197/req_115_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4197/req_115_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre licitação para aquisição de veículos para o Departamento de Educação</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
     <t>Pablo Pereira, Barney, Moysés, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4198/req_116_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4198/req_116_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações referente ao Banco do Povo</t>
   </si>
   <si>
     <t>4212</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4212/req_117_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4212/req_117_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre a cobertura do pátio da Creche de Santa Rita</t>
   </si>
   <si>
     <t>4213</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4213/req_118_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4213/req_118_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre o Centro Municipal de Reabilitação (CEMURF)</t>
   </si>
   <si>
     <t>4214</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4214/req_119_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4214/req_119_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações após diligências no pátio da Educação</t>
   </si>
   <si>
     <t>4215</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4215/req_120_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4215/req_120_2019.pdf</t>
   </si>
   <si>
     <t>solicita providências sobre o despejo de esgoto a céu aberto nas Rua 11 de junho e Deputado Antonio Cunha Bueno</t>
   </si>
   <si>
     <t>4216</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4216/req_121_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4216/req_121_2019.pdf</t>
   </si>
   <si>
     <t>solicita explicações sobre a constante falta de água</t>
   </si>
   <si>
     <t>4217</t>
   </si>
   <si>
     <t>Moysés, Barney, Pablo Pereira, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4217/req_122_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4217/req_122_2019.pdf</t>
   </si>
   <si>
     <t>solicita manutenção na Rua 12, Oliveira Barros</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4225/req_123_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4225/req_123_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações acerca dos recursos de Infração - Jari</t>
   </si>
   <si>
     <t>4226</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4226/req_124_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4226/req_124_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações acerca do setor de psicologia e psiquiatria</t>
   </si>
   <si>
     <t>4227</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4227/req_125_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4227/req_125_2019.pdf</t>
   </si>
   <si>
     <t>substituição de poste de madeira- Bairro Santa Rita</t>
   </si>
   <si>
     <t>4232</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4232/req_126_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4232/req_126_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações sobre a concessão do Terminal  da Rodoviária de Miracatu</t>
   </si>
   <si>
     <t>4233</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4233/req_127_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4233/req_127_2019.pdf</t>
   </si>
   <si>
     <t>solicita informações acerca da fiscalização realizada pela Vigilância Sanitária junto ao Terminal da Rodoviária de Miracatu</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4237/req_128_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4237/req_128_2019.pdf</t>
   </si>
   <si>
     <t>solicita a troca de postes deteriorados e dos cabos elétricos, Sitio Capuava no Bairro Felizarda</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4238/req_129_2019.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4238/req_129_2019.pdf</t>
   </si>
   <si>
     <t>retirada do Projeto de Lei nº 28/2019</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3811/substitutivo0119.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3811/substitutivo0119.pdf</t>
   </si>
   <si>
     <t>“’DISPÕE SOBRE PRIORIZAÇÃO DAS VAGAS NOS SERVIÇOS DE CONVIVÊNCIA E FORTALECIMENTO DE VÍNCULOS OFERTADOS PELA ASSISTÊNCIA SOCIAL PARA CRIANÇAS E ADOLESCENTES VÍTIMAS DE ABUSO, VIOLÊNCIA E EXPLORAÇÃO SEXUAL OU FILHOS E FILHAS DE MULHERES VÍTIMAS OU DIRETAMENTE VITIMADOS EM CASOS DE VIOLÊNCIA DOMÉSTICA, E AINDA DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3883/substitutivo_02_19_-_plano_diretor.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3883/substitutivo_02_19_-_plano_diretor.pdf</t>
   </si>
   <si>
     <t>PLANO DIRETOR</t>
   </si>
   <si>
     <t>3920</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3920/substitutivo_03.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3920/substitutivo_03.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI COMPLEMENTAR Nº 07 DE 09 DE ABRIL DE 2012 - ESTRUTURAÇÃO DO QUADRO GERAL E DO PLANO DE CARREIRA E EVOLUÇÃO FUNCIONAL DOS SERVIDORES PÚBLICOS DA PREFEITURA MUNICIPAL DE MIRACATU</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4019/veto_01_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4019/veto_01_19.pdf</t>
   </si>
   <si>
     <t>Veto total aos Projetos de Lei Complementar nº 03/18 e de Lei Ordinária nº 27/18</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4063/veto_02.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4063/veto_02.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL  ao PL 13/2019  - LEI DE DIRETRIZES ORÇAMENTÁRIAS  EXERCÍCIO FINANCEIRO 2020</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4252/veto_a_emenda.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4252/veto_a_emenda.pdf</t>
   </si>
   <si>
     <t>VETO A EMENDA SUBSTITUTIVA</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4253/veto_04_19.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4253/veto_04_19.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO AUTÓGRAFO 27/19</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5668,67 +5668,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3875/emenda_01_19.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3894/emenda_02_19.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3909/emenda_05_19.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3930/emenda_06_19.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3931/emenda_07_19.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3941/emenda_08_-_plc_02_19.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3943/emenda_09_19.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3944/emenda_10_19.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3952/emenda_11_19.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3953/emenda_12_19.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3959/emenda_13_19.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3960/emenda_14_19.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3964/emenda_15_19.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3975/emenda_16_19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3976/emenda_17_19.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3990/emenda_18_19_ckT77r5.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4027/emenda_19_19.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4028/emenda_20_19.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4029/emenda_21_19.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4030/emenda_22_19.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4031/emenda_23_19.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4032/emenda_24_19.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4033/emenda_25_19.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4034/emenda_26_19.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4035/emenda_27_19.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4036/emenda_28_19.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4037/emenda_29_19.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4038/emenda_30_19.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4039/emenda_31_19.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4040/emenda_32_19.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4041/emenda_33_19.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4042/emenda_34_19.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4043/emenda_35_19.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4044/emenda_36_19.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4045/emenda_37_19.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4046/emenda_38_19.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4047/emenda_39_19.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4053/emenda_40_19.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4049/emenda_41_19.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4050/emenda_42_19.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4059/emenda_43_19.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4060/emenda_44_19_fSV03xk.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4061/emeda_45_19.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4121/emenda_46_19.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4173/emenda_47_19.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4174/emenda_48_19.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4199/emenda_49_19.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4202/emenda_50_19.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3731/ind_012019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3732/ind_022019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3733/indicacao_2019_003.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3734/ind_042019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3735/ind_052019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3736/ind_062019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3737/ind_072019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3738/ind_082019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3742/ind_092019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3743/ind_102019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3746/ind_112019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3747/ind_122019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3748/ind_132019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3749/ind_142019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3750/ind_152019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3761/ind_162019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3762/ind_172019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3763/ind_182019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3764/ind_192019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3765/ind_202019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3766/ind_212019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3767/ind_222019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3768/ind_232019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3769/ind_242019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3770/ind_252019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3771/ind_262019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3772/ind_272019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3773/ind_282019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3775/ind_292019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3777/ind_302019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3784/ind_312019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3785/ind_322019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3786/ind_332019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3787/ind_342019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3788/ind_352019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3789/ind_362019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3790/ind_372019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3791/ind_382019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3799/ind_392019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3800/ind_402019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3801/ind_412019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3809/ind_422019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3810/ind_432019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3814/ind_442019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3815/ind_452019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3816/ind_462019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3835/ind_472019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3836/ind_482019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3837/ind_492019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3838/ind_502019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3839/ind_512019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3846/ind_522019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3847/ind_532019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3848/ind_542019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3851/ind_562019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3852/ind_572019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3853/ind_582019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3854/ind_592019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3872/ind_602019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3873/ind_612019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3876/ind_622019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3877/ind_632019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3878/ind_642019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3886/ind_652019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3887/ind_662019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3888/ind_672019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3889/ind_682019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3893/ind_692019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3928/ind_702019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3929/ind_712019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3948/ind_722019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3949/ind_732019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3950/ind_742019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3967/ind_752019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3968/ind_762019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3969/ind_772019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3970/ind_782019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3982/ind_792019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3983/ind_802019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3997/ind_812019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4001/ind_822019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4002/ind_832019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4003/ind_842019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4004/ind_852019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4005/ind_862019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4006/ind_872019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4009/ind_882019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4016/ind_892019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4017/ind_902019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4057/ind_912019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4058/ind_922019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4077/ind_932019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4078/ind_942019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4079/ind_952019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4080/ind_962019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4103/ind_972019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4104/ind_982019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4105/ind_992019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4106/ind_1002019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4107/ind_1012019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4108/ind_1022019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4109/ind_1032019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4110/ind_1042019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4111/ind_1052019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4112/ind_1062019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4113/ind_1072019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4114/ind_1082019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4133/ind_1092019.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4134/ind_1102019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4146/ind_1112019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4147/ind_1122019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4154/ind_1132019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4166/ind_1142019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4167/ind_1152019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4168/ind_1162019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4169/ind_1172019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4170/ind_1182019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4171/ind_1192019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4172/ind_1202019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4180/ind_1212019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4189/ind_1222019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4190/ind_1232019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4191/ind_1242019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4192/ind_1252019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4193/ind_1262019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4194/ind_1272019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4195/ind_1282019.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4204/ind_1302019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4205/ind_1312019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4206/ind_1322019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4207/ind_1332019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4208/ind_1342019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4209/ind_1352019.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4210/ind_1362019.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4211/ind_1372019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4228/ind_1382019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4234/ind_1392019.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4235/ind_1402019.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4236/ind_1412019.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4248/ind_1422019.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4249/ind_1432019.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4250/ind_1442019.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3751/moc_01_2019.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3752/moc_02_2019.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3753/moc_03_2019.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3802/moc_04_2019.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3823/moc_05_2019.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3828/moc_06_2019.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3855/moc_07_2019.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4008/moc_08_2019.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4010/moc_09_2019.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4158/moc_10_2019.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4159/moc_11_2019.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4229/moc_12_2019.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3778/parecer01_19.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3779/parecer_02_19_elnPJWG.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3780/parecer_03_19.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3781/parecer_04_19_EEiMCD9.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3932/parecer_05.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3812/parecer0619.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3813/favoravel.substitutivo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3861/parecer08_19.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3862/parecer_09_19_fVIXg7a.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3863/parecer_10_19.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3864/parecer_11_19_HjxcNh1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3865/parecer_12_19.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3867/parecer_14_19.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3868/parecer_15_19.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3890/parecer17_19.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3891/parecer_18_19_zF2xrxz.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3907/parecer_19_19.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3908/parecer_20_19.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3915/parecer_21_19.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3916/parecer_22_19.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3917/parecer_23_19.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3918/parecer_24_19.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3919/parecer_25_19.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3933/parecer_26.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3934/parecer_27.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3935/parecer_28_19.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3936/parecer_29.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3937/parecer_30.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3938/parecer_31_19.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3939/parecer_32.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3940/parcer_33.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4123/parecer34_19.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3956/parecer_35_19.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3957/parecer_36_19.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3958/parecer_37_19.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3951/parecer_38_19.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3962/parecer_39_19_KeM57jV.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3963/parecer_40_19.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3979/parecer_41_19.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3984/parecer_42_19.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3989/parecer_43_19.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3993/parecer_44_19.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4013/parecer_45_19.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4022/parecer_46_19.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4023/parecer_47_19_3gM88s9.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4024/parecer_48_19_srzF3An.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4025/parecer_49_19.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4026/parecer_50_19.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4051/parecer_51_19.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4052/parecer_52_19.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4054/parecer_53_19.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4062/parecer_54_19.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4075/parecer_55_19.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4090/parecer_56_19.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4091/parecer_57.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4093/parecer_59_19.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4076/parecer_60_19.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4081/parecer_61_19.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4086/parecer_62_19.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4087/parecer_63.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4088/parecer_64_19.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4089/parecer_65_19.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4094/parecer_66_19.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4099/parecer_67_19.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4125/parecer_68_19.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4126/parecer_69_19.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4127/parecer_70_19.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4128/parecer_71_19.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4135/parecer_72_19.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4136/parecer_73_19.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4137/parecer_74_19_8TwZEoX.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4138/parecer_75_19.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4139/parecer_76_19.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4163/parecer_77_19.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4164/parecer_78_19.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4177/parecer_79_19.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4181/parecer_80_19.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4182/parecer-_comissao_processante.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4184/parecer_82_19.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4185/parecer_83_19.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4187/parecer_85_19.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4188/parecer_86_19.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4201/parecer_87_19.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4221/parecer_88_19.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4231/parecer_89.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4239/parecer_90_19.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4241/parecer_92.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4242/parecer_93.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4243/parecer_94_19.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4244/parecer_95_19.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4254/parecer_96_19.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4255/parecer_97_19.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4256/parecer_98_19.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/5385/parecer_4781.989.19.9_contas_pm_2019.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3808/pdl01_19.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3971/pdl_02_19.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3972/pdl_03_19.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4007/pdl_04_19.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4011/pdl_05_19.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4071/pdl_no_06_19_-_titulo_isaac....pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4072/pdl_no_07_19_-_titulo_arcenio....pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4073/pdl_no_08_19_-_titulo_cleide....pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4074/pdl_no_09_19_-_cria_medalha_eiji_nagata....pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4084/pdl_10_19.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4085/pdl_11_19.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4096/pdl_12_19.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4097/pdl_13_19_chglJeX.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4162/pdl_14_19.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3805/plc_01_19.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3829/plc02_19criacargosprofessores.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3900/plc_03_19_coordenador_de_creches.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3728/pl_01_19.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3730/pl_02_19.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3776/pl_03_-_credito_agricultura.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3806/pl04_19.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3807/pl05_19.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3830/pl06_19parcelainss.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3831/pl07_19vencimentospj.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3832/pl08_19suplementacao.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3834/pl09_19_ubsdrbazan.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3860/pl10_19_pracasuzane.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3897/pl_11_19_-_credito_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3910/pl12_19.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3911/pl_13_2019_-_ldo_2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3914/pl_14_19.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3973/pl_15_19_-_credito_suplementar__343_mil.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3980/pl_13_19.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4018/pl_17_19_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4020/pl_18_19.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4100/pl_19_-_cia.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4101/pl_20_19_-_denominacao_rua_maria_leonor.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4102/pl_21_19.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4120/pl_22_-_eliminador_de_ar.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4129/pl_23_-_classifica_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4151/pl_24_19.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4156/pl_25_19_-_loa_2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4157/pl_26_19.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4176/pl_27_-_credito__suplementar_dadetur.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4183/pl_28_19.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4223/pl_29_19_vmdIWLI.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4224/pl_30_19.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4230/pl31_19suplementacao.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4245/pl_32_-programa_ambiental.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4246/pl_33_-_reciclarte.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4247/pl_34_-_dia_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4251/pl_35_-_fogos.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3729/proj_res_01_19.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3774/pr_02_19_-_uso_de_not_ymAvlu2.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3782/pr_03_19.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3783/pr_04_19.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3912/pr_05_-_licenca_saude_silmara.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3974/pr_06_19.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4055/pr_07_2019.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4083/pr_08_19.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4222/pr_09_19.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3744/rf01_19_contr.internocm.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3804/rf02_19.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3849/rf03_19_aopl35.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3904/ouvidoria_da_camara_rf.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3905/bens_inserviveis_rf.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3954/rf_06_19.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3981/redacao_final_07_19.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3985/redacao_final_08_19.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4021/rf_09_19_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4065/redacao_final_10_19.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4066/redacao_final_11_19.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4098/rf_12_19.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4161/rf_13_19.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4218/rf_14_19.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4219/rf15_19.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4220/rf16_19.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4012/relatorio_01_19.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4122/relatorio_cei_asfalto_jd_alvorada.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4200/relatorio_cei_carro.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3739/req_01_2019.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3740/req_02_2019.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3741/req_03_2019.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3745/req_04_2019.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3754/req_05_2019.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3755/req_06_2019.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3756/req_07_20.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3757/req_08_2019.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3758/req_09_2019.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3759/req_10_2019.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3760/req_11_2019.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3792/req_12_2019.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3793/req_13_2019.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3794/req_14_2019.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3795/req_15_2019.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3796/req_16_2019.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3797/req_17_2019.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3798/req_18_2019.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3803/req_19_2019.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3817/req_20_2019.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3818/req_21_2019.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3819/req_22_2019.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3820/req_23_2019.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3821/req_24_2019.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3822/req_25_2019.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3824/req_26_2019.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3825/req_27_2019.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3826/req_28_2019.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3827/req_29_2019.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3833/req_30_2019.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3840/req_31_2019.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3841/req_32_2019.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3842/req_33_2019.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3843/req_34_2019.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3844/req_35_2019.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3845/req_36_2019.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3856/req_37_2019.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3857/req_38_2019.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3858/req_39_2019.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3859/req_40_2019.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3869/req_41_2019.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3870/req_42_2019.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3871/req_43_2019.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3879/req_44_2019.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3880/req_45_2019.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3881/req_46_2019.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3882/req_47_2019.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3884/req_48_2019.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3892/req_49_2019.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3895/req_50_2019.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3896/req_51_2019.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3901/req_52_2019.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3902/req_53_2019.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3903/req_54_2019.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3906/req_55_2019.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3913/req_56_2019.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3921/req_57_2019.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3922/req_58_2019.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3923/req_59_2019.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3924/req_60_2019.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3925/req_61_2019.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3926/req_62_2019.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3927/req_63_2019.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3942/req_64_2019.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3945/req_65_2019.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3946/req_66_2019.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3947/req_67_2019.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3961/req_68_2019.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3965/req_69_2019.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3966/req_70_2019.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3977/req_71_2019.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3978/req_72_2019.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3994/req_73_2019.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3995/req_74_2019.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3996/req_75_2019.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3998/req_76_2019.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3999/req_77_2019.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4000/req_78_2019.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4014/req_79_2019.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4015/req_80_2019.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4056/req_81_2019.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4064/req_82_2019.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4067/req_83_2019.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4068/req_84_2019.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4069/req_85_2019.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4070/req_86_2019.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4082/req_87_2019.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4095/req_88_2019.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4115/req_89_2019.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4116/req_90_2019.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4117/req_91_2019.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4118/req_92_2019.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4119/req_93_2019.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4130/req_94_2019.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4131/req_95_2019.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4132/req_96_2019.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4140/req_97_2019.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4141/req_98_2019.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4142/req_99_2019.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4143/req_100_2019.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4144/req_101_2019.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4145/req_102_2019.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4148/req_103_2019.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4149/req_104_2019.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4150/req_105_2019.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4152/req_106_2019.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4153/req_107_2019.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4155/req_108_2019.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4160/req_109_2019.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4165/req_110_2019.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4175/req_111_2019.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4178/req_112_2019.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4179/req_113_2019.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4196/req_114_2019.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4197/req_115_2019.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4198/req_116_2019.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4212/req_117_2019.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4213/req_118_2019.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4214/req_119_2019.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4215/req_120_2019.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4216/req_121_2019.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4217/req_122_2019.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4225/req_123_2019.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4226/req_124_2019.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4227/req_125_2019.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4232/req_126_2019.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4233/req_127_2019.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4237/req_128_2019.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4238/req_129_2019.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3811/substitutivo0119.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3883/substitutivo_02_19_-_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3920/substitutivo_03.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4019/veto_01_19.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4063/veto_02.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4252/veto_a_emenda.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4253/veto_04_19.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3875/emenda_01_19.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3894/emenda_02_19.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3909/emenda_05_19.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3930/emenda_06_19.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3931/emenda_07_19.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3941/emenda_08_-_plc_02_19.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3943/emenda_09_19.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3944/emenda_10_19.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3952/emenda_11_19.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3953/emenda_12_19.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3959/emenda_13_19.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3960/emenda_14_19.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3964/emenda_15_19.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3975/emenda_16_19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3976/emenda_17_19.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3990/emenda_18_19_ckT77r5.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4027/emenda_19_19.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4028/emenda_20_19.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4029/emenda_21_19.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4030/emenda_22_19.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4031/emenda_23_19.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4032/emenda_24_19.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4033/emenda_25_19.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4034/emenda_26_19.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4035/emenda_27_19.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4036/emenda_28_19.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4037/emenda_29_19.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4038/emenda_30_19.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4039/emenda_31_19.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4040/emenda_32_19.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4041/emenda_33_19.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4042/emenda_34_19.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4043/emenda_35_19.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4044/emenda_36_19.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4045/emenda_37_19.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4046/emenda_38_19.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4047/emenda_39_19.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4053/emenda_40_19.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4049/emenda_41_19.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4050/emenda_42_19.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4059/emenda_43_19.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4060/emenda_44_19_fSV03xk.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4061/emeda_45_19.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4121/emenda_46_19.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4173/emenda_47_19.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4174/emenda_48_19.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4199/emenda_49_19.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4202/emenda_50_19.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3731/ind_012019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3732/ind_022019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3733/indicacao_2019_003.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3734/ind_042019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3735/ind_052019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3736/ind_062019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3737/ind_072019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3738/ind_082019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3742/ind_092019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3743/ind_102019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3746/ind_112019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3747/ind_122019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3748/ind_132019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3749/ind_142019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3750/ind_152019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3761/ind_162019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3762/ind_172019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3763/ind_182019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3764/ind_192019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3765/ind_202019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3766/ind_212019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3767/ind_222019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3768/ind_232019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3769/ind_242019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3770/ind_252019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3771/ind_262019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3772/ind_272019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3773/ind_282019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3775/ind_292019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3777/ind_302019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3784/ind_312019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3785/ind_322019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3786/ind_332019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3787/ind_342019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3788/ind_352019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3789/ind_362019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3790/ind_372019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3791/ind_382019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3799/ind_392019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3800/ind_402019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3801/ind_412019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3809/ind_422019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3810/ind_432019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3814/ind_442019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3815/ind_452019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3816/ind_462019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3835/ind_472019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3836/ind_482019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3837/ind_492019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3838/ind_502019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3839/ind_512019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3846/ind_522019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3847/ind_532019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3848/ind_542019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3851/ind_562019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3852/ind_572019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3853/ind_582019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3854/ind_592019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3872/ind_602019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3873/ind_612019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3876/ind_622019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3877/ind_632019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3878/ind_642019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3886/ind_652019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3887/ind_662019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3888/ind_672019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3889/ind_682019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3893/ind_692019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3928/ind_702019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3929/ind_712019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3948/ind_722019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3949/ind_732019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3950/ind_742019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3967/ind_752019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3968/ind_762019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3969/ind_772019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3970/ind_782019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3982/ind_792019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3983/ind_802019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3997/ind_812019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4001/ind_822019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4002/ind_832019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4003/ind_842019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4004/ind_852019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4005/ind_862019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4006/ind_872019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4009/ind_882019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4016/ind_892019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4017/ind_902019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4057/ind_912019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4058/ind_922019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4077/ind_932019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4078/ind_942019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4079/ind_952019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4080/ind_962019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4103/ind_972019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4104/ind_982019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4105/ind_992019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4106/ind_1002019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4107/ind_1012019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4108/ind_1022019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4109/ind_1032019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4110/ind_1042019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4111/ind_1052019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4112/ind_1062019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4113/ind_1072019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4114/ind_1082019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4133/ind_1092019.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4134/ind_1102019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4146/ind_1112019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4147/ind_1122019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4154/ind_1132019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4166/ind_1142019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4167/ind_1152019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4168/ind_1162019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4169/ind_1172019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4170/ind_1182019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4171/ind_1192019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4172/ind_1202019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4180/ind_1212019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4189/ind_1222019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4190/ind_1232019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4191/ind_1242019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4192/ind_1252019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4193/ind_1262019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4194/ind_1272019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4195/ind_1282019.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4204/ind_1302019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4205/ind_1312019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4206/ind_1322019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4207/ind_1332019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4208/ind_1342019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4209/ind_1352019.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4210/ind_1362019.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4211/ind_1372019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4228/ind_1382019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4234/ind_1392019.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4235/ind_1402019.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4236/ind_1412019.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4248/ind_1422019.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4249/ind_1432019.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4250/ind_1442019.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3751/moc_01_2019.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3752/moc_02_2019.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3753/moc_03_2019.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3802/moc_04_2019.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3823/moc_05_2019.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3828/moc_06_2019.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3855/moc_07_2019.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4008/moc_08_2019.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4010/moc_09_2019.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4158/moc_10_2019.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4159/moc_11_2019.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4229/moc_12_2019.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3778/parecer01_19.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3779/parecer_02_19_elnPJWG.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3780/parecer_03_19.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3781/parecer_04_19_EEiMCD9.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3932/parecer_05.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3812/parecer0619.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3813/favoravel.substitutivo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3861/parecer08_19.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3862/parecer_09_19_fVIXg7a.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3863/parecer_10_19.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3864/parecer_11_19_HjxcNh1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3865/parecer_12_19.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3867/parecer_14_19.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3868/parecer_15_19.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3890/parecer17_19.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3891/parecer_18_19_zF2xrxz.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3907/parecer_19_19.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3908/parecer_20_19.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3915/parecer_21_19.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3916/parecer_22_19.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3917/parecer_23_19.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3918/parecer_24_19.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3919/parecer_25_19.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3933/parecer_26.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3934/parecer_27.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3935/parecer_28_19.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3936/parecer_29.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3937/parecer_30.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3938/parecer_31_19.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3939/parecer_32.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3940/parcer_33.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4123/parecer34_19.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3956/parecer_35_19.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3957/parecer_36_19.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3958/parecer_37_19.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3951/parecer_38_19.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3962/parecer_39_19_KeM57jV.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3963/parecer_40_19.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3979/parecer_41_19.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3984/parecer_42_19.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3989/parecer_43_19.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3993/parecer_44_19.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4013/parecer_45_19.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4022/parecer_46_19.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4023/parecer_47_19_3gM88s9.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4024/parecer_48_19_srzF3An.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4025/parecer_49_19.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4026/parecer_50_19.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4051/parecer_51_19.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4052/parecer_52_19.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4054/parecer_53_19.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4062/parecer_54_19.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4075/parecer_55_19.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4090/parecer_56_19.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4091/parecer_57.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4093/parecer_59_19.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4076/parecer_60_19.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4081/parecer_61_19.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4086/parecer_62_19.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4087/parecer_63.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4088/parecer_64_19.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4089/parecer_65_19.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4094/parecer_66_19.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4099/parecer_67_19.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4125/parecer_68_19.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4126/parecer_69_19.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4127/parecer_70_19.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4128/parecer_71_19.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4135/parecer_72_19.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4136/parecer_73_19.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4137/parecer_74_19_8TwZEoX.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4138/parecer_75_19.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4139/parecer_76_19.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4163/parecer_77_19.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4164/parecer_78_19.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4177/parecer_79_19.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4181/parecer_80_19.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4182/parecer-_comissao_processante.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4184/parecer_82_19.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4185/parecer_83_19.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4187/parecer_85_19.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4188/parecer_86_19.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4201/parecer_87_19.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4221/parecer_88_19.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4231/parecer_89.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4239/parecer_90_19.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4241/parecer_92.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4242/parecer_93.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4243/parecer_94_19.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4244/parecer_95_19.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4254/parecer_96_19.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4255/parecer_97_19.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4256/parecer_98_19.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/5385/parecer_4781.989.19.9_contas_pm_2019.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3808/pdl01_19.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3971/pdl_02_19.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3972/pdl_03_19.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4007/pdl_04_19.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4011/pdl_05_19.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4071/pdl_no_06_19_-_titulo_isaac....pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4072/pdl_no_07_19_-_titulo_arcenio....pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4073/pdl_no_08_19_-_titulo_cleide....pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4074/pdl_no_09_19_-_cria_medalha_eiji_nagata....pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4084/pdl_10_19.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4085/pdl_11_19.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4096/pdl_12_19.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4097/pdl_13_19_chglJeX.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4162/pdl_14_19.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3805/plc_01_19.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3829/plc02_19criacargosprofessores.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3900/plc_03_19_coordenador_de_creches.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3728/pl_01_19.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3730/pl_02_19.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3776/pl_03_-_credito_agricultura.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3806/pl04_19.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3807/pl05_19.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3830/pl06_19parcelainss.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3831/pl07_19vencimentospj.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3832/pl08_19suplementacao.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3834/pl09_19_ubsdrbazan.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3860/pl10_19_pracasuzane.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3897/pl_11_19_-_credito_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3910/pl12_19.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3911/pl_13_2019_-_ldo_2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3914/pl_14_19.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3973/pl_15_19_-_credito_suplementar__343_mil.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3980/pl_13_19.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4018/pl_17_19_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4020/pl_18_19.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4100/pl_19_-_cia.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4101/pl_20_19_-_denominacao_rua_maria_leonor.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4102/pl_21_19.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4120/pl_22_-_eliminador_de_ar.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4129/pl_23_-_classifica_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4151/pl_24_19.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4156/pl_25_19_-_loa_2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4157/pl_26_19.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4176/pl_27_-_credito__suplementar_dadetur.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4183/pl_28_19.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4223/pl_29_19_vmdIWLI.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4224/pl_30_19.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4230/pl31_19suplementacao.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4245/pl_32_-programa_ambiental.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4246/pl_33_-_reciclarte.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4247/pl_34_-_dia_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4251/pl_35_-_fogos.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3729/proj_res_01_19.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3774/pr_02_19_-_uso_de_not_ymAvlu2.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3782/pr_03_19.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3783/pr_04_19.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3912/pr_05_-_licenca_saude_silmara.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3974/pr_06_19.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4055/pr_07_2019.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4083/pr_08_19.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4222/pr_09_19.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3744/rf01_19_contr.internocm.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3804/rf02_19.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3849/rf03_19_aopl35.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3904/ouvidoria_da_camara_rf.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3905/bens_inserviveis_rf.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3954/rf_06_19.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3981/redacao_final_07_19.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3985/redacao_final_08_19.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4021/rf_09_19_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4065/redacao_final_10_19.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4066/redacao_final_11_19.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4098/rf_12_19.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4161/rf_13_19.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4218/rf_14_19.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4219/rf15_19.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4220/rf16_19.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4012/relatorio_01_19.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4122/relatorio_cei_asfalto_jd_alvorada.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4200/relatorio_cei_carro.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3739/req_01_2019.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3740/req_02_2019.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3741/req_03_2019.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3745/req_04_2019.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3754/req_05_2019.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3755/req_06_2019.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3756/req_07_20.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3757/req_08_2019.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3758/req_09_2019.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3759/req_10_2019.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3760/req_11_2019.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3792/req_12_2019.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3793/req_13_2019.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3794/req_14_2019.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3795/req_15_2019.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3796/req_16_2019.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3797/req_17_2019.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3798/req_18_2019.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3803/req_19_2019.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3817/req_20_2019.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3818/req_21_2019.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3819/req_22_2019.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3820/req_23_2019.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3821/req_24_2019.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3822/req_25_2019.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3824/req_26_2019.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3825/req_27_2019.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3826/req_28_2019.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3827/req_29_2019.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3833/req_30_2019.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3840/req_31_2019.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3841/req_32_2019.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3842/req_33_2019.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3843/req_34_2019.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3844/req_35_2019.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3845/req_36_2019.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3856/req_37_2019.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3857/req_38_2019.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3858/req_39_2019.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3859/req_40_2019.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3869/req_41_2019.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3870/req_42_2019.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3871/req_43_2019.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3879/req_44_2019.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3880/req_45_2019.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3881/req_46_2019.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3882/req_47_2019.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3884/req_48_2019.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3892/req_49_2019.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3895/req_50_2019.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3896/req_51_2019.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3901/req_52_2019.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3902/req_53_2019.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3903/req_54_2019.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3906/req_55_2019.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3913/req_56_2019.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3921/req_57_2019.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3922/req_58_2019.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3923/req_59_2019.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3924/req_60_2019.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3925/req_61_2019.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3926/req_62_2019.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3927/req_63_2019.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3942/req_64_2019.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3945/req_65_2019.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3946/req_66_2019.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3947/req_67_2019.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3961/req_68_2019.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3965/req_69_2019.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3966/req_70_2019.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3977/req_71_2019.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3978/req_72_2019.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3994/req_73_2019.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3995/req_74_2019.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3996/req_75_2019.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3998/req_76_2019.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3999/req_77_2019.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4000/req_78_2019.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4014/req_79_2019.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4015/req_80_2019.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4056/req_81_2019.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4064/req_82_2019.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4067/req_83_2019.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4068/req_84_2019.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4069/req_85_2019.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4070/req_86_2019.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4082/req_87_2019.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4095/req_88_2019.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4115/req_89_2019.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4116/req_90_2019.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4117/req_91_2019.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4118/req_92_2019.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4119/req_93_2019.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4130/req_94_2019.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4131/req_95_2019.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4132/req_96_2019.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4140/req_97_2019.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4141/req_98_2019.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4142/req_99_2019.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4143/req_100_2019.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4144/req_101_2019.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4145/req_102_2019.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4148/req_103_2019.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4149/req_104_2019.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4150/req_105_2019.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4152/req_106_2019.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4153/req_107_2019.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4155/req_108_2019.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4160/req_109_2019.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4165/req_110_2019.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4175/req_111_2019.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4178/req_112_2019.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4179/req_113_2019.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4196/req_114_2019.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4197/req_115_2019.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4198/req_116_2019.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4212/req_117_2019.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4213/req_118_2019.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4214/req_119_2019.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4215/req_120_2019.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4216/req_121_2019.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4217/req_122_2019.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4225/req_123_2019.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4226/req_124_2019.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4227/req_125_2019.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4232/req_126_2019.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4233/req_127_2019.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4237/req_128_2019.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4238/req_129_2019.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3811/substitutivo0119.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3883/substitutivo_02_19_-_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/3920/substitutivo_03.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4019/veto_01_19.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4063/veto_02.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4252/veto_a_emenda.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2019/4253/veto_04_19.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H523"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="137.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="115.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>