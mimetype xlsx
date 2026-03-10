--- v0 (2025-10-17)
+++ v1 (2026-03-10)
@@ -54,84 +54,84 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Pastor José Fanes, Italiano, Joel, Moysés, Pablo Pereira, Tiemi, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2413/2413_texto_integral.jpeg</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2413/2413_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 23 DA LEI ORGÂNICA (PERÍODOS DE RECESSO)</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Tiemi, Italiano, Junior Baiano, Marly da Paixão, Moysés, Pablo Pereira, Vinícius, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2414/2414_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2414/2414_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO 1º DO ARTIGO 21 DA LEI ORGÂNICA DESTE MUNICÍPIO E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>EP</t>
   </si>
   <si>
     <t>Emendas a Projetos</t>
   </si>
   <si>
     <t>Joel</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/</t>
   </si>
   <si>
     <t>SUBSTITUTIVA A REDAÇÃO DO ART. 1º DO PL 34/15 REFERENTE PRO LABORE DOS MEMBROS DA JARI</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
     <t xml:space="preserve"> SUBSTITUTIVA AO ARTIGO 3º DO PROJETO DE  LEI  COMPLEMENTAR 11/15_x000D_
 </t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
     <t xml:space="preserve">SUPRESSIVA AO ARTIGO 2º DO PROJETO DE LEI  COMPLEMENTAR 11/15_x000D_
@@ -140,1659 +140,1659 @@
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO ARTIGO 3º DO PROJETO DE                                                                          LEI  COMPLEMENTAR 11/15</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO ARTIGO 5º DO PROJETO DE LEI Nº 14/16</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2229/2229_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2229/2229_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ADITIVA A REDAÇÃO DO PROJETO DE LEI  Nº 16/16 &amp;#8211; INSTITUI COMITÊ DE ENFRENTAMENTO A COMBATE DE VIOLÊNCIAS </t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2230/2230_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2230/2230_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPRIME VÁRIOS CARGOS DA REDAÇÃO DO ARTIGO 1º DO PLC 06/16</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Comissão de Saúde, Educação, Cultura, Lazer e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2257/2257_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2257/2257_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO ARTIGO 1º DO PROJETO DE                                                                          LEI Nº  11/16</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2294/2294_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2294/2294_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUI A EMENTA DO PROJETO DE LEI COMPLEMENTAR Nº 10/16</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2290/2290_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2290/2290_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO AO ART. 4º APRESENTANDO ROL DE AÇÕES PRIORITÁRIAS NA EXECUÇÃO ORÇAMENTÁRIA</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2302/2302_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2302/2302_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PL 24/16</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2332/2332_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2332/2332_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPRESSIVA AO TERMO "A FONTE D&amp;#180;ÁGUA" DA EMENTA DO PL 15/16</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2333/2333_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2333/2333_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO ARTIGO 6º DO PL 15/16 (PERÍODO DE VACATIO LEGIS - 60 DIAS)</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2344/2344_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2344/2344_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO ART. 1º DO PL 20/16 REFERENTE A AUTORIZAÇÃO PARA RECEBIMENTO DE IMÓVEL</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2383/2383_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2383/2383_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADITIVA AO PROJETO DE LEI 15/16 (ACRESCENTA PLACA DE HOMENAGEM À PEDRO LARAGNOIT A ACERVO TOMBADO)</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2423/2423_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2423/2423_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA A PROPOSTA DE EMENDA A LEI ORGANICA Nº 01/16</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Cleiton Souza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2010/ind_01_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2010/ind_01_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA SINALIZAÇÃO E MANUTENÇÃO PARA BAIRROS DO DIVISOR, PANELAS E MUTUCA</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>Ezigomar Pessoa</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2011/ind_02_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2011/ind_02_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA RUA LUIZ GONZAGA FILHO</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>Tiemi, Ezigomar Pessoa, Junior Baiano</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2012/moc_03_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2012/moc_03_2016.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DA ESTRADA DA BARRA FUNDA</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>Tiemi</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2013/ind_04_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2013/ind_04_2016.pdf</t>
   </si>
   <si>
     <t>RONDAS POLICIAIS</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>Zé Mineiro, Joel</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2035/ind_05_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2035/ind_05_2016.pdf</t>
   </si>
   <si>
     <t>MELHORIAS PARA A RUA SANTA RITA</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2036/ind_06_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2036/ind_06_2016.pdf</t>
   </si>
   <si>
     <t>MELHORIAS PARA A RUA RECREIO</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2038/ind_07_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2038/ind_07_2016.pdf</t>
   </si>
   <si>
     <t>MELHORIAS PARA AS RUAS DE PEDRO BARROS</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>Moysés</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2039/ind_08_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2039/ind_08_2016.pdf</t>
   </si>
   <si>
     <t>PODA DE ÁRVORES NA RUA DOIS DA SERRINHA</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>Pastor José Fanes</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2040/ind_09_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2040/ind_09_2016.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA NA RUA TRÊS - BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2041/ind_10_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2041/ind_10_2016.pdf</t>
   </si>
   <si>
     <t>PRORROGAÇÃO CONCURSO PÚBLICO 01/2012</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>Joel, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2042/ind_11_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2042/ind_11_2016.pdf</t>
   </si>
   <si>
     <t>PINTURA E PLACAS DE SINALIZAÇÃO POSTINHOS DE SAÚDE DE PEDRO BARROS E RIBEIRÃO BONITO</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2043/ind_12_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2043/ind_12_2016.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BEBEDOURO DE ÁGUA</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2053/ind_13_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2053/ind_13_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA TIRADENTES</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2054/ind_14_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2054/ind_14_2016.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA RUA LADISLAWA KOWALEZ</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2055/ind_15_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2055/ind_15_2016.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LUMINÁRIAS NOS BAIRROS PANELA E VILA BATISTA</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2060/ind_16_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2060/ind_16_2016.pdf</t>
   </si>
   <si>
     <t>LOMBADA PARA RUA BENEDITO MOURA</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Moysés, Cleiton Souza, Italiano</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2061/ind_17_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2061/ind_17_2016.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LUMINÁRIAS NO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2062/ind_18_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2062/ind_18_2016.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE ILUMINAÇÃO PÚBLICA NA ENTRADA DO BAIRRO VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Junior Baiano</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2068/ind_19_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2068/ind_19_2016.pdf</t>
   </si>
   <si>
     <t>REPAROS NA CAIXA DE ESGOTO EM FRENTE A ESCOLA DO BAIRRO DA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2067/ind_20_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2067/ind_20_2016.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE LIXO E ENTULHO NA ESTRADA DO MATADOURO</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2069/ind_21_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2069/ind_21_2016.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DE RUAS DO BAIRRO DE BIGUÁ</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2070/ind_22_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2070/ind_22_2016.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DE RUAS DO BAIRRO ESTAÇÃO</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2080/ind_23_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2080/ind_23_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E TAPA BURACOS NA ESTRADA DO KIRI</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2082/ind_24_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2082/ind_24_2016.pdf</t>
   </si>
   <si>
     <t>REAJUSTE DO AUXILIO ALIMENTAÇÃO DOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2092/ind_25_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2092/ind_25_2016.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO NA ESTRADA DO PENICHE</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2095/ind_26_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2095/ind_26_2016.pdf</t>
   </si>
   <si>
     <t>ESTENDA O TRAJETO DO TRANSPORTE ESCOLAR NA VILA FORMOSA</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2097/ind_27_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2097/ind_27_2016.pdf</t>
   </si>
   <si>
     <t>CORTES DE ÁGUA NA AVENIDA BRASIL E RUA ORDÁLIA DE BARROS BORGES - PEDRO BARROS</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2098/ind_28_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2098/ind_28_2016.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE ILUMINAÇÃO PÚBLICA  NA RUA JOÃO JOÃO ALVES CARNEIRO- BIGUÁ</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2101/ind_29_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2101/ind_29_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E TAPA BURACOS NA ESTRADA DO FAU</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2107/ind_30_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2107/ind_30_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA RUA CARMEM MIRANDA - JARDIM YOLANDA</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2108/ind_31_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2108/ind_31_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS RUAS DO PARQUE NOVA MIRACATU</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2109/ind_32_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2109/ind_32_2016.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BEBEDOURO NO CENTRO COMUNITÁRIO E GINÁSIO DE ESPORTES</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2126/ind_33_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2126/ind_33_2016.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADAS NA RUA NOEL ROSA</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2127/ind_34_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2127/ind_34_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA TRÊS-EDEN DO VALE</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2128/ind_35_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2128/ind_35_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO  NA VIELA DOS PÁSSAROS</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2133/ind_36_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2133/ind_36_2016.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LUMINÁRIA NA RUA MAC FARLANE- BAIRRO JARDIM MIRACATU</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2146/ind_37_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2146/ind_37_2016.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE ILUMINAÇÃO PÚBLICA NA ENTRADA DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2148/ind_38_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2148/ind_38_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E ROÇADA A RUA SYLAS BALTAZAR DE ARAUJO</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2149/ind_39_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2149/ind_39_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DA TEAGEM I</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2150/ind_40_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2150/ind_40_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DA NÓBREGA</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2151/ind_41_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2151/ind_41_2016.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE VALAS NA VILA KAMAITI</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2168/ind_42_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2168/ind_42_2016.pdf</t>
   </si>
   <si>
     <t>REFORMA NA QUADRA COBERTA DE PEDRO BARROS</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2169/ind_43_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2169/ind_43_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA WALDEMAR LOPES FERRAZ</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2172/ind_44_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2172/ind_44_2016.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DO ESPAÇO FÍSICO DAS CRECHES</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2174/ind_45_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2174/ind_45_2016.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE VENTILADORES OU AR CONDICIONADO NA EMEF DA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2175/ind_46_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2175/ind_46_2016.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE VENTILADORES PARA A CRECHE BONS AMINGUINHOS</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2185/ind_47_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2185/ind_47_2016.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NAS RUAS DO BAIRRO DO ENGANO</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2186/ind_48_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2186/ind_48_2016.pdf</t>
   </si>
   <si>
     <t>COLETA DE LIXO NO BAIRRO DO ENGANO</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>João Biscoito</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2187/ind_49_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2187/ind_49_2016.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NAS RUAS MARANHÃO E BAHIA- BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2188/ind_50_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2188/ind_50_2016.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRAÇA COM ÁREA DE RECREAÇÃO - BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2191/ind_51_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2191/ind_51_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DA VISTA GRANDE</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2208/ind_52_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2208/ind_52_2016.pdf</t>
   </si>
   <si>
     <t>ROÇADA NO POSTO DE SAÚDE E NA CRECHE - BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2209/ind_53_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2209/ind_53_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E TAPA BURACOS NA ESTRADA DO SITIO VENEZA - SANTA RITA</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2210/ind_54_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2210/ind_54_2016.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DE LIXEIRA- BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2211/ind_55_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2211/ind_55_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO RETORNO DA PONTE E NA ESTRADA DO LENK - PEDRA DO LARGO</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2212/ind_56_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2212/ind_56_2016.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE MANUTENÇÃO E TAPA BURACO NA ESTRADA DO ENGENHO SAINDO EM PEDRO BARROS</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2213/ind_57_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2213/ind_57_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA LUIZ DO PATO</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2214/ind_58_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2214/ind_58_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E REPARO NO VENTILADOR DA RECEPÇÃO DO PSF DE SANTA RITA</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2215/ind_59_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2215/ind_59_2016.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE TAMPA DE BUEIRO</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2216/ind_60_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2216/ind_60_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA  PINTURA DE FAIXA DE PEDESTRE, E DA LOMBADA, AMBAS NA VENIDA WASHINGTON LUIZ, BAIRRO DA ESTAÇÃO</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2217/ind_61_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2217/ind_61_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE CALÇADAS NA AVENIDA WASHINGTON LUIZ, BAIRRO ESTAÇÃO</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Moysés, Italiano</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2219/ind_62_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2219/ind_62_2016.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE GUARD RAIL NA PONTE DE DIVISA MIRACATU/JUQUIÁ</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2220/ind_63_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2220/ind_63_2016.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA RUA JOAQUIM BALBINO DE CAMPOS</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2221/ind_64_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2221/ind_64_2016.pdf</t>
   </si>
   <si>
     <t>PINTURA DE FAIXA DE PEDESTRE E DE DEFICIENTE FÍSICO EM FRENTE AO PRONTO SOCORRO</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2225/ind_65_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2225/ind_65_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E TAPA BURACOS NA ESTRADA DO DIVISOR</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2226/ind_66_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2226/ind_66_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E TAPA BURACOS NA ESTRADA DA LUPA</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2238/ind_67_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2238/ind_67_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA HUM, VILA EXPEDICIONÁRIA</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2239/ind_68_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2239/ind_68_2016.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGO DE ÔNIBUS- BAIRRO KAMAITE</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2240/ind_69_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2240/ind_69_2016.pdf</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2248/ind_70_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2248/ind_70_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA NOSSA FAZENDA- BAIRRO JARAÇATIÁ</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2251/ind_71_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2251/ind_71_2016.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LUMINÁRIA NA RUA JOÃO KOWALES</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2253/ind_72_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2253/ind_72_2016.pdf</t>
   </si>
   <si>
     <t>CANALIZAÇÃO DE ÁGUAS PLUVIAIS - RUA BEIJA-FLOR- JARDIM ALVORADA</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2254/ind_73_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2254/ind_73_2016.pdf</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2255/ind_74_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2255/ind_74_2016.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR  SINAL DE INTERNET</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2260/ind_75_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2260/ind_75_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ILUMINAÇÃO DA RUA PRESIDENTE DUTRA- VILA FORMOSA</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Pablo Pereira</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2261/ind_76_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2261/ind_76_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA SOBE E DESCE</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2272/ind_77_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2272/ind_77_2016.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA NA PONTE QUE DÁ ACESSO AOS BAIRROS: BEIRA RIO, MELA MICO E FAU</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2273/ind_78_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2273/ind_78_2016.pdf</t>
   </si>
   <si>
     <t>ABRIGO DE ÔNIBUS PARA ESTUDANTES</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2274/ind_79_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2274/ind_79_2016.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE COBERTURA  NA ESCOLA MUNICIPAL DO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2275/ind_80_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2275/ind_80_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA ESTRADA DA VILA SÃO PEDRO</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2291/ind_81_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2291/ind_81_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA PASSARELA SOBE E DESCE</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2298/ind_82_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2298/ind_82_2016.pdf</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2309/ind_83_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2309/ind_83_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E TAPA BURACOS NA ESTRADA DO PRAINHA- BAIRRO KAMAIT</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2310/ind_84_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2310/ind_84_2016.pdf</t>
   </si>
   <si>
     <t>CANALIZAÇÃO DE CÓRREGO NA RUA SANTA CATARINA- BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2311/ind_85_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2311/ind_85_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA CAIXA D&amp;#180;AGUA DO GINÁSIO DE ESPORTES - BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2312/ind_86_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2312/ind_86_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA LINHA DE BUEIRO NA ESTRADA DO MORRO GRANDE- BAIRRO LAMBARIZINHO</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2314/ind_87_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2314/ind_87_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA AVENIDA GETULIO VARGAS- BAIRRO ESTAÇÃO</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Junior Baiano, Ezigomar Pessoa</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2315/ind_88_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2315/ind_88_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E TAPA BURACOS NA ESTRADA DA BARRA FUNDA</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Marly da Paixão</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2320/ind_89_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2320/ind_89_2016.pdf</t>
   </si>
   <si>
     <t>MELHORIAS PARA O DESVIO DO BAIRRO RIBEIRÃO BONITO</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2321/ind_90_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2321/ind_90_2016.pdf</t>
   </si>
   <si>
     <t>FAXINEIRA PARA O POSTO DE SAÚDE DO BAIRRO RIBEIRÃO BONITO</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2322/ind_91_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2322/ind_91_2016.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE NOVO ABRIGO DE ÔNIBUS- BAIRRO BIGUÁ</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2339/ind_92_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2339/ind_92_2016.pdf</t>
   </si>
   <si>
     <t>ABRIGO PARA PASSAGEIROS DE ÔNIBUS- BAIRRO VILA FORMOSA</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2341/ind_93_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2341/ind_93_2016.pdf</t>
   </si>
   <si>
     <t>VAZAMENTO DE ÁGUA JUNTO AO MURO DA ESCOLA MUNICIPAL DE SANTA RITA</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2351/ind_94_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2351/ind_94_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E TAPA BURACOS NA RUA CINCO- BAIRRO OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2352/ind_95_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2352/ind_95_2016.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LIXEIRAS NA PRAÇA DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2353/ind_96_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2353/ind_96_2016.pdf</t>
   </si>
   <si>
     <t>PINTURA E PLACAS DE SINALIZAÇÃO DE LOMBADAS- BAIRRO JARDIM ALVORADA E OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2354/ind_97_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2354/ind_97_2016.pdf</t>
   </si>
   <si>
     <t>ESTUDOS PARA COLOCAÇÃO DE INTERNET NO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2355/ind_98_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2355/ind_98_2016.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR VICE DIRETOR E COORDENADOR ÀS ESCOLAS SYLAS BALTAZAR DE ARAÚJO, VILA SÃO JOSÉ E JARDIM ALVORADA</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2356/ind_99_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2356/ind_99_2016.pdf</t>
   </si>
   <si>
     <t>PODE DE GALHOS DA ÁRVORE  CHAPÉU DE SOL- PRAÇA PEDRO LARAGNOIT</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2357/ind_100_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2357/ind_100_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E TAPA BURACOS NO TRECHO DA ESTRADA DA GRUTA- MORAES</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2358/ind_101_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2358/ind_101_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO EM TODA EXTENSÃO DA ESTRADA DO MORAES</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2359/ind_102_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2359/ind_102_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E TAPA BURACOS NA ESTRADA DA SERRARIA</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2360/ind_103_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2360/ind_103_2016.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGO DE ÔNIBUS-BAIRRO LAMBARI</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2372/ind_104_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2372/ind_104_2016.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE PLACAS INDICATIVAS</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2380/ind_105_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2380/ind_105_2016.pdf</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2387/ind_106_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2387/ind_106_2016.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA- RUA PERNAMBUCO BAIRRO MATSUDA</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2400/ind_107_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2400/ind_107_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DE TAMPA DE BUEIRO- BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2401/ind_108_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2401/ind_108_2016.pdf</t>
   </si>
   <si>
     <t>ROÇADA E TAPA BURACOS NO BAIRRO DE SANTA RITA</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2402/ind_109_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2402/ind_109_2016.pdf</t>
   </si>
   <si>
     <t>COLETA DE LIXO NO BAIRRO DO KIRI</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2403/ind_110_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2403/ind_110_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO RETORNO DO BAIRRO PEDRA DO LARGO</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2411/ind_111_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2411/ind_111_2016.pdf</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2412/ind_112_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2412/ind_112_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DO JACUGUAÇU</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2430/ind_113_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2430/ind_113_2016.pdf</t>
   </si>
   <si>
     <t>REPAROS NO TELHADO DA QUADRO DO BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2431/ind_114_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2431/ind_114_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA PLACA INDICATIVA DA CACHOEIRA DO SALTO DE BIGUÁ</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2015/moc_01_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2015/moc_01_2016.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES A POLICIAIS MILITARES</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2147/moc_02_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2147/moc_02_2016.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, CONGRATULAÇÕES E RECONHECIMENTO À SRA. SANDRA ELIZA DE RAMOS GOMES</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2163/moc_03_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2163/moc_03_2016.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, RECONHECIMENTO E CONGRATULAÇÕES À SRA. ADRIANA SILVA MACIEL.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2198/moc_04_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2198/moc_04_2016.pdf</t>
   </si>
   <si>
     <t>APOIO A ORDEM DOS ADVOGADOS DO BRASIL NA ABERTURA DE PROCESSO DE IMPEACHMENT DA PRESIDENTE DA REPÚBLICA</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>Junior Baiano, Ezigomar Pessoa, Pablo Pereira, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2249/moc_05_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2249/moc_05_2016.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, CONGRATULAÇÕES E RECONHECIMENTO À EQUIPE ORGANIZADORA DO 1º CAMPEONATO INFANTIL - CATEGORIA SUB 12 E SUB 14</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2324/moc_06_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2324/moc_06_2016.pdf</t>
   </si>
   <si>
     <t>APLAUSOS, RECONHECIMENTO E CONGRATULAÇÕES À LUCIMARA FERREIRA MARCONDES</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>Italiano, Joel, Marly da Paixão, Moysés, Pastor José Fanes, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2327/moc_07_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2327/moc_07_2016.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2340/moc_08_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2340/moc_08_2016.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO PRAINHA FUTEBOL CLUBE</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>Moysés, Ezigomar Pessoa, Italiano, Joel, Junior Baiano, Marly da Paixão, Pablo Pereira, Pastor José Fanes, Tiemi, Vinícius, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2392/moc_09_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2392/moc_09_2016.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES ÀS EQUIPES CATATUMBA E MATSUDA FINALISTAS DO CAMPEONATO AMADOR</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2407/moc_10_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2407/moc_10_2016.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS,RECONHECIMENTO E CONGRATULAÇÕES AO SINDICATO DOS PRODUTORES RURAIS DE MRIACATU, NA PESSOA DE SEU PRESIDENTE JOAQUIM FERNANDES BRANCO</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2418/moc_11_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2418/moc_11_2016.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, RECONHECIMENTO E CONGRATULAÇÕES À FANFARRA MUNICIPAL DE MIRACATU</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2419/moc_12_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2419/moc_12_2016.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO COMENDADOR EIJI NAGATA</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 03/16</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 04/16</t>
   </si>
   <si>
     <t>2029</t>
   </si>
@@ -1808,51 +1808,51 @@
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 11/15</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 01/16</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 02/16</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2074/2074_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2074/2074_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 05/16</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, Comissão de Orçamento, Finanças e Contabilidade, Comissão de Planejamento, Uso, Ocupação e Parcelamento  solo</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 06/16</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 01/16</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 02/16</t>
   </si>
@@ -1883,60 +1883,60 @@
   <si>
     <t>FAVORÁVEL AO PLC 03/16</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 10/16</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 11/15, COM EMENDAS</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PDL 01/16</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2114/2114_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2114/2114_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PLC 05/16</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2115/2115_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2115/2115_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 06/16</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 11/16</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 12/16</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 07/16</t>
   </si>
   <si>
     <t>2136</t>
   </si>
@@ -1952,93 +1952,93 @@
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 14/16, COM EMENDA</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 08/16</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PROJETO DE RESOLUÇÃO 02/16</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação, Comissão de Orçamento, Finanças e Contabilidade, Comissão de Saúde, Educação, Cultura, Lazer e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2189/2189_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2189/2189_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 16/16</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2190/2190_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2190/2190_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 09/16</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2203/2203_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2203/2203_texto_integral.pdf</t>
   </si>
   <si>
     <t>PELA ILEGALIDADE DO PL 17/16, CONSIDERANDO O VICIO DA INICIATIVA (ART.46,II DA LOM).</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2231/2231_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2231/2231_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PROJETO, SOMENTE COM A APROVAÇÃO DA EMENDA SUPRESSIVA.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>RELATÓRIO SEM PARECER CONCLUSIVO POR FALTA DE INFORMAÇÕES DA PREFEITURA</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2233/2233_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2233/2233_texto_integral.pdf</t>
   </si>
   <si>
     <t>PELA REJEIÇÃO DO PROJETO DE LEI COMPLEMENTAR Nº 05/15</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 19/16</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 11/16, COM EMENDA</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PLC 10/16, COM EMENDA</t>
   </si>
   <si>
     <t>2278</t>
   </si>
@@ -2270,1976 +2270,1976 @@
   <si>
     <t>FAVORÁVEL AO PL 44/16</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 45/16</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PL 38/16</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2072/2072_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2072/2072_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DO PRÊMIO "EXCELÊNCIA MULHER MIRACATUENSE" AS IRMÃS PIAS DO INSTITUTO DE EDUCAÇÃO E ASSISTENCIA LUCIA FILIPPINI</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2345/2345_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2345/2345_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO DE MIRACATU AO PROF. PAULO HIROFUMI ITIOKA</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2349/2349_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2349/2349_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE CIDADÃO HONORÁRIO MIRACATUENSE AO  SR.  DANIEL FERREIRA DE SOUZA </t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>Mesa</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2378/2378_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2378/2378_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA INSERVÍVEIS OS BENS QUE ESPECIFICA DO PATRIMÔNIO DO PODER LEGISLATIVO</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2390/2390_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2390/2390_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PARECER DO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO, REFERENTE AS CONTAS DA PREFEITURA MUNICIPAL DE MIRACATU DO EXERCÍCIO FINANCEIRO DE 2014</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>João Amarildo Valentin da Costa</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2022/2022_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2022/2022_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO SANITÁRIO DO MUNICÍPIO DE MIRACATU</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2023/2023_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2023/2023_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO E VAGA ALTERANDO O ANEXO I DA LEI COMPLEMENTAR Nº 07 - ESTRUTURAÇÃO DO QUADRO GERAL E DO PLANO DE CARREIRA E EVOLUÇÃO FUNCIONAL DOS SERVIDORES PÚBLICOS DA PREFEITURA DE MIRACATU (CRIA O CARGO DE TÉCNICO SEGURANÇA DO TRABALHO)</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2034/2034_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2034/2034_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE DIÁRIAS DE VIAGENS PARA SERVIDORES PÚBLICOS MUNICIPAIS, CONFORME PREVISTO NO PARÁGRAFO ÚNICO, ARTIGOS 74, 75 E 76 DA LEI COMPLEMENTAR MUNICIPAL Nº 06/12</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO QUADRO DE CARGOS CONSTANTE NOS ANEXOS IV  E V DA LEI COMPLEMENTAR Nº 07/12</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2086/2086_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2086/2086_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE VAGAS PARA OS CARGOS ESPECIFICADOS, ALTERANDO O ANEXO I DA LEI COMPLEMENTAR Nº 07/12 - ESTRUTURAÇÃO DO QUADRO GERAL E DO PLANO DE CARREIRA E EVOLUÇÃO  FUNCIONAL DOS SERVIDORES PÚBLICOS DA PREFEITURA DE MIRACATU</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2087/2087_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2087/2087_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO QUADRO DE CARGOS CONSTANTE NOS ANEXOS IV E V DA LEI COMPLEMENTAR Nº 07/12 - PLANO DE CARREIRA E EVOLUÇÃO FUNCIONAL DOS SERVIDORES PÚBLICOS DA PREFEITURA DE MIRACATU.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2121/2121_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2121/2121_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE VAGAS PARA O CARGO DE CONFIANÇA DE VICE DIRETOR DO QUADRO DO MAGISTÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2137/2137_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2137/2137_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL COMPLEMENTAR Nº 001/2010 - PLANO DE CARREIRA E REMUNERAÇÃO E O ESTATUTO DO MAGISTÉRIO PÚBLICO DE MIRACATU</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2173/2173_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2173/2173_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE VAGAS DE CUIDADOR ESCOLAR NO ANEXO I LEI COMPLEMENTAR  07/12</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2241/2241_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2241/2241_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA MAIS UMA VAGA NO CARGO DE PSICOLOGO</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2288/2288_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2288/2288_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE CARGOS CONSTANTE NO ANEXO V DA LEI COMPLEMENTAR Nº 07/12</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2005/2005_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2005/2005_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE VENCIMENTOS AOS SERVIDORES E DE SUBSÍDIOS AOS VEREADORES DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2006/2006_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2006/2006_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE REAJUSTE SALARIAL AOS SERVIDORES DA PREFEITURA MUNICIPAL DE MIRACATU DA REFERÊNCIA 1 A 5  NA ESCALA DE VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2020/2020_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2020/2020_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROGRAMA DE TRANSPORTE UNIVERSITÁRIO E TECNICO PROFISSIONALIZANTE DO MUNICÍPIO DE MIRACATU</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2021/2021_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2021/2021_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO COM INSTITUIÇÕES BENEFICENTES E DÁ OUTRA SPROVIDENCIAS</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2024/2024_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2024/2024_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE DÉBITOS OU OBRIGAÇÕES DO MUNICÍPIO DE MIRACATU/SP, NOS TERMOS DOA ART. 100 §§ 3º E 4º DA CONSTITUIÇÃO FEDERAL, DECORRENTES DE DECISÕES JUDICIAIS, CONSIDERADOS COMO PEQUENO VALOR (RPV)</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2025/2025_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2025/2025_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CESSÃO DE USO DE ÁREA ESPECIFICA A SABESP</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2026/2026_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2026/2026_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA TAXA DE VIGILÂNCIA SANITÁRIA</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2027/2027_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2027/2027_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO II DA LEI MUNICIPAL Nº 1389 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS_x000D_
 </t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2057/2057_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2057/2057_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO II DA LEI MUNICIPAL 1389/07 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2088/2088_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2088/2088_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE ALTERAÇÃO DO ANEXO I DA LEI MUNICIPAL Nº 1695/2013 (CESSÃO DE SERVIDOR A PROHUMI)</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2089/2089_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2089/2089_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2123/2123_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2123/2123_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL  A CELEBRAR CONVÊNIO COM A SECRETARIA  DE SEGURANÇA PÚBLICA DO ESTADO DE SÃO PAULO E O DEPARTAMENTO ESTADUAL DE TRÂNSITO - DETRAN/SP</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2124/2124_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2124/2124_texto_integral.pdf</t>
   </si>
   <si>
     <t>TOMBA COMO PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE MIRACATU, ESTADO DE SÃO PAULO, O GRUPO REISADO DE PEDRO BARROS E DE FORMA CONCOMITANTE A FESTA DE FOLIA DE REIS E CELEBRAÇÕES EM SUA  HOMENAGENS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2125/2125_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2125/2125_texto_integral.pdf</t>
   </si>
   <si>
     <t>TOMBA COMO PATRIMÔNIO HISTÓRICO MATERIAL DO MUNICÍPIO DE MIRACATU, ESTADO DE SAO PAULO, O CONJUNTO PAISAGÍSTICO, COMPREENDIDO POR ÁRVORES CENTENÁRIAS E PLANTAS ORNAMENTAIS,  A FONTE E O CRUZEIRO DA PRAÇA PEDRO LARAGNOIT E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2138/2138_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2138/2138_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O COMITÊ DE INSTÂNCIA MUNICIPAL DE ENFRENTAMENTO ÀS VIOLÊNCIAS CONTRA CRIANÇAS, ADOLESCENTES, PESSOAS COM DEFICIÊNCIAS, MULHERES E IDOSOS NO MUNICÍPIO DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>Cleiton Souza, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2178/2178_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2178/2178_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE GRATIFICAÇÃO AOS AGENTES COMUNITÁRIOS DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2227/2227_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2227/2227_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL PARA O EXERCÍCIO FINANCEIRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2228/2228_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2228/2228_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 1751/14 QUE ATRIBUI GRATIFICAÇÃO AOS MEMBROS DAS COMISSÕES DE LICITAÇÕES, SINDICÂNCIA, PROCESSO ADMINISTRATIVO DISCIPLINAR, AO PREGOEIRO E EQUIPE DE APOIO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2252/2252_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2252/2252_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA RECEBER IMÓVEL EM DOAÇÃO PARA OS FINS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2262/2262_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2262/2262_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL Nº 1628/11 QUE DENOMINOU A CASA DO ADOLESCENTE DE MIRACATU</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2264/2264_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2264/2264_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 1373/2006 QUE CRIOU O CONSELHO MUNICIPAL DE CULTURA DE MIRACATU</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2265/2265_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2265/2265_texto_integral.pdf</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2268/2268_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2268/2268_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1581/2011 QUE DISPÕE SOBRE CRIAÇÃO DO COMTUR - CONSELHO MUNICIPAL DE TURISMO</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2287/2287_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2287/2287_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO I DA LEI MUNICIPAL 1695 DE 02 DE OUTUBRO DE 2013</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2289/2289_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2289/2289_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL Nº 1334/2005 REFERENTE A ESTRUTURA ORGANIZACIONAL DA PREFEITURA</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2303/2303_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2303/2303_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 1751/14 - GRATIFICAÇÃO AOS MEMBROS DA COMISSÃO DE LICITAÇÕES, SINDICANCIA</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2304/2304_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2304/2304_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINAÇÃO DE CAMPO DE FUTEBOL  DO JARDIM YOLANDA - "BENEDITO DOS SANTOS FILHO - SEU DITO"_x000D_
 </t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2305/2305_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2305/2305_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINAÇÃO DO BAIRRO DO ENGANO PARA SERRA DO CAFEZAL</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2306/2306_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2306/2306_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINAÇÃO DA UNIDADE DA SAÚDE DA FAMÍLIA DO BAIRRO SANTA RITA - "UNIDADE DE SAÚDE DA FAMÍLIA VEREADOR LUIZ CARLOS CORREA - LUCAS" </t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA  A PREFEITURA MUNICIPAL DE MIRACATU A CEDER ÁREA AO GOVERNO DO ESTADO DE SÃO PAULO, OBJETIVANDO A CONSTRUÇÃO DE UMA UBS-UNIDADE BÁSICA DE SAÚDE NO MUNICÍPIO </t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2343/2343_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2343/2343_texto_integral.pdf</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2350/2350_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2350/2350_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS 2 E 6, DA LEI Nº 1809, DE 14 DE DEZEMBRO DE 2015-LOA 2016, ALTERA O ANEXO VII- UNIDADES EXECUTORAS E AÇÕES VOLTADAS AO DESENVOLVIMENTO DO PROGRAMA GOVERNAMENTAL  DA LEI Nº 1790 DE 02 DE JULHO DE 2015- LDO 2016 E ANEXO III DA LEI Nº 1703 DE 30 DE OUTUBRO DE 2013- PPA 2014-2017</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2377/2377_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2377/2377_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MIRACATU PARA O EXERCÍCIO FINANCEIRO DE 2017</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2388/2388_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2388/2388_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRAÇA LOCALIZADA NO JARDIM ALVORADA - PRAÇA ANTONIO MOREIRA DE MELO</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2391/2391_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2391/2391_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE SANEAMENTO BÁSICO, INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2408/2408_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2408/2408_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CONCEDER TITULO DE PROPRIEDADE E DÁ OUTRAS PROVIDENCIAS (LOTEAMENTO DA VILA UBIRAJARA)</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2409/2409_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2409/2409_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVENIO COM O INSTITUTO SALTO PARA A VIDA ADHEMAR FERREIRA DA SILVA</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2415/2415_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2415/2415_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA E TOMBA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MIRACATU, ESTADO DE SÃO PAULO, A FANFARRA MUNICIPAL DE MIRACATU </t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2427/2427_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2427/2427_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO DE JOÃO HIROTAKA KAYO A ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL DE SANTA RITA</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2434/2434_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2434/2434_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO CONCEDER TITULO DE PROPRIEDADE E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>ACRESCENTA NA LEI MUNICIPAL 1844/16 OS ANEXOS III E IV</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2436/2436_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2436/2436_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA RECEBER EM DOAÇÃO, MATERIAL PARA EXECUÇÃO DE PROLONGAMENTO DE REDE DE ÁGUA E ESGOTO E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2437/2437_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2437/2437_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DO CAISM - CENTRO DE ATENÇÃO INTEGRAL DA SAÚDE DA MULHER</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2438/2438_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2438/2438_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR CONVÊNIO COM INSTITUIÇÕES BENEFICENTES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>CRIA COMISSÃO DE REPRESENTAÇÃO PARA PARTICIPAÇÃO EM CONGRESSO</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2156/2156_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2156/2156_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE CONCESSÃO DE AUXILIO ALIMENTAÇÃO AO SERVIDOR DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2263/2263_texto_integral.docx</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2263/2263_texto_integral.docx</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ANEXO DA RESOLUÇÃO 02/11 REFERENTE AO REGIMENTO INTERNO DA CAMARA MUNICIPAL DE MIRACATU</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2326/2326_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2326/2326_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA A PROPOSTA ORÇAMENTÁRIA DA CÂMARA MUNICIPAL PARA O EXERCÍCIO FINANCEIRO DE 2017</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>RF</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2139/2139_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2139/2139_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL AO PROJETO DE LEI COMPLEMENTAR 11/15 - CRIA VAGAS PARA OS CARGOS DE ASSISTENTE SOCIAL E DE EDUCADOR SOCIAL E ELEVA A REFERENCIA DO CARGO DE COORDENADOR INSTITUCIONAL</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2250/2250_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2250/2250_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PROJETO DE LEI Nº 16/16 - SOBRE O COMITÊ DE ENFRENTAMENTO A VIOLENCIAS </t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI 18/16 - REFERENTE A LDO 2017</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI 24/16 REFERENTE AO COMTUR - CONSELHO MUNICIPAL DE TURISMO</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>AO PL 20/16, REFERENTE A RECEBIMENTO DE IMÓVEL PARA FINS DE REGULARIZAÇÃO DE ÁREA DE ACESSO AO CEMITÉRIO DA VILA FORMOSA</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL AO PL 15/16 - TOMBAMENTO DO CONJUNTO PAISAGISTICO DA PRAÇA PEDRO LARAGNOI</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI 34/16 - LOA 2017</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2003/req_01_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2003/req_01_2016.pdf</t>
   </si>
   <si>
     <t>RETIRADA DA PROJETO DE LEI 51/15</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2004/req_02_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2004/req_02_2016.pdf</t>
   </si>
   <si>
     <t>RETIRADA DO PROJETO DE LEI COMPLEMENTAR  12/15</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>Junior Baiano, Ezigomar Pessoa, Tiemi</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2007/req_03_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2007/req_03_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DE CONTRATO</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2008/req_04_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2008/req_04_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA CRONOGRAMA DE LIMPEZA DE ESTRADAS MUNICIPAIS</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2009/req_05_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2009/req_05_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE REVITALIZAÇÃO DA PRAÇA PEDRO LARAGNOIT</t>
   </si>
   <si>
     <t>Italiano, Cleiton Souza, João Biscoito, Joel</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2016/req_06_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2016/req_06_2016.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 03/16</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2017/req_07_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2017/req_07_2016.pdf</t>
   </si>
   <si>
     <t>URGENCIA ESPECIAL PARA O PROJETO DE LEI Nº 04/16</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2046/req_08_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2046/req_08_2016.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE POSTE DE MADEIRA</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2045/req_09_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2045/req_09_2016.pdf</t>
   </si>
   <si>
     <t>DEMARCAÇÃO DE VAGAS EM VIAS PÚBLICAS DESTINADA AO IDOSO</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2047/req_10_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2047/req_10_2016.pdf</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2048/req_11_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2048/req_11_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A DEMARCAÇÃO DE POSTES NO EDEN DO VALE</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2049/req_12_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2049/req_12_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE AS CRECHES</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2050/req_13_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2050/req_13_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES JUNTO AO DEPARTAMENTO DE AGRICULTURA</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>Joel, Cleiton Souza</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2051/req_14_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2051/req_14_2016.pdf</t>
   </si>
   <si>
     <t>LICITAR O TRANSPORTE UNIVERSITÁRIO</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2052/req_15_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2052/req_15_2016.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAS NA RUA SANTA RITA</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2058/req_16_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2058/req_16_2016.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS EM RELAÇÃO AO AUXILIO TRANSPORTE DE UNIVERSITÁRIOS E TÉCNICOS PROFISSIONALIZANTES</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>Cleiton Souza, Italiano, Moysés, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2059/req_17_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2059/req_17_2016.pdf</t>
   </si>
   <si>
     <t>URGENCIA ESPECIAL PARA O PROJETO DE LEI Nº 09/16</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2063/req_18_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2063/req_18_2016.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS EM RELAÇÃO SOBRE FALTA DE AMBULÂNCIA</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2064/req_19_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2064/req_19_2016.pdf</t>
   </si>
   <si>
     <t>PODA DE ÁRVORE NA VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2065/req_20_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2065/req_20_2016.pdf</t>
   </si>
   <si>
     <t>ABERTURA NO ACESSO NO KM 384 EM FRENTE AO POSTO O FAZENDEIRO</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2071/req_21_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2071/req_21_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE RECLAMAÇÃO DE ATENDIMENTO MÉDICO NO PRONTO SOCORRO</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2079/req_22_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2079/req_22_2016.pdf</t>
   </si>
   <si>
     <t>PODA DE ÁRVORE NA RUA SANTA MARIA - BAIRRO BIGUÁ</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2078/req_23_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2078/req_23_2016.pdf</t>
   </si>
   <si>
     <t>RETIRADA E ARQUIVAMENTO DO PROJETO DE LEI COMPLEMENTAR Nº 07/16 QUE DISPÕE SOBRE ALTERAÇÃO DO QUADRO DE CARGOS CONSTANTE NOS ANEXOS IV E V DA LEI COMPLEMENTAR Nº 07/12 - PLANO DE CARREIRA</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2081/req_24_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2081/req_24_2016.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA OFÍCIO SOLICITANDO REPOSIÇÃO SALARIAL AOS CONSELHEIROS TUTELARES</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2085/req_25_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2085/req_25_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE GRATIFICAÇÕES PAGAS</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2090/req_26_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2090/req_26_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE NOTIFIQUE A EMPRESA DE TRANSPORTE COLETIVO</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2091/req_27_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2091/req_27_2016.pdf</t>
   </si>
   <si>
     <t>CARTEIRA DE IDENTIFICAÇÃO DE IDOSO</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2102/req_28_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2102/req_28_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO QUE NOTIFIQUE A SABESP</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2103/req_29_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2103/req_29_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA ALTERAÇÃO NA REDAÇÃO DA LEI Nº 1795/2015</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2104/req_30_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2104/req_30_2016.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ÁGUA - RUA JOÃO ALVES DE CARNEIRO- BIGUÁ</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2110/req_31_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2110/req_31_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE O SERVIÇO DE ILUMINAÇÃO PÚBLICA</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2111/req_32_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2111/req_32_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DE TODOS OS DOCUMENTOS ANEXOS AO CONTRATO DE TRANSPORTE PÚBLICO</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2112/req_33_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2112/req_33_2016.pdf</t>
   </si>
   <si>
     <t>DESTINAÇÃO DAS  ÁRVORES CENTENÁRIAS DA PRAÇA PEDRO LARAGNOIT</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2113/req_34_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2113/req_34_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS JUNTO A EMPRESA PRESTADORA DE SERVIÇOS DE ILUMINAÇÃO PÚBLICA</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>Cleiton Souza, Italiano, João Biscoito, Joel</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2122/req_35_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2122/req_35_2016.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PROJETO DE LEI N&amp;#9668; 12/16</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2129/req_36_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2129/req_36_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS JUNTO AO DEPARTAMENTO DE OBRAS DA PREFEITURA</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2130/req_37_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2130/req_37_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA EXTENSÃO DE REDE DE ENERGIA ELÉTRICA</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2132/req_38_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2132/req_38_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA E ROÇADA NA ESTAÇÃO FERROVIÁRIA DE MIRACATU</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>Junior Baiano, Ezigomar Pessoa, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2134/req_39_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2134/req_39_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE JOVEM APRENDIZ</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2140/req_40_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2140/req_40_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS EM RELAÇÃO  VAZAMENTO DE ESGOTO</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2141/req_41_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2141/req_41_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS NA ESTRADA DO BRANGEL</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2142/req_42_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2142/req_42_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE GUARD-RAIL NA ENTRADA DA CIDADE DE MIRACATU</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>Ezigomar Pessoa, Junior Baiano, Tiemi</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2143/req_43_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2143/req_43_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O BANCO DO POVO PAULISTA</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2144/req_44_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2144/req_44_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DA LICITAÇÃO E CONTRATO DE AQUISIÇÃO DE GÁS DE COZINHA</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2145/req_45_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2145/req_45_2016.pdf</t>
   </si>
   <si>
     <t>ORÇAMENTO PARA EXTENSÃO DE REDE DE ÁGUA - LOTEAMENTO EDEN DO VALE</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2152/req_46_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2152/req_46_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DE ADIANTAMENTOS</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2153/req_47_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2153/req_47_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE CEMITÉRIO DA VILA FORMOSA</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2154/req_48_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2154/req_48_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE EMENDA PARLAMENTAR  DO DEPUTADO JORGE CARUSO</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2157/req_49_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2157/req_49_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS REFERENTE A ÁGUA E ESGOTO- EDEN DO VALE</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>Tiemi, Ezigomar Pessoa, Junior Baiano, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2158/req_50_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2158/req_50_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM TOMADAS MEDIDAS CABÍVEIS E URGENTES PARA A REFORMA DE MANEIRA ÚNICA E DEFINITIVA DO TELHADO DA EMEF DO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2159/req_51_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2159/req_51_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM TOMADAS MEDIDAS CABÍVEIS E URGENTES PARA NOTIFICAÇÃO DA EMPRESA VENCEDORA CONTRATADA PARA GERENCIAR A RODOVIÁRIA MUNICIPAL</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2160/req_52_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2160/req_52_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM TOMADAS MEDIDAS CABÍVEIS E URGENTES PARA ENTREGA DE MATERIAIS DE LIMPEZA E DE PRIMEIRAS NECESSIDADES ÀS ESCOLAS MUNICIPAIS</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2161/req_53_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2161/req_53_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM TOMADAS MEDIDAS CABÍVEIS E URGENTES PARA A AQUISIÇÃO DE UM VENTILADOR PARA A EMEF JULIA BOTTARO</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2162/req_54_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2162/req_54_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA DE MANEIRA MAIS SUBSTANCIAL, INFORMAÇÕES SOBRE A IMPLANTAÇÃO DO PROJETO CIDADE DIGITAL, QUE NOSSO MUNICÍPIO FOI CONTEMPLADO.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2166/req_55_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2166/req_55_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM TOMADAS MEDIDAS CABÍVEIS E URGENTES PARA AGENDAMENTO DE REUNIÃO DESTA CÂMARA COM O COORDENADOR DE AGENDAMENTO DE VIAGENS E DO DIRETOR DO DEPARTAMENTO DE SAÚDE</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>Tiemi, Ezigomar Pessoa, Junior Baiano, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2167/req_56_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2167/req_56_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA IMPLANTAÇÃO DO DISTRITO INDUSTRIAL</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2170/req_57_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2170/req_57_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE OS AGENTES COMUNITÁRIOS DE SAÚDE</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2171/req_58_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2171/req_58_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O NÚCLEO DE ASSISTÊNCIA SOCIAL DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2192/req_59_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2192/req_59_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA OBRA QUE ESTÁ SENDO REALIZADA JUNTO AO CAMPO DE FUTEBOL REINALDO LEPSCH</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2193/req_60_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2193/req_60_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESCLARECIMENTO ACERCA DA FALTA DE MATERIAL ESCOLAR E ADMINISTRATIVO JUNTO ÀS ESCOLAS MUNICIPAIS</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2194/req_61_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2194/req_61_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES URGENTES ACERCA DO APARELHO DE RAIO X</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2195/req_62_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2195/req_62_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE O EXECUTIVO NOTIFIQUE A EMPRESA QUE REALIZOU A PAVIMENTAÇÃO DAS RUAS 1,2 E 3 JUNTO AO BAIRRO KAMAITE  PARA QUE REFAÇA TAIS SERVIÇOS, DIANTE DA PÉSSIMA QUALIDADE DO  TRABALHO E POR ESTAR AINDA DENTRO DO PRAZO DE VALIDADE DE GARANTIA.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2196/req_63_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2196/req_63_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A REFORMA NO POSTO DE SAÚDE - VISTA GRANDE</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2197/req_64_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2197/req_64_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE MEDIDAS PARA REDUÇÃO DE GASTOS</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2199/req_65_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2199/req_65_2016.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE DOIS POSTES DE MADEIRA</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2200/req_66_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2200/req_66_2016.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA ABAIXO ASSINADO SOLICITANDO PROVIDÊNCIAS NA RUA JOAQUIM PEDROSO</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2201/req_67_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2201/req_67_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE HASTE E LUMINÁRIA E TROCA DE LÂMPADAS COM MAIOR POTÊNCIA</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2202/req_68_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2202/req_68_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA TROCA DE POSTE NA RUA XV DE NOVEMBRO</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2204/req_69_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2204/req_69_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA SERVIÇO DE MANUTENÇÃO E TAPA BURACOS NA ESTRADA DA TEAGEM I</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2205/req_70_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2205/req_70_2016.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA TORRE DE TELEFONIA DA TIM</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2206/req_71_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2206/req_71_2016.pdf</t>
   </si>
   <si>
     <t>ENVIA AO PODER EXECUTIVO CÓPIA DE PROJETO DE LEI REFERENTE A CONCESSÃO DE GRATIFICAÇÃO AOS AGENTES COMUNITÁRIOS DE SAÚDE E SOLICITA INICIO DO PROCESSO LEGISLATIVO</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2207/req_72_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2207/req_72_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE EXCESSO OU QUEDA DE ARRECADAÇÃO</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2218/req_73_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2218/req_73_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO PREGÃO PRESENCIAL Nº 08/2016, REFERENTE  A COMPRA DE SOFTWARE DE SISTEMA CUJA ENTREGA DE PROPOSTA E ABERTURA DE ENVELOPES SE DEU NO DIA 05 DE ABRIL P.P.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2222/req_74_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2222/req_74_2016.pdf</t>
   </si>
   <si>
     <t>VAZAMENTO DE ÁGUA EM SANTA RITA</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2223/req_75_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2223/req_75_2016.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO NA PAVIMENTAÇÃO ASFÁLTICA DA RUA SANTA RITA - BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2224/req_76_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2224/req_76_2016.pdf</t>
   </si>
   <si>
     <t>ENVIA AO PODER EXECUTIVO MINUTA DO PROJETO DE LEI QUE INSTITUI A CRIAÇÃO E A CONSTITUIÇÃO NO MUNICIPIO DE MIRACATU, ESTADO DE SAO PAULO, O PROGRAMA CRECHE MUNICIPAL DO IDOSO</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2234/req_77_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2234/req_77_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A CONSTRUÇÃO DE CRECHE ESCOLA</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2235/req_78_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2235/req_78_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÃO SOBRE  ÔNIBUS CIRCULAR</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2236/req_79_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2236/req_79_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A DEMORA DE EXAMES LABORATORIAIS</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2237/req_80_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2237/req_80_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A CASCALHEIRA</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2242/req_81_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2242/req_81_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE ATENDIMENTO DE DENTISTA NO POSTO DE SAÚDE - SANTA RITA</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2243/req_82_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2243/req_82_2016.pdf</t>
   </si>
   <si>
     <t>TÉCNICO DE ENFERMAGEM PARA POSTO DE SAÚDE- SANTA RITA</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2244/req_83_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2244/req_83_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A FARMÁCIA DO POSTO DE SAÚDE - SANTA RITA</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2245/req_84_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2245/req_84_2016.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE RETORNO PARA O BAIRRO DO CHORA</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2246/req_85_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2246/req_85_2016.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NO RETORNO DO BAIRRO DE SANTA RITA</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>Pastor José Fanes, Italiano, Moysés</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2247/req_86_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2247/req_86_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO QUE NOTIFIQUE A SABESP PARA RECOMPOSIÇÃO ASFÁLTICA - OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2256/req_87_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2256/req_87_2016.pdf</t>
   </si>
   <si>
     <t>DESASSOREAMENTO DE VALA- VILA SÃO JOSÉ</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2266/req_88_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2266/req_88_2016.pdf</t>
   </si>
   <si>
     <t>RETIRADA E ARQUIVAMENTO DO PROJETO DE LEI Nº 11/2016 QUE DISPÕE SOBRE ALTERAÇÃO DO ANEXO I DA LEI 1395/13 (POSSIBILITA A CESSÃO DE MAIS UM SERVIDOR PARA A PROHUMI</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2269/req_89_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2269/req_89_2016.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PROJETO DE LEI 23/16</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2270/req_90_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2270/req_90_2016.pdf</t>
   </si>
   <si>
     <t>PRORROGAÇÃO DE PRAZO PARA EMISSÃO DE PARECER DO PROJETO DE LEI 15/16</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2271/req_91_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2271/req_91_2016.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ENERGIA ELÉTRICA NO BAIRRO DO FAU</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2276/req_92_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2276/req_92_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE CONTRATAÇÃO DE GERADOR</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2277/req_93_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2277/req_93_2016.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE RADAR FIXO NA RODOVIA CASEMIRO TEIXEIRA</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2281/req_94_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2281/req_94_2016.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO INDICANDO ACESSO AO BAIRRO</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>Moysés, Italiano, João Biscoito, Joel, Pastor José Fanes, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2282/req_95_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2282/req_95_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A CAMPANHA DO AGASALHO</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2283/req_96_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2283/req_96_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE PRESTAÇÃO DE SERVIÇOS</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2284/req_97_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2284/req_97_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A FALTA DE MERENDA ESCOLAR</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2285/req_98_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2285/req_98_2016.pdf</t>
   </si>
   <si>
     <t>CÓPIAS DE DOCUMENTOS FISCAIS E EMPENHOS</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2286/req_99_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2286/req_99_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE O VELÓRIO MUNICIPAL</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>Ezigomar Pessoa, Junior Baiano, Pablo Pereira, Tiemi, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2292/req_100_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2292/req_100_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA RELAÇÃO DE CARGOS DE CONFIANÇA</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2293/req_101_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2293/req_101_2016.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ENERGIA ELÉTRICA - VILA MATSUDA</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2307/req_102_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2307/req_102_2016.pdf</t>
   </si>
   <si>
     <t>PRORROGAÇÃO DE PRAZO PARA EMISSÃO DE PARECER DO PROJETO DE LEI 24/16</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2308/req_103_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2308/req_103_2016.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE POSTE DE MADEIRA DETERIORADO</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2313/req_104_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2313/req_104_2016.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ENERGIA ELÉTRICA NA VILA KAMAITI</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2316/req_105_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2316/req_105_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE CONVÊNIO PARA IMPLANTAÇÃO DA PRAÇA JARDIM MIRACATU- CAMPO DOS TRABALHADORES</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2317/req_106_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2317/req_106_2016.pdf</t>
   </si>
   <si>
     <t>RELATÓRIOS COM A IMPLANTAÇÃO DO SOFTWARE</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>Joel, Italiano, Marly da Paixão, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2319/req_107_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2319/req_107_2016.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 31/16</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2323/req_108_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2323/req_108_2016.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ENERGIA ELÉTRICA NA RUA PERNAMBUCO- VILA MATSUDA</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2330/req_109_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2330/req_109_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA ORELHÃO PARA O BAIRRO MUSÁCEA</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2342/req_110_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2342/req_110_2016.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE MARGINAL PARA DAR ACESSO A RUA CINCO, BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2361/req_111_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2361/req_111_2016.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE DOIS POSTES DE MADEIRA DETERIORADO- BAIRRO OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2362/req_112_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2362/req_112_2016.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DA RUA SEIS- BAIRRO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2363/req_113_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2363/req_113_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA NOVAMENTE PROVIDENCIAS EM RELAÇÃO A EMEF JARDIM YOLANDA</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2364/req_114_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2364/req_114_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A FALTA DE MATERIAIS</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2365/req_115_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2365/req_115_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A FALTA DE CARNE NO CARDÁPIO ESCOLAR</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2366/req_116_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2366/req_116_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA LISTA DE CONTEMPLADOS PARA INSTALAÇÃO E AQUISIÇÃO DE UNIDADES SANITÁRIAS INDIVIDUAIS</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2369/req_117_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2369/req_117_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A DEVOLUÇÃO DE VALORES AOS COFRES PÚBLICOS</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2371/req_118_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2371/req_118_2016.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIR PLACA DE IDENTIFICAÇÃO DE BAIRRO</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2381/req_119_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2381/req_119_2016.pdf</t>
   </si>
   <si>
     <t>RECOMPOSIÇÃO DA INFLAÇÃO DESDE A CRIAÇÃO  DO AUXILIO ALIMENTAÇÃO AOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2382/req_120_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2382/req_120_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO REPOSIÇÃO SALARIAL AOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2386/req_121_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2386/req_121_2016.pdf</t>
   </si>
   <si>
     <t>ESCLARECIMENTOS SOBRE DENUNCIA DE ATENDIMENTO MÉDICO</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2404/req_122_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2404/req_122_2016.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE MARGINAL PARA DAR ACESSO À RUA CINCO, BAIRRO SANTA RITA</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2405/req_123_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2405/req_123_2016.pdf</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2406/req_124_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2406/req_124_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS EM RELAÇÃO A VAZAMENTO DE ESGOTO- BAIRRO OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2410/req_125_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2410/req_125_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES JUNTO AO DEPARTAMENTO DE TRANSPORTE SOBRE A FALTA DE ÔNIBUS</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2416/req_126_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2416/req_126_2016.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A REFORMA NO POSTO DE SAÚDE  - VISTA GRANDE</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Tiemi, Ezigomar Pessoa, Junior Baiano, Marly da Paixão, Pablo Pereira, Vinícius</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2417/req_127_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2417/req_127_2016.pdf</t>
   </si>
   <si>
     <t>SOLICITA ENCAMINHAMENTOS DE DOCUMENTOS PERTINENTES AO ACIDENTE AUTOMOBILÍSTICO ENVOLVENDO O VEÍCULO OFICIAL DO GABINETE DO PREFEITO</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Joel, Italiano, Moysés, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2445/req_128_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2445/req_128_2016.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 41/16</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2446/req_129_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2446/req_129_2016.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 44/16</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2447/req_130_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2447/req_130_2016.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 43/16</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Italiano, Joel, Moysés, Zé Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2448/req_131_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2448/req_131_2016.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 45/16</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2449/req_132_2016.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2449/req_132_2016.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 42/16</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>MENSAGEM MODIFICATIVA AO PROJETO DE LEI ORÇAMENTÁRIO, NOS TERMOS DO ART. 112, § 2§ DA LOM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -4558,67 +4558,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2413/2413_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2414/2414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2229/2229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2230/2230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2257/2257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2294/2294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2302/2302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2332/2332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2333/2333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2344/2344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2383/2383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2423/2423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2010/ind_01_2016.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2011/ind_02_2016.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2012/moc_03_2016.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2013/ind_04_2016.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2035/ind_05_2016.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2036/ind_06_2016.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2038/ind_07_2016.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2039/ind_08_2016.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2040/ind_09_2016.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2041/ind_10_2016.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2042/ind_11_2016.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2043/ind_12_2016.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2053/ind_13_2016.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2054/ind_14_2016.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2055/ind_15_2016.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2060/ind_16_2016.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2061/ind_17_2016.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2062/ind_18_2016.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2068/ind_19_2016.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2067/ind_20_2016.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2069/ind_21_2016.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2070/ind_22_2016.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2080/ind_23_2016.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2082/ind_24_2016.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2092/ind_25_2016.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2095/ind_26_2016.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2097/ind_27_2016.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2098/ind_28_2016.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2101/ind_29_2016.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2107/ind_30_2016.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2108/ind_31_2016.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2109/ind_32_2016.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2126/ind_33_2016.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2127/ind_34_2016.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2128/ind_35_2016.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2133/ind_36_2016.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2146/ind_37_2016.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2148/ind_38_2016.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2149/ind_39_2016.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2150/ind_40_2016.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2151/ind_41_2016.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2168/ind_42_2016.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2169/ind_43_2016.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2172/ind_44_2016.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2174/ind_45_2016.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2175/ind_46_2016.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2185/ind_47_2016.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2186/ind_48_2016.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2187/ind_49_2016.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2188/ind_50_2016.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2191/ind_51_2016.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2208/ind_52_2016.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2209/ind_53_2016.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2210/ind_54_2016.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2211/ind_55_2016.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2212/ind_56_2016.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2213/ind_57_2016.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2214/ind_58_2016.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2215/ind_59_2016.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2216/ind_60_2016.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2217/ind_61_2016.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2219/ind_62_2016.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2220/ind_63_2016.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2221/ind_64_2016.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2225/ind_65_2016.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2226/ind_66_2016.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2238/ind_67_2016.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2239/ind_68_2016.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2240/ind_69_2016.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2248/ind_70_2016.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2251/ind_71_2016.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2253/ind_72_2016.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2254/ind_73_2016.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2255/ind_74_2016.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2260/ind_75_2016.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2261/ind_76_2016.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2272/ind_77_2016.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2273/ind_78_2016.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2274/ind_79_2016.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2275/ind_80_2016.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2291/ind_81_2016.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2298/ind_82_2016.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2309/ind_83_2016.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2310/ind_84_2016.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2311/ind_85_2016.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2312/ind_86_2016.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2314/ind_87_2016.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2315/ind_88_2016.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2320/ind_89_2016.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2321/ind_90_2016.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2322/ind_91_2016.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2339/ind_92_2016.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2341/ind_93_2016.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2351/ind_94_2016.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2352/ind_95_2016.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2353/ind_96_2016.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2354/ind_97_2016.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2355/ind_98_2016.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2356/ind_99_2016.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2357/ind_100_2016.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2358/ind_101_2016.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2359/ind_102_2016.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2360/ind_103_2016.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2372/ind_104_2016.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2380/ind_105_2016.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2387/ind_106_2016.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2400/ind_107_2016.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2401/ind_108_2016.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2402/ind_109_2016.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2403/ind_110_2016.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2411/ind_111_2016.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2412/ind_112_2016.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2430/ind_113_2016.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2431/ind_114_2016.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2015/moc_01_2016.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2147/moc_02_2016.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2163/moc_03_2016.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2198/moc_04_2016.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2249/moc_05_2016.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2324/moc_06_2016.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2327/moc_07_2016.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2340/moc_08_2016.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2392/moc_09_2016.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2407/moc_10_2016.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2418/moc_11_2016.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2419/moc_12_2016.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2074/2074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2114/2114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2115/2115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2189/2189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2190/2190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2203/2203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2231/2231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2233/2233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2072/2072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2345/2345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2349/2349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2378/2378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2390/2390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2022/2022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2023/2023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2034/2034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2086/2086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2087/2087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2121/2121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2137/2137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2173/2173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2241/2241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2288/2288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2005/2005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2006/2006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2020/2020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2021/2021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2024/2024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2025/2025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2026/2026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2027/2027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2057/2057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2088/2088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2089/2089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2123/2123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2124/2124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2125/2125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2138/2138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2178/2178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2227/2227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2228/2228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2252/2252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2262/2262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2264/2264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2265/2265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2268/2268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2287/2287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2289/2289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2303/2303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2304/2304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2305/2305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2306/2306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2343/2343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2350/2350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2377/2377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2388/2388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2391/2391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2408/2408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2409/2409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2415/2415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2427/2427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2434/2434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2436/2436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2437/2437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2438/2438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2156/2156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2263/2263_texto_integral.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2326/2326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2139/2139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2250/2250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2003/req_01_2016.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2004/req_02_2016.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2007/req_03_2016.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2008/req_04_2016.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2009/req_05_2016.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2016/req_06_2016.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2017/req_07_2016.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2046/req_08_2016.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2045/req_09_2016.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2047/req_10_2016.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2048/req_11_2016.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2049/req_12_2016.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2050/req_13_2016.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2051/req_14_2016.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2052/req_15_2016.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2058/req_16_2016.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2059/req_17_2016.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2063/req_18_2016.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2064/req_19_2016.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2065/req_20_2016.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2071/req_21_2016.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2079/req_22_2016.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2078/req_23_2016.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2081/req_24_2016.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2085/req_25_2016.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2090/req_26_2016.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2091/req_27_2016.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2102/req_28_2016.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2103/req_29_2016.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2104/req_30_2016.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2110/req_31_2016.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2111/req_32_2016.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2112/req_33_2016.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2113/req_34_2016.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2122/req_35_2016.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2129/req_36_2016.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2130/req_37_2016.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2132/req_38_2016.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2134/req_39_2016.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2140/req_40_2016.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2141/req_41_2016.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2142/req_42_2016.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2143/req_43_2016.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2144/req_44_2016.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2145/req_45_2016.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2152/req_46_2016.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2153/req_47_2016.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2154/req_48_2016.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2157/req_49_2016.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2158/req_50_2016.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2159/req_51_2016.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2160/req_52_2016.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2161/req_53_2016.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2162/req_54_2016.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2166/req_55_2016.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2167/req_56_2016.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2170/req_57_2016.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2171/req_58_2016.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2192/req_59_2016.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2193/req_60_2016.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2194/req_61_2016.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2195/req_62_2016.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2196/req_63_2016.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2197/req_64_2016.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2199/req_65_2016.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2200/req_66_2016.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2201/req_67_2016.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2202/req_68_2016.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2204/req_69_2016.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2205/req_70_2016.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2206/req_71_2016.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2207/req_72_2016.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2218/req_73_2016.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2222/req_74_2016.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2223/req_75_2016.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2224/req_76_2016.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2234/req_77_2016.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2235/req_78_2016.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2236/req_79_2016.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2237/req_80_2016.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2242/req_81_2016.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2243/req_82_2016.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2244/req_83_2016.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2245/req_84_2016.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2246/req_85_2016.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2247/req_86_2016.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2256/req_87_2016.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2266/req_88_2016.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2269/req_89_2016.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2270/req_90_2016.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2271/req_91_2016.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2276/req_92_2016.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2277/req_93_2016.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2281/req_94_2016.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2282/req_95_2016.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2283/req_96_2016.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2284/req_97_2016.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2285/req_98_2016.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2286/req_99_2016.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2292/req_100_2016.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2293/req_101_2016.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2307/req_102_2016.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2308/req_103_2016.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2313/req_104_2016.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2316/req_105_2016.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2317/req_106_2016.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2319/req_107_2016.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2323/req_108_2016.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2330/req_109_2016.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2342/req_110_2016.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2361/req_111_2016.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2362/req_112_2016.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2363/req_113_2016.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2364/req_114_2016.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2365/req_115_2016.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2366/req_116_2016.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2369/req_117_2016.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2371/req_118_2016.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2381/req_119_2016.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2382/req_120_2016.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2386/req_121_2016.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2404/req_122_2016.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2405/req_123_2016.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2406/req_124_2016.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2410/req_125_2016.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2416/req_126_2016.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2417/req_127_2016.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2445/req_128_2016.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2446/req_129_2016.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2447/req_130_2016.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2448/req_131_2016.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2449/req_132_2016.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2413/2413_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2414/2414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2229/2229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2230/2230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2257/2257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2294/2294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2302/2302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2332/2332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2333/2333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2344/2344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2383/2383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2423/2423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2010/ind_01_2016.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2011/ind_02_2016.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2012/moc_03_2016.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2013/ind_04_2016.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2035/ind_05_2016.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2036/ind_06_2016.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2038/ind_07_2016.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2039/ind_08_2016.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2040/ind_09_2016.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2041/ind_10_2016.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2042/ind_11_2016.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2043/ind_12_2016.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2053/ind_13_2016.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2054/ind_14_2016.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2055/ind_15_2016.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2060/ind_16_2016.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2061/ind_17_2016.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2062/ind_18_2016.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2068/ind_19_2016.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2067/ind_20_2016.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2069/ind_21_2016.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2070/ind_22_2016.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2080/ind_23_2016.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2082/ind_24_2016.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2092/ind_25_2016.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2095/ind_26_2016.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2097/ind_27_2016.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2098/ind_28_2016.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2101/ind_29_2016.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2107/ind_30_2016.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2108/ind_31_2016.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2109/ind_32_2016.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2126/ind_33_2016.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2127/ind_34_2016.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2128/ind_35_2016.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2133/ind_36_2016.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2146/ind_37_2016.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2148/ind_38_2016.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2149/ind_39_2016.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2150/ind_40_2016.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2151/ind_41_2016.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2168/ind_42_2016.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2169/ind_43_2016.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2172/ind_44_2016.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2174/ind_45_2016.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2175/ind_46_2016.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2185/ind_47_2016.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2186/ind_48_2016.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2187/ind_49_2016.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2188/ind_50_2016.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2191/ind_51_2016.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2208/ind_52_2016.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2209/ind_53_2016.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2210/ind_54_2016.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2211/ind_55_2016.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2212/ind_56_2016.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2213/ind_57_2016.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2214/ind_58_2016.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2215/ind_59_2016.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2216/ind_60_2016.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2217/ind_61_2016.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2219/ind_62_2016.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2220/ind_63_2016.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2221/ind_64_2016.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2225/ind_65_2016.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2226/ind_66_2016.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2238/ind_67_2016.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2239/ind_68_2016.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2240/ind_69_2016.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2248/ind_70_2016.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2251/ind_71_2016.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2253/ind_72_2016.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2254/ind_73_2016.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2255/ind_74_2016.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2260/ind_75_2016.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2261/ind_76_2016.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2272/ind_77_2016.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2273/ind_78_2016.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2274/ind_79_2016.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2275/ind_80_2016.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2291/ind_81_2016.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2298/ind_82_2016.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2309/ind_83_2016.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2310/ind_84_2016.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2311/ind_85_2016.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2312/ind_86_2016.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2314/ind_87_2016.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2315/ind_88_2016.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2320/ind_89_2016.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2321/ind_90_2016.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2322/ind_91_2016.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2339/ind_92_2016.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2341/ind_93_2016.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2351/ind_94_2016.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2352/ind_95_2016.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2353/ind_96_2016.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2354/ind_97_2016.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2355/ind_98_2016.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2356/ind_99_2016.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2357/ind_100_2016.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2358/ind_101_2016.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2359/ind_102_2016.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2360/ind_103_2016.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2372/ind_104_2016.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2380/ind_105_2016.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2387/ind_106_2016.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2400/ind_107_2016.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2401/ind_108_2016.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2402/ind_109_2016.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2403/ind_110_2016.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2411/ind_111_2016.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2412/ind_112_2016.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2430/ind_113_2016.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2431/ind_114_2016.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2015/moc_01_2016.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2147/moc_02_2016.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2163/moc_03_2016.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2198/moc_04_2016.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2249/moc_05_2016.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2324/moc_06_2016.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2327/moc_07_2016.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2340/moc_08_2016.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2392/moc_09_2016.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2407/moc_10_2016.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2418/moc_11_2016.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2419/moc_12_2016.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2074/2074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2114/2114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2115/2115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2189/2189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2190/2190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2203/2203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2231/2231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2233/2233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2072/2072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2345/2345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2349/2349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2378/2378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2390/2390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2022/2022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2023/2023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2034/2034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2086/2086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2087/2087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2121/2121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2137/2137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2173/2173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2241/2241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2288/2288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2005/2005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2006/2006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2020/2020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2021/2021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2024/2024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2025/2025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2026/2026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2027/2027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2057/2057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2088/2088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2089/2089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2123/2123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2124/2124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2125/2125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2138/2138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2178/2178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2227/2227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2228/2228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2252/2252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2262/2262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2264/2264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2265/2265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2268/2268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2287/2287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2289/2289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2303/2303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2304/2304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2305/2305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2306/2306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2343/2343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2350/2350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2377/2377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2388/2388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2391/2391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2408/2408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2409/2409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2415/2415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2427/2427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2434/2434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2436/2436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2437/2437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2438/2438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2156/2156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2263/2263_texto_integral.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2326/2326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2139/2139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2016/2250/2250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2003/req_01_2016.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2004/req_02_2016.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2007/req_03_2016.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2008/req_04_2016.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2009/req_05_2016.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2016/req_06_2016.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2017/req_07_2016.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2046/req_08_2016.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2045/req_09_2016.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2047/req_10_2016.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2048/req_11_2016.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2049/req_12_2016.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2050/req_13_2016.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2051/req_14_2016.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2052/req_15_2016.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2058/req_16_2016.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2059/req_17_2016.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2063/req_18_2016.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2064/req_19_2016.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2065/req_20_2016.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2071/req_21_2016.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2079/req_22_2016.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2078/req_23_2016.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2081/req_24_2016.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2085/req_25_2016.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2090/req_26_2016.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2091/req_27_2016.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2102/req_28_2016.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2103/req_29_2016.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2104/req_30_2016.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2110/req_31_2016.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2111/req_32_2016.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2112/req_33_2016.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2113/req_34_2016.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2122/req_35_2016.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2129/req_36_2016.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2130/req_37_2016.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2132/req_38_2016.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2134/req_39_2016.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2140/req_40_2016.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2141/req_41_2016.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2142/req_42_2016.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2143/req_43_2016.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2144/req_44_2016.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2145/req_45_2016.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2152/req_46_2016.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2153/req_47_2016.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2154/req_48_2016.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2157/req_49_2016.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2158/req_50_2016.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2159/req_51_2016.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2160/req_52_2016.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2161/req_53_2016.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2162/req_54_2016.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2166/req_55_2016.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2167/req_56_2016.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2170/req_57_2016.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2171/req_58_2016.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2192/req_59_2016.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2193/req_60_2016.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2194/req_61_2016.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2195/req_62_2016.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2196/req_63_2016.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2197/req_64_2016.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2199/req_65_2016.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2200/req_66_2016.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2201/req_67_2016.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2202/req_68_2016.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2204/req_69_2016.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2205/req_70_2016.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2206/req_71_2016.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2207/req_72_2016.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2218/req_73_2016.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2222/req_74_2016.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2223/req_75_2016.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2224/req_76_2016.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2234/req_77_2016.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2235/req_78_2016.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2236/req_79_2016.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2237/req_80_2016.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2242/req_81_2016.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2243/req_82_2016.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2244/req_83_2016.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2245/req_84_2016.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2246/req_85_2016.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2247/req_86_2016.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2256/req_87_2016.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2266/req_88_2016.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2269/req_89_2016.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2270/req_90_2016.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2271/req_91_2016.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2276/req_92_2016.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2277/req_93_2016.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2281/req_94_2016.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2282/req_95_2016.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2283/req_96_2016.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2284/req_97_2016.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2285/req_98_2016.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2286/req_99_2016.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2292/req_100_2016.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2293/req_101_2016.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2307/req_102_2016.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2308/req_103_2016.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2313/req_104_2016.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2316/req_105_2016.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2317/req_106_2016.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2319/req_107_2016.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2323/req_108_2016.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2330/req_109_2016.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2342/req_110_2016.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2361/req_111_2016.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2362/req_112_2016.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2363/req_113_2016.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2364/req_114_2016.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2365/req_115_2016.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2366/req_116_2016.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2369/req_117_2016.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2371/req_118_2016.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2381/req_119_2016.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2382/req_120_2016.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2386/req_121_2016.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2404/req_122_2016.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2405/req_123_2016.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2406/req_124_2016.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2410/req_125_2016.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2416/req_126_2016.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2417/req_127_2016.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2445/req_128_2016.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2446/req_129_2016.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2447/req_130_2016.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2448/req_131_2016.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2016/2449/req_132_2016.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H427"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="145.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>