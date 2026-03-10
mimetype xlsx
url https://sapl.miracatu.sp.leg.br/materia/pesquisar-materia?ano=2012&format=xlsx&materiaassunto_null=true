--- v0 (2025-10-22)
+++ v1 (2026-03-10)
@@ -51,1143 +51,1143 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EP</t>
   </si>
   <si>
     <t>Emendas a Projetos</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/</t>
   </si>
   <si>
     <t>MODIFICA O ART. 2º DO PROJETO DE LEI 30/12</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/203/203_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUI O ARTIGO 3º DO PROJETO DE LEI 32/12, ACRESCENTANDO R$ 200.000,00 AO ORÇAMENTO DA CÂMARA</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/204/204_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUI O INCISO III DO ARTIGO 4º DO PROJETO DE LEI Nº 32/12, REDUZINDO O PERCENTUAL AUTORIZATIVO DE SUPLEMENTAÇÃO</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/217/217_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA  AO PR 07/12 - ACRESCENTA CAPITULO AO REGIMENTO INTERNO INSTITUINDO A TRIBUNA LIVRE</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Anita</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/6/ind_01_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/6/ind_01_2012.pdf</t>
   </si>
   <si>
     <t>PODA DE ÁRVORES NA PRACINHA DA RUA GETULIO VARGAS, EM PEDRO BARROS.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/7/ind_02_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/7/ind_02_2012.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇADA NO ENTORNO DA ESCOLA ESTADUAL DE PEDRO BARROS.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Marly da Paixão</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/8/ind_03_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/8/ind_03_2012.pdf</t>
   </si>
   <si>
     <t>REPAROS EM GUARITA DE ÔNIBUS</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/9/ind_04_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/9/ind_04_2012.pdf</t>
   </si>
   <si>
     <t>GUARITA PARA PASSAGEIROS DA MITRA</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/10/ind_05_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/10/ind_05_2012.pdf</t>
   </si>
   <si>
     <t>NOVA ROÇADA NA ESTRADA DA SERRA DO MORAES ATÉ A ENTRADA DA MITRA</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/11/ind_06_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/11/ind_06_2012.pdf</t>
   </si>
   <si>
     <t>REFORMA DO POSTINHO DE SAÚDE DA VISTA GRANDE</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Professor Mauro, Ezigomar Pessoa</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/12/ind_07_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/12/ind_07_2012.pdf</t>
   </si>
   <si>
     <t>REPAROS NA ESTRADA DO BEIRA RIO EM FRENTE A CASA DA CRISTIANE (TEKA)</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Dona Nina</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/13/ind_08_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/13/ind_08_2012.pdf</t>
   </si>
   <si>
     <t>REPAROS NA ESTRADA QUE LIGA OLIVEIRA BARROS À JARDIM ALVORADA</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/15/ind_09_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/15/ind_09_2012.pdf</t>
   </si>
   <si>
     <t>REPAROS NA ESTRADA QUE LIGA OLIVEIRA BARROS À BIGUAZINHO</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/16/ind_10_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/16/ind_10_2012.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE TERRENO DA PREFEITURA AO LADO DA CRECHE BONS AMIGUINHOS - BAIRRO OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/17/ind_11_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/17/ind_11_2012.pdf</t>
   </si>
   <si>
     <t>LUMINÁRIAS PARA A RUA 5 E RUA 9, BAIRRO DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/18/ind_12_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/18/ind_12_2012.pdf</t>
   </si>
   <si>
     <t>COLETA DE LIXO NA RUA TRÊS DA SERRINHA &amp;#8211; BAIRRO OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/19/ind_13_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/19/ind_13_2012.pdf</t>
   </si>
   <si>
     <t>FAZER GESTÕES JUNTO À SABESP PARA SOLUCIONAR PROBLEMAS.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Elvis do Leite, Trucão</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/20/ind_14_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/20/ind_14_2012.pdf</t>
   </si>
   <si>
     <t>ATERRO NA VILA DO BIGUAZINHO</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Elvis do Leite</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/22/ind_15_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/22/ind_15_2012.pdf</t>
   </si>
   <si>
     <t>COLETA DE LIXO PARA O BAIRRO BRANGEL</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/23/ind_16_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/23/ind_16_2012.pdf</t>
   </si>
   <si>
     <t>RASPAS DE ASFALTO PARA ESTRADA DO BAIRRO PANELAS</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/24/ind_17_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/24/ind_17_2012.pdf</t>
   </si>
   <si>
     <t>ACESSIBILIDADE AOS DEFICIENTES FÍSICOS E IDOSOS AO PRONTO SOCORRO</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/25/ind_18_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/25/ind_18_2012.pdf</t>
   </si>
   <si>
     <t>LIMPEZA AO REDOR DA CRECHE CIRANDA-BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Romilson</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/26/ind_19_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/26/ind_19_2012.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DA LINHA DE ÔNIBUS PARA O BAIRRO SAN REMO E MONO</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/27/ind_20_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/27/ind_20_2012.pdf</t>
   </si>
   <si>
     <t>REABERTURA DA ESTRADA ANTIGA DR &amp;#8211; DO PONTO DO BAIRRO DA VILA FORMOSA ATÉ BIGUÁ.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/34/ind_21_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/34/ind_21_2012.pdf</t>
   </si>
   <si>
     <t>BUSTO AO SR. PAULO DE CASTRO LARAGNOIT</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Ezigomar Pessoa</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/35/ind_22_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/35/ind_22_2012.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E ROÇADA NAS RUAS DO BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/36/ind_23_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/36/ind_23_2012.pdf</t>
   </si>
   <si>
     <t>TUBULAÇÃO NA RUA PIXINGUINHA BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/37/ind_24_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/37/ind_24_2012.pdf</t>
   </si>
   <si>
     <t>DEMARCAÇÃO DE FAIXA DE ESTACIONAMENTO DE VEÍCULO DE PORTADORES DE NECESSIDADE ESPECIAIS E DE IDOSOS</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/38/ind_25_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/38/ind_25_2012.pdf</t>
   </si>
   <si>
     <t>ASFALTO PARA A RUA SYLAS B. ARAÚJO, A PARTIR DA SECRETARIA DA EDUCAÇÃO</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/39/ind_26_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/39/ind_26_2012.pdf</t>
   </si>
   <si>
     <t>ASFALTO A RUA DE ACESSO A ESCOLA MARIA JOSÉ MORAES DE CARVALHO.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/40/ind_27_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/40/ind_27_2012.pdf</t>
   </si>
   <si>
     <t>ORIENTAÇÕES AOS MOTORISTAS-INTERSUL.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/41/ind_28_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/41/ind_28_2012.pdf</t>
   </si>
   <si>
     <t>MURO OU ALAMBRADO NA ESCOLA MARIA JOSÉ MORAES DE CARVALHO.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/42/ind_29_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/42/ind_29_2012.pdf</t>
   </si>
   <si>
     <t>PINTURAS NAS LOMBADAS E FAIXAS DE PEDESTRES.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/43/ind_30_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/43/ind_30_2012.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DE RUAS DO BAIRRO DO ENGANO.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/44/ind_31_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/44/ind_31_2012.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DE RUAS DO BAIRRO JARDIM ALVORADA.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/45/ind_32_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/45/ind_32_2012.pdf</t>
   </si>
   <si>
     <t>REPAROS NA ESTRADA DA SERRARIA</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/46/ind_33_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/46/ind_33_2012.pdf</t>
   </si>
   <si>
     <t>VIGIA PARA EMEF DO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/47/ind_34_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/47/ind_34_2012.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO E SINALIZAÇÃO NA VIA MARGINAL DE ACESSO A CIDADE</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/48/ind_35_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/48/ind_35_2012.pdf</t>
   </si>
   <si>
     <t>CALÇADA PARA TRECHO DEFRONTE A AGÊNCIA DO INSS</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/49/ind_36_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/49/ind_36_2012.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA PARA A RUA VEREADOR ALVARO AUGUSTO DA SILVA</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/50/ind_37_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/50/ind_37_2012.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DE ESCADÃO</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/51/ind_38_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/51/ind_38_2012.pdf</t>
   </si>
   <si>
     <t>REPAROS NA RUA DR. WALDEMAR LOPES FERRAZ.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/52/ind_39_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/52/ind_39_2012.pdf</t>
   </si>
   <si>
     <t>REPAROS NA REDE DE ESGOTO NA AVENIDA DA SAUDADE NA ALTURA DO INSTITUTO LOGOS.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/53/ind_40_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/53/ind_40_2012.pdf</t>
   </si>
   <si>
     <t>FAIXA PARA TRAVESSIA DE PEDESTRE EM FRENTE AO INSTITUTO LOGOS.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/54/ind_41_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/54/ind_41_2012.pdf</t>
   </si>
   <si>
     <t>DEMOLIÇÃO DA CONSTRUÇÃO ABANDONADA NA AVENIDA DA SAUDADE, EM FRENTE À PADARIA DO MANOLO.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Professor Mauro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/57/ind_42_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/57/ind_42_2012.pdf</t>
   </si>
   <si>
     <t>RECONSTRUÇÃO DAS CALÇADAS NA AVENIDA DA SAUDADE NA ALTURA DA PADARIA DO MANOLO ATÉ A ESCOLA POETA.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/58/ind_43_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/58/ind_43_2012.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA NOEL ROSA &amp;#8211; BAIRRO JARDIM YOLANDA.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/59/ind_44_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/59/ind_44_2012.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PRAÇA DE LAZER BAIRRO JARDIM YOLANDA.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/60/ind_45_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/60/ind_45_2012.pdf</t>
   </si>
   <si>
     <t>COLETA DE LIXO PARA O BAIRRO RIBEIRÃO BONITO</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/61/ind_46_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/61/ind_46_2012.pdf</t>
   </si>
   <si>
     <t>NOVA ROÇADA NA ESTRADA DA SERRA DO MORAES</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>João Biscoito</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/62/ind_47_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/62/ind_47_2012.pdf</t>
   </si>
   <si>
     <t>ROÇADA NAS RUAS DE SANTA RITA, ESTRADA DO KIRI E DO TANAKA</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/63/ind_48_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/63/ind_48_2012.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO EM BAIXO DA PONTE DO RIO SÃO LOURENCINHO &amp;#8211; BAIRRO PEDRA DO LARGO</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/64/ind_49_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/64/ind_49_2012.pdf</t>
   </si>
   <si>
     <t>TROCA DOS BANCOS DE MADEIRA DAS SALAS DO VELÓRIO MUNICIPAL</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/65/ind_50_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/65/ind_50_2012.pdf</t>
   </si>
   <si>
     <t>CAMINHÕES DE PEDRAS PARA A ESTRADA DA TEAGEM II &amp;#8211; ANTIGO LIXÃO.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/66/ind_51_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/66/ind_51_2012.pdf</t>
   </si>
   <si>
     <t>UTILIZAÇÃO DO ABRIGO EM SANTA RITA DO RIBEIRA</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/67/ind_52_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/67/ind_52_2012.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PARA A RUA DE ACESSO A ESCOLA MARIA JOSÉ MORAES DE CARVALHO- RIBEIRÃO BONITO.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Trucão</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/68/ind_53_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/68/ind_53_2012.pdf</t>
   </si>
   <si>
     <t>REAJUSTE DO VALE ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/69/ind_54_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/69/ind_54_2012.pdf</t>
   </si>
   <si>
     <t>GUARITA PARA PASSAGEIROS NO BAIRRO BARRA FUNDA.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/70/ind_55_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/70/ind_55_2012.pdf</t>
   </si>
   <si>
     <t>MELHORIAS PARA O CAMPO DE FUTEBOL DA VISTA GRANDE.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/71/ind_56_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/71/ind_56_2012.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO PARA O TRECHO DA ESTRADA PÉ DE GALINHA - BAIRRO VISTA GRANDE.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Romilson, Ezigomar Pessoa</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/72/ind_57_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/72/ind_57_2012.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E REPAROS NO CAMPO DO BAIRRO DO JARDIM YOLANDA.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/73/ind_58_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/73/ind_58_2012.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E REFORMA NA CONCHA ACÚSTICA</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/74/ind_59_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/74/ind_59_2012.pdf</t>
   </si>
   <si>
     <t>PLACA DE VELOCIDADE PERMITIDA EM FRENTE À CRECHE EM OLIVEIRA BARROS.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/75/ind_60_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/75/ind_60_2012.pdf</t>
   </si>
   <si>
     <t>REFORMA E MANUTENÇÃO NO CAMPO DOS TRABALHADORES</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/76/ind_61_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/76/ind_61_2012.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NAS RUAS DO JARDIM MIRACATU E JARDIM FRANCISCA</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/77/ind_62_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/77/ind_62_2012.pdf</t>
   </si>
   <si>
     <t>ABRIGO NO KM 373 BR 116 &amp;#8211; NOS DOIS SENTIDOS.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/78/ind_63_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/78/ind_63_2012.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE DECIBELÍMETRO PARA DOAÇÃO A POLICIA MILITAR DE MIRACATU.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/79/ind_64_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/79/ind_64_2012.pdf</t>
   </si>
   <si>
     <t>RESTAURAÇÃO DO ACERVO DO MUSEU MUNICIPAL.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/80/ind_65_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/80/ind_65_2012.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PARA RUA SÃO LUIZ - BAIRRO BIGUÁ.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/81/ind_66_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/81/ind_66_2012.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E LIMPEZA DE VALAS NA ESTRADA DO PICA-PAU</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/82/ind_67_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/82/ind_67_2012.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DE RUAS EM SANTA RITA DO RIBEIRA</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/83/ind_68_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/83/ind_68_2012.pdf</t>
   </si>
   <si>
     <t>LUMINÁRIAS NAS RUAS DE SANTA RITA DO RIBEIRA</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/84/ind_69_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/84/ind_69_2012.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NA VILA AURORA - EM FRENTE AO POSTO 150</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/85/ind_70_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/85/ind_70_2012.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E ILUMINAÇÃO NO ESCADÃO DO MORRO DA SUDELPA</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/86/ind_71_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/86/ind_71_2012.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DE RUAS DO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/87/ind_72_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/87/ind_72_2012.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DE RUAS DO BAIRRO JARDIM YOLANDA</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/88/ind_73_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/88/ind_73_2012.pdf</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DO PRÉDIO DA ANTIGA ESCOLA MUNICIPAL- BAIRRO MELA MICO</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/89/ind_74_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/89/ind_74_2012.pdf</t>
   </si>
   <si>
     <t>LOMBADAS PARA A AVENIDA WASHINGTON LUIZ</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/90/ind_75_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/90/ind_75_2012.pdf</t>
   </si>
   <si>
     <t>LUMINÁRIAS PARA A RUA JOSÉ KOWALES</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/91/ind_76_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/91/ind_76_2012.pdf</t>
   </si>
   <si>
     <t>LUMINÁRIAS PARA A RUA FRANCISCO ALVES-JARDIM YOLANDA</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/92/ind_77_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/92/ind_77_2012.pdf</t>
   </si>
   <si>
     <t>REPARO NO TRECHO DA ESTRADA CONHECIDO COMO &amp;#8220;CURVA DO CAVALO&amp;#8221; , SENTIDO VISTA GRANDE.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/93/ind_78_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/93/ind_78_2012.pdf</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/94/ind_79_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/94/ind_79_2012.pdf</t>
   </si>
   <si>
     <t>BICOS DE LUZ PARA A RUA MAC FARLANE</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/95/ind_80_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/95/ind_80_2012.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA EM RUAS DO CENTRO</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/96/ind_81_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/96/ind_81_2012.pdf</t>
   </si>
   <si>
     <t>ESCOLA MUNICIPAL DE ARTES</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/97/ind_82_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/97/ind_82_2012.pdf</t>
   </si>
   <si>
     <t>REGULAMENTAÇÃO DE ESTACIONAMENTO NA AVENIDA EVARISTA DE CASTRO</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/179/ind_83_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/179/ind_83_2012.pdf</t>
   </si>
   <si>
     <t>AR CONDICIONADO PARA A FARMÁCIA</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/189/ind_84_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/189/ind_84_2012.pdf</t>
   </si>
   <si>
     <t>REGULAMENTAÇÃO DA LEI DO SIM - SERVIÇO DE INSPEÇÃO MUNICIPAL</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/200/ind_85_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/200/ind_85_2012.pdf</t>
   </si>
   <si>
     <t>CANALIZAÇÃO DE CÓRREGO E ALARGAMENTO DE ESTRADA DA NOSSA FAZENDA - JARAÇATIÁ</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/209/ind_86_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/209/ind_86_2012.pdf</t>
   </si>
   <si>
     <t>POLÍCIA MILITAR - INTENSIFICAÇÕES DE RONDAS NO SALTO DE BIGUÁ</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/210/ind_87_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/210/ind_87_2012.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS SOBRE ESTACIONAMENTO EM FRENTE AO CEMITÉRIO DO CENTRO "RECANTO DA PAZ".</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/211/ind_88_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/211/ind_88_2012.pdf</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/212/ind_89_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/212/ind_89_2012.pdf</t>
   </si>
   <si>
     <t>PLACA DE INDICAÇÃO DO BAIRRO VILA UBIRAJARA</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>Ezigomar Pessoa, Dona Nina</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/220/ind_90_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/220/ind_90_2012.pdf</t>
   </si>
   <si>
     <t>REPAROS  NA REDE ELÉTRICA NA VILA SERRINHA</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/221/ind_91_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/221/ind_91_2012.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E DENOMINAÇÃO DE QUADRA DE BOCHA</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Anita, Professor Mauro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/182/moc_01_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/182/moc_01_2012.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;CONGRATULAÇOES ÀS ESCOLAS ESTADUAIS &amp;#8221;</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>Ezigomar Pessoa, Elvis do Leite</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/183/moc_02_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/183/moc_02_2012.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES A POLICIAIS MILITARES DE MIRACATU</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/184/moc_03_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/184/moc_03_2012.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES A ESTUDANTES DA ESCOLA ESTADUAL MARIA JOSÉ MORAES DE CARVALHO</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/192/moc_04_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/192/moc_04_2012.pdf</t>
   </si>
   <si>
     <t>APOIO A REQUERIMENTO DA CÂMARA MUNICIPAL  DA ILHA COMPRIDA, REFERENTE A TELEFONIA MÓVEL</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/193/moc_05_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/193/moc_05_2012.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO EX-PREFEITO DE JUQUIÁ, QUINCO SOARES</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/194/moc_06_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/194/moc_06_2012.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO INSTRUTOR DE JIU-JITSU MAURO JOSÉ FAGUNDES</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/195/moc_07_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/195/moc_07_2012.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO PROFESSOR DE JUDÔ THIAGO MORAIS</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/196/moc_08_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/196/moc_08_2012.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES À SOCIEDADE ESPORTIVA BAVÁRIA</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/197/moc_09_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/197/moc_09_2012.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO VER.NORBERTO YASSUSHI OYAKAWA</t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/4554/moc_10_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/4554/moc_10_2012.pdf</t>
   </si>
   <si>
     <t>congratulações a Cristiane Aparecida de Moraes Leite Carvalho</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PROJETO DE LEI Nº 30/12</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/213/213_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PR 06/12 - ALTERA ARTIGOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MIRACATU/SP</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/216/216_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PR 07/12- ACRESCENTA ARTIGO NO REGIMENTO INTERNO INSTITUINDO A TRIBUNA LIVRE COM APRESENTAÇÃO DE EMENDAS</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/215/215_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PDL 09/12 - TITULO DE CIDADÃ HONORÁRIA A SRA. ADEMILDA PEREIRA MOREIRA SUYAMA</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/208/208_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAVORÁVEL AO PROJETO DE LEI 37/12 REFERENTE AO CONSELHO DE ASSOCIAÇÕES COMUNITÁRIAS</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa</t>
   </si>
   <si>
     <t>AUTORIZA DESPESA DE VIAGEM DE VEREADORES MIRINS</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/206/206_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ HONORÁRIA A ADEMILDA PEREIRA SUYAMA</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Déa Fátima Moreira da Silva</t>
   </si>
   <si>
     <t>TRANSIÇÃO DEMOCRÁTICA DE GOVERNO</t>
   </si>
   <si>
     <t>4539</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
@@ -1215,925 +1215,925 @@
   <si>
     <t>AUTORIZA PARCELAMENTO DE DÍVIDA COM O PASEP NO VALOR DE R$ 292.005,51</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>AUTORIZA PARCELAMENTO DE DÍVIDA COM O PASEP NO VALOR DE R$ 929.603,15</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>SUPLEMENTAÇÃO ORÇAMENTARIA EM DOTAÇÃO DO PODER LEGISLATIVO</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESAFETAÇÃO DE RUAS NO PERÍODO DE 14 A 18 DE NOVEMBRO PARA USO DA 4ª EXPOMIRA</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/187/187_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO COMUNITÁRIO DE ASSOCIAÇÕES DE BAIRRO</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DOTAÇÃO ORCAMENTARIA DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA DO EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/205/205_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE FUNDO MUNICIPAL DE INCENTIVO COMUNITÁRIO</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>ORÇAMENTO SUPLEMENTAÇÃO</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>DISPÕE SOBRE  AUTORIZAÇÃO PARA CONCESSÃO DE REPARCELAMENTO ESPECIAL DE DÉBITO A ENTIDADE PROHUMI DE MIRACATU E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DOTAÇÃO ORÇAMENTÁRIA </t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/201/201_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS DO REGIMENTO INTERNO REFERENTE A ELEIÇÃO DA MESA DIRETORA</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>Romilson, Anita, Trucão</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/202/202_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA ARTIGO NO REGIMETO INTERNO INSTITUINDO A TRIBUNA LIVRE</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Anita, Dona Nina, Elvis do Leite, Ezigomar Pessoa, João Biscoito, Marly da Paixão, Professor Mauro, Romilson, Trucão</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/98/ind_01_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/98/ind_01_2012.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DA REVISÃO SALARIAL DOS SERVIDORES PÚBLICOS AOS CONSELHEIROS TUTELARES &amp;#8211; RETROATIVO A JANEIRO</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/99/req_02_20121.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/99/req_02_20121.pdf</t>
   </si>
   <si>
     <t>SERVIÇOS DE TELEFONIA SPEEDY PARA O DISTRITO DE PEDRO BARROS</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/101/req_03_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/101/req_03_2012.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ENERGIA ELÉTRICA E LUMINÁRIAS NO ACESSO QUE LIGA A REGIS BITTENCOURT AO BAIRRO DE PEDRO BARROS</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Romilson, Trucão</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/102/req_04_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/102/req_04_2012.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A REFORMA E AMPLIAÇÃO DA ESCOLA DO MORAES</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/103/req_05_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/103/req_05_2012.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE ATA.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/104/req_06_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/104/req_06_2012.pdf</t>
   </si>
   <si>
     <t>RETIRADA E ARQUIVAMENTO DO PROJETO DE LEI Nº 26/11</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/105/req_07_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/105/req_07_2012.pdf</t>
   </si>
   <si>
     <t>MARGINAL JUNTO AO POSTO 150 DO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/106/req_08_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/106/req_08_2012.pdf</t>
   </si>
   <si>
     <t>LINHA DE TELEFONE PARA A CRECHE CIRANDA-JARDIM YOLANDA</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/107/req_09_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/107/req_09_2012.pdf</t>
   </si>
   <si>
     <t>REABERTURA DE INSCRIÇÃO PARA O AUXÍLIO TRANSPORTE UNIVERSITÁRIO .</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/108/req_10_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/108/req_10_2012.pdf</t>
   </si>
   <si>
     <t>PLANO DE CARREIRA DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/109/req_11_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/109/req_11_2012.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE AUXÍLIO ALIMENTAÇÃO AOS CONSELHEIROS TUTELARES</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/110/req_12_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/110/req_12_2012.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE TELEFONIA MÓVEL E FIXA-BAIRRO VISTA GRANDE</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/111/req_13_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/111/req_13_2012.pdf</t>
   </si>
   <si>
     <t>FALTA DE TRANSPORTE NO BAIRRO SAN REMO E MONO</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/112/req_14_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/112/req_14_2012.pdf</t>
   </si>
   <si>
     <t>REFERENTE A INTERNET PARA MIRACATU</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Trucão, João Biscoito</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/113/req_15_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/113/req_15_2012.pdf</t>
   </si>
   <si>
     <t>RETIRADA E ARQUIVAMENTO DO PROJETO DE LEI Nº 31/11</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/115/req_16_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/115/req_16_2012.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA HORACIO ANCIÃES</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/116/req_17_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/116/req_17_2012.pdf</t>
   </si>
   <si>
     <t>PREVISÃO DE ABERTURA DE AGÊNCIA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/117/req_18_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/117/req_18_2012.pdf</t>
   </si>
   <si>
     <t>SISTEMA VIÁRIO DE TRÂNSITO.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/118/req_19_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/118/req_19_2012.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ÁGUA NA RUA VINÍCIUS DE MORAES - JARDIM YOLANDA</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/119/req_20_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/119/req_20_2012.pdf</t>
   </si>
   <si>
     <t>UTILIZAÇÃO DE COMPUTADORES DA REDE MUNICIPAL</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/120/req_21_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/120/req_21_2012.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES QUANTO AO NUMERO DE ALUNOS ATENDIDOS PELA APAE</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/121/req_22_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/121/req_22_2012.pdf</t>
   </si>
   <si>
     <t>SOLICITA CRIAÇÃO DE CARGOS DE AUXILIAR DE ENSINO  DE EDUCAÇÃO ESPECIAL E CUIDADOR DE  PESSOAS NO QUADRO DE MAGISTÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/122/req_23_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/122/req_23_2012.pdf</t>
   </si>
   <si>
     <t>ESCLARECIMENTOS SOBRE EQUIPAMENTO DE COLETA SELETIVA.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/123/req_24_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/123/req_24_2012.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ENVELOPES PARA EXAMES E RAIO X</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/124/req_25_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/124/req_25_2012.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE AUSÊNCIA DO CARDIOLOGISTA</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/125/req_26_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/125/req_26_2012.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE BANCOS SERVIÇO SOCIAL DE AGENDAMENTO</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/126/req_27_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/126/req_27_2012.pdf</t>
   </si>
   <si>
     <t>READEQUAÇÃO URGENTE NO CENTRO COMUNITÁRIO</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/127/req_28_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/127/req_28_2012.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE BEBEDOURO SERVIÇO SOCIAL DE AGENDAMENTO</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/128/req_29_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/128/req_29_2012.pdf</t>
   </si>
   <si>
     <t>DESTINAÇÃO DO LIXO ELETRÔNICO</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/100/req_30_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/100/req_30_2012.pdf</t>
   </si>
   <si>
     <t>NOTIFICAR A SABESP- RECUPERAÇÃO PAVIMENTO</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/129/req_31_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/129/req_31_2012.pdf</t>
   </si>
   <si>
     <t>FUNCIONAMENTO DO CORREIO DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/130/req_32_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/130/req_32_2012.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS NA FEIRA LIVRE</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/131/req_33_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/131/req_33_2012.pdf</t>
   </si>
   <si>
     <t>INCLUSÃO DE HORÁRIO DE ÔNIBUS PARA BAIRRO ENGANO</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/132/req_34_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/132/req_34_2012.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE PONTE NA VISTA GRANDE</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/133/req_35_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/133/req_35_2012.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁSTICA NA RUA DEZ &amp;#8211; BAIRRO OLIVEIRA BARROS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/134/req_36_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/134/req_36_2012.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE TERMO DE AJUSTAMENTO DE CONDUTA</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/135/req_37_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/135/req_37_2012.pdf</t>
   </si>
   <si>
     <t>CUMPRIMENTO DA LEI Nº 1.303/2005</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/136/req_38_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/136/req_38_2012.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE ILUMINAÇÃO</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/137/req_39_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/137/req_39_2012.pdf</t>
   </si>
   <si>
     <t>CAMINHÃO E RETRO ESCAVADEIRA P/ DEPARTAMENTO DE OBRAS</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/138/req_40_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/138/req_40_2012.pdf</t>
   </si>
   <si>
     <t>REDE DE ÁGUA E ENERGIA ELÉTRICA PARA A RUA SALVADOR DE JESUS, NO BAIRRO DO ENGANO</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/139/req_41_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/139/req_41_2012.pdf</t>
   </si>
   <si>
     <t>PONTO DE TAXI PARA O BAIRRO DIVISOR DE IGUAPE</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/140/req_42_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/140/req_42_2012.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE POSTE DO MEIO DO LEITO DA ESTRADA DA MITRA</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/141/req_43_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/141/req_43_2012.pdf</t>
   </si>
   <si>
     <t>REFORMA E AMPLIAÇÃO DO VELÓRIO MUNICIPAL</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/142/142_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>RETIRADA DO PROJETO DE LEI Nº 15/12</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Ezigomar Pessoa, Professor Mauro</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/143/req_45_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/143/req_45_2012.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA RUA ANTONIO MARTINS DE CASTRO</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Trucão, Elvis do Leite, Marly da Paixão</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/144/req_46_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/144/req_46_2012.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PROJETO DE LEI Nº 22/12</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/145/req_47_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/145/req_47_2012.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE FUNCIONAMENTO DA AGENCIA DO INSS</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/146/req_48_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/146/req_48_2012.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE SINDICÂNCIAS</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Ezigomar Pessoa, João Biscoito</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/147/req_49_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/147/req_49_2012.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA ABAIXO ASSINADO SOLICITANDO MANUTENÇÃO NA ESTRADA.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/148/req_50_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/148/req_50_2012.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE PROGRAMAÇÃO DE MÁQUINAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/149/req_51_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/149/req_51_2012.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRADA DO FAÚ</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/150/req_52_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/150/req_52_2012.pdf</t>
   </si>
   <si>
     <t>FALTA DE FUNCIONÁRIOS PRONTO SOCORRO</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/151/req_53_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/151/req_53_2012.pdf</t>
   </si>
   <si>
     <t>LUMINÁRIA EM FRENTE A ESCOLA DA VISTA GRANDE</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/152/req_54_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/152/req_54_2012.pdf</t>
   </si>
   <si>
     <t>COMPLEMENTAÇÃO DE REDE DE ÁGUA E ESGOTO NA RUA TOCANTINS</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/153/req_55_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/153/req_55_2012.pdf</t>
   </si>
   <si>
     <t>CANALIZAÇÃO DE ÁGUA BAIRRO NOVA MIRACATU E EDEM DO VALE</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/154/req_56_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/154/req_56_2012.pdf</t>
   </si>
   <si>
     <t>PONTO DE TÁXI DA RODOVIÁRIA</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/155/155_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA CÓPIA DE PROJETOS PARA LIBERAÇÃO DE CASCALHEIRAS_x000D_
 </t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/156/req_58_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/156/req_58_2012.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DE PROCESSO LICITATÓRIO PARA CONTRATAÇÃO DE ROLO</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/157/req_59_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/157/req_59_2012.pdf</t>
   </si>
   <si>
     <t>MINUTA DE PROJETO DE LEI</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/158/req_60_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/158/req_60_2012.pdf</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/159/req_61_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/159/req_61_2012.pdf</t>
   </si>
   <si>
     <t>EXPLICAÇÃO SOBRE O ATERRO DA VILA BIGUAZINHO</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/160/req_62_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/160/req_62_2012.pdf</t>
   </si>
   <si>
     <t>FUNCIONÁRIO PARA ÁREA DE INFORMÁTICA</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/161/req_63_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/161/req_63_2012.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA REIVINDICAÇÃO DE MUNÍCIPE</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/162/req_64_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/162/req_64_2012.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DE CONTRATO DE TRANSPORTE COLETIVO</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/163/req_65_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/163/req_65_2012.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE TELÃO PARA A FINAL DA LIBERTADORES</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/164/req_66_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/164/req_66_2012.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA REIVINDICAÇÃO DA MUNÍCIPE DO BAIRRO DO BIGUAZINHO</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/165/req_67_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/165/req_67_2012.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/166/req_68_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/166/req_68_2012.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE FINALIZAÇÃO DE OBRA NA RUA ORLANDO SILVA &amp;#8211; JARDIM YOLANDA.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/167/req_69_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/167/req_69_2012.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O CRONOGRAMA DE OBRAS PARA O CUMPRIMENTO DO TERMO DE AJUSTAMENTO DE CONDUTA DAS CRECHES</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/168/req_70_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/168/req_70_2012.pdf</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/169/req_71_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/169/req_71_2012.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DAS VIAS PÚBLICAS NO BAIRRO DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/170/req_72_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/170/req_72_2012.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE INSTALAÇÃO DE ANTENA DA VIVO</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/171/req_73_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/171/req_73_2012.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A CONSTRUÇÃO OU REFORMA DA CRECHE DE OLIVEIRA BARROS</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/172/req_74_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/172/req_74_2012.pdf</t>
   </si>
   <si>
     <t>CANALIZAÇÃO DE ÁGUAS PLUVIAIS EM TODA EXTENSÃO DA AVENIDA WASHINGTON LUIZ.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/173/req_75_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/173/req_75_2012.pdf</t>
   </si>
   <si>
     <t>RELAÇÃO DE ESTUDANTES QUE RECEBEM REPASSE DO TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/174/req_76_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/174/req_76_2012.pdf</t>
   </si>
   <si>
     <t>ABAIXO ASSINADO PARA REPARO NA ESTRADA QUE LIGA A SERRARIA A SERRA DO MANECÃO.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/175/req_77_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/175/req_77_2012.pdf</t>
   </si>
   <si>
     <t>PASSARELA PARA A ESCOLA ESTADUAL DE BIGUÁ</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/176/req_78_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/176/req_78_2012.pdf</t>
   </si>
   <si>
     <t>PONTO DE ÔNIBUS PARA A ESCOLA ESTADUAL DE BIGUÁ</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/177/req_79_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/177/req_79_2012.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA NA RUA ARARIBÁ 2</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/178/req_80_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/178/req_80_2012.pdf</t>
   </si>
   <si>
     <t>ENTREGA DE CORRESPONDÊNCIA NA RUA ARARIBÁ 2</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/14/14_texto_integral.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>APURAÇÃO DE ACIDENTE COM ÔNIBUS DO TRANSPORTE ESCOLAR</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/32/req_82_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/32/req_82_2012.pdf</t>
   </si>
   <si>
     <t>SOLICITA FOLHA DE FREQUENCIA DOS SERVIDORES MÉDICOS</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/33/req_83_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/33/req_83_2012.pdf</t>
   </si>
   <si>
     <t>SOLICITA LISTA DE PAGAMENTO EFETUADOS AOS SERVIDORES DA SAÚDE</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/188/req_84_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/188/req_84_2012.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE VERBA E CRONOGRAMA DE OBRAS DO POSTOS DE SAÚDE DO ENGANO</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Ezigomar Pessoa, Dona Nina, João Biscoito</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/191/req_85_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/191/req_85_2012.pdf</t>
   </si>
   <si>
     <t>URGENCIA ESPECIAL PARA O PROJETO LEI Nº 36/12</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/199/req_86_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/199/req_86_2012.pdf</t>
   </si>
   <si>
     <t>VALOR TOTAL DA FOLHA DE PAGAMENTO  DOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/222/req_87_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/222/req_87_2012.pdf</t>
   </si>
   <si>
     <t>HORÁRIO DIFERENCIADO DA ESCOLA DA FAMÍLIA AOS SÁBADOS POR MOTIVO DE CRENÇA RELIGIOSA</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>João Biscoito, Ezigomar Pessoa, Trucão</t>
   </si>
   <si>
-    <t>https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/223/req_88_2012.pdf</t>
+    <t>http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/223/req_88_2012.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL AO PROJETO DE LEI Nº 43/12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2440,67 +2440,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/6/ind_01_2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/7/ind_02_2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/8/ind_03_2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/9/ind_04_2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/10/ind_05_2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/11/ind_06_2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/12/ind_07_2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/13/ind_08_2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/15/ind_09_2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/16/ind_10_2012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/17/ind_11_2012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/18/ind_12_2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/19/ind_13_2012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/20/ind_14_2012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/22/ind_15_2012.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/23/ind_16_2012.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/24/ind_17_2012.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/25/ind_18_2012.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/26/ind_19_2012.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/27/ind_20_2012.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/34/ind_21_2012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/35/ind_22_2012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/36/ind_23_2012.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/37/ind_24_2012.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/38/ind_25_2012.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/39/ind_26_2012.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/40/ind_27_2012.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/41/ind_28_2012.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/42/ind_29_2012.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/43/ind_30_2012.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/44/ind_31_2012.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/45/ind_32_2012.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/46/ind_33_2012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/47/ind_34_2012.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/48/ind_35_2012.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/49/ind_36_2012.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/50/ind_37_2012.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/51/ind_38_2012.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/52/ind_39_2012.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/53/ind_40_2012.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/54/ind_41_2012.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/57/ind_42_2012.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/58/ind_43_2012.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/59/ind_44_2012.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/60/ind_45_2012.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/61/ind_46_2012.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/62/ind_47_2012.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/63/ind_48_2012.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/64/ind_49_2012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/65/ind_50_2012.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/66/ind_51_2012.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/67/ind_52_2012.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/68/ind_53_2012.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/69/ind_54_2012.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/70/ind_55_2012.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/71/ind_56_2012.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/72/ind_57_2012.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/73/ind_58_2012.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/74/ind_59_2012.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/75/ind_60_2012.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/76/ind_61_2012.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/77/ind_62_2012.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/78/ind_63_2012.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/79/ind_64_2012.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/80/ind_65_2012.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/81/ind_66_2012.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/82/ind_67_2012.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/83/ind_68_2012.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/84/ind_69_2012.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/85/ind_70_2012.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/86/ind_71_2012.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/87/ind_72_2012.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/88/ind_73_2012.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/89/ind_74_2012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/90/ind_75_2012.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/91/ind_76_2012.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/92/ind_77_2012.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/93/ind_78_2012.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/94/ind_79_2012.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/95/ind_80_2012.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/96/ind_81_2012.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/97/ind_82_2012.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/179/ind_83_2012.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/189/ind_84_2012.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/200/ind_85_2012.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/209/ind_86_2012.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/210/ind_87_2012.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/211/ind_88_2012.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/212/ind_89_2012.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/220/ind_90_2012.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/221/ind_91_2012.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/182/moc_01_2012.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/183/moc_02_2012.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/184/moc_03_2012.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/192/moc_04_2012.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/193/moc_05_2012.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/194/moc_06_2012.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/195/moc_07_2012.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/196/moc_08_2012.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/197/moc_09_2012.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/4554/moc_10_2012.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/98/ind_01_2012.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/99/req_02_20121.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/101/req_03_2012.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/102/req_04_2012.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/103/req_05_2012.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/104/req_06_2012.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/105/req_07_2012.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/106/req_08_2012.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/107/req_09_2012.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/108/req_10_2012.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/109/req_11_2012.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/110/req_12_2012.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/111/req_13_2012.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/112/req_14_2012.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/113/req_15_2012.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/115/req_16_2012.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/116/req_17_2012.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/117/req_18_2012.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/118/req_19_2012.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/119/req_20_2012.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/120/req_21_2012.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/121/req_22_2012.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/122/req_23_2012.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/123/req_24_2012.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/124/req_25_2012.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/125/req_26_2012.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/126/req_27_2012.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/127/req_28_2012.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/128/req_29_2012.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/100/req_30_2012.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/129/req_31_2012.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/130/req_32_2012.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/131/req_33_2012.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/132/req_34_2012.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/133/req_35_2012.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/134/req_36_2012.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/135/req_37_2012.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/136/req_38_2012.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/137/req_39_2012.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/138/req_40_2012.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/139/req_41_2012.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/140/req_42_2012.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/141/req_43_2012.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/143/req_45_2012.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/144/req_46_2012.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/145/req_47_2012.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/146/req_48_2012.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/147/req_49_2012.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/148/req_50_2012.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/149/req_51_2012.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/150/req_52_2012.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/151/req_53_2012.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/152/req_54_2012.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/153/req_55_2012.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/154/req_56_2012.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/156/req_58_2012.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/157/req_59_2012.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/158/req_60_2012.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/159/req_61_2012.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/160/req_62_2012.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/161/req_63_2012.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/162/req_64_2012.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/163/req_65_2012.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/164/req_66_2012.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/165/req_67_2012.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/166/req_68_2012.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/167/req_69_2012.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/168/req_70_2012.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/169/req_71_2012.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/170/req_72_2012.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/171/req_73_2012.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/172/req_74_2012.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/173/req_75_2012.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/174/req_76_2012.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/175/req_77_2012.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/176/req_78_2012.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/177/req_79_2012.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/178/req_80_2012.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/32/req_82_2012.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/33/req_83_2012.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/188/req_84_2012.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/191/req_85_2012.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/199/req_86_2012.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/222/req_87_2012.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/223/req_88_2012.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/6/ind_01_2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/7/ind_02_2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/8/ind_03_2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/9/ind_04_2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/10/ind_05_2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/11/ind_06_2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/12/ind_07_2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/13/ind_08_2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/15/ind_09_2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/16/ind_10_2012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/17/ind_11_2012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/18/ind_12_2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/19/ind_13_2012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/20/ind_14_2012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/22/ind_15_2012.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/23/ind_16_2012.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/24/ind_17_2012.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/25/ind_18_2012.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/26/ind_19_2012.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/27/ind_20_2012.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/34/ind_21_2012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/35/ind_22_2012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/36/ind_23_2012.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/37/ind_24_2012.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/38/ind_25_2012.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/39/ind_26_2012.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/40/ind_27_2012.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/41/ind_28_2012.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/42/ind_29_2012.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/43/ind_30_2012.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/44/ind_31_2012.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/45/ind_32_2012.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/46/ind_33_2012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/47/ind_34_2012.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/48/ind_35_2012.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/49/ind_36_2012.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/50/ind_37_2012.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/51/ind_38_2012.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/52/ind_39_2012.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/53/ind_40_2012.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/54/ind_41_2012.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/57/ind_42_2012.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/58/ind_43_2012.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/59/ind_44_2012.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/60/ind_45_2012.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/61/ind_46_2012.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/62/ind_47_2012.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/63/ind_48_2012.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/64/ind_49_2012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/65/ind_50_2012.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/66/ind_51_2012.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/67/ind_52_2012.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/68/ind_53_2012.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/69/ind_54_2012.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/70/ind_55_2012.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/71/ind_56_2012.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/72/ind_57_2012.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/73/ind_58_2012.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/74/ind_59_2012.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/75/ind_60_2012.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/76/ind_61_2012.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/77/ind_62_2012.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/78/ind_63_2012.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/79/ind_64_2012.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/80/ind_65_2012.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/81/ind_66_2012.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/82/ind_67_2012.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/83/ind_68_2012.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/84/ind_69_2012.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/85/ind_70_2012.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/86/ind_71_2012.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/87/ind_72_2012.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/88/ind_73_2012.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/89/ind_74_2012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/90/ind_75_2012.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/91/ind_76_2012.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/92/ind_77_2012.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/93/ind_78_2012.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/94/ind_79_2012.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/95/ind_80_2012.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/96/ind_81_2012.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/97/ind_82_2012.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/179/ind_83_2012.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/189/ind_84_2012.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/200/ind_85_2012.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/209/ind_86_2012.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/210/ind_87_2012.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/211/ind_88_2012.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/212/ind_89_2012.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/220/ind_90_2012.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/221/ind_91_2012.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/182/moc_01_2012.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/183/moc_02_2012.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/184/moc_03_2012.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/192/moc_04_2012.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/193/moc_05_2012.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/194/moc_06_2012.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/195/moc_07_2012.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/196/moc_08_2012.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/197/moc_09_2012.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/4554/moc_10_2012.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/98/ind_01_2012.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/99/req_02_20121.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/101/req_03_2012.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/102/req_04_2012.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/103/req_05_2012.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/104/req_06_2012.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/105/req_07_2012.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/106/req_08_2012.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/107/req_09_2012.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/108/req_10_2012.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/109/req_11_2012.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/110/req_12_2012.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/111/req_13_2012.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/112/req_14_2012.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/113/req_15_2012.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/115/req_16_2012.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/116/req_17_2012.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/117/req_18_2012.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/118/req_19_2012.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/119/req_20_2012.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/120/req_21_2012.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/121/req_22_2012.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/122/req_23_2012.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/123/req_24_2012.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/124/req_25_2012.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/125/req_26_2012.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/126/req_27_2012.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/127/req_28_2012.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/128/req_29_2012.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/100/req_30_2012.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/129/req_31_2012.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/130/req_32_2012.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/131/req_33_2012.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/132/req_34_2012.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/133/req_35_2012.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/134/req_36_2012.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/135/req_37_2012.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/136/req_38_2012.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/137/req_39_2012.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/138/req_40_2012.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/139/req_41_2012.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/140/req_42_2012.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/141/req_43_2012.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/143/req_45_2012.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/144/req_46_2012.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/145/req_47_2012.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/146/req_48_2012.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/147/req_49_2012.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/148/req_50_2012.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/149/req_51_2012.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/150/req_52_2012.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/151/req_53_2012.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/152/req_54_2012.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/153/req_55_2012.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/154/req_56_2012.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/156/req_58_2012.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/157/req_59_2012.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/158/req_60_2012.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/159/req_61_2012.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/160/req_62_2012.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/161/req_63_2012.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/162/req_64_2012.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/163/req_65_2012.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/164/req_66_2012.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/165/req_67_2012.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/166/req_68_2012.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/167/req_69_2012.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/168/req_70_2012.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/169/req_71_2012.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/170/req_72_2012.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/171/req_73_2012.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/172/req_74_2012.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/173/req_75_2012.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/174/req_76_2012.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/175/req_77_2012.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/176/req_78_2012.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/177/req_79_2012.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/178/req_80_2012.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/./sapl/public/materialegislativa/2012/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/32/req_82_2012.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/33/req_83_2012.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/188/req_84_2012.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/191/req_85_2012.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/199/req_86_2012.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/222/req_87_2012.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.miracatu.sp.leg.br/media/sapl/public/materialegislativa/2012/223/req_88_2012.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H220"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="103.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="171.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>